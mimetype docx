--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1386,196 +1386,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La santé, c'est un peu de la vie » : étude sur la santé perçue des enfants confiés en protection de l'enfance</w:t>
+                <w:t xml:space="preserve">Parcours de vie des enfants et des jeunes relevant du dispositif de protection de l'enfance : les paradoxes d'une biographie sous injonction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spub.125.0417⟩</w:t>
+              <w:t xml:space="preserve">Recherches familiales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Dossier thématique du RT 22 de l’AFS, Parcours de vie et approche biographique, Catherine Negroni et Philippe Cardon, 10, pp.91-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rf.010.0091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04223246v1</w:t>
+                <w:t xml:space="preserve">hal-01235578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parcours de vie des enfants et des jeunes relevant du dispositif de protection de l'enfance : les paradoxes d'une biographie sous injonction</w:t>
+                <w:t xml:space="preserve">« La santé, c'est un peu de la vie » : étude sur la santé perçue des enfants confiés en protection de l'enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadège Séverac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches familiales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Dossier thématique du RT 22 de l’AFS, Parcours de vie et approche biographique, Catherine Negroni et Philippe Cardon, 10, pp.91-102. </w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Vol. 24 (5), pp.417-428. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rf.010.0091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/spub.125.0417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01235578v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les maux du corps des enfants de la protection de l'enfance : une impossible mise en mots ?</w:t>
               </w:r>
@@ -2725,186 +2725,186 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saisir les parcours de vie en protection de l'enfance : entre tentative d'encadrement politique et recherche de compréhension scientifique</w:t>
+                <w:t xml:space="preserve">L'expérience de la restitution dans les recherches-interventions et participatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Bessin, Marc. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Mackiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thievenaz, Joris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parcours de vie, Logiques individuelles, collectives et institutionnelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses du septentrion, pp.225-238, 2022</w:t>
+              <w:t xml:space="preserve">Enquêter dans les métiers de l'humain, Traité de méthodologie de la recherche en sciences de l'éducation et de la formation. Tome 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Raison et Passions, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04260293v1</w:t>
+                <w:t xml:space="preserve">hal-04260292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'expérience de la restitution dans les recherches-interventions et participatives</w:t>
+                <w:t xml:space="preserve">Saisir les parcours de vie en protection de l'enfance : entre tentative d'encadrement politique et recherche de compréhension scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Thievenaz, Joris. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bessin, Marc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enquêter dans les métiers de l'humain, Traité de méthodologie de la recherche en sciences de l'éducation et de la formation. Tome 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Raison et Passions, 2022</w:t>
+              <w:t xml:space="preserve">Parcours de vie, Logiques individuelles, collectives et institutionnelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses du septentrion, pp.225-238, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04260292v1</w:t>
+                <w:t xml:space="preserve">hal-04260293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dispositif analytique support à l'action collective d'anciens mineurs protégés</w:t>
               </w:r>
@@ -4379,51 +4379,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316332v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrine Robin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delcroix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sol&#232;ne Taillardat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.243.0047" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316336v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.154.0029" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;raphin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0151" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316360v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.021.0065" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218336v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.032.0127" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226538v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03518028v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0159" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc De&#160;montalembert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226536v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044622v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868959v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.044.0165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218362v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Cabantous" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.039.0059" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218369v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.067.0033" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223238v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Mackiewicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Goussault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.154.0071" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223241v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.188.0036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223246v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.125.0417" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235578v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge S&#233;verac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.010.0091" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223242v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.011.0225" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223247v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.031.0123" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223255v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.046.0043" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223248v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.049.0064" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223252v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.160.0134" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347121v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347134v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256886v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256884v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256350v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347128v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946197v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946204v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dottori" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260293v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260292v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260291v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223264v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.petia.2021.01.0129" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02439629v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347109v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Ackermann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.lesch.2015.01.0246" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223268v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.lesch.2015.01.0138" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223273v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bergo.2013.01.0079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223275v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.tilla.2010.01.0135" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375528v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044659v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259933v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01613000v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954381v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gasquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316332v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrine Robin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delcroix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sol&#232;ne Taillardat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.243.0047" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316336v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.154.0029" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;raphin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0151" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316360v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.021.0065" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218336v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.032.0127" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226538v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03518028v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0159" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc De&#160;montalembert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.212.0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226536v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044622v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868959v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.044.0165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218362v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Cabantous" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.039.0059" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218369v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.067.0033" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223238v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Mackiewicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Goussault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.154.0071" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223241v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.188.0036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235578v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge S&#233;verac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rf.010.0091" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223246v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.125.0417" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223242v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/corp1.011.0225" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223247v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rief.031.0123" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223255v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.046.0043" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223248v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcd.049.0064" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223252v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.160.0134" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347121v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347134v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256886v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256884v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256350v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347128v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946197v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946204v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dottori" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260292v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260293v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260291v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223264v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.petia.2021.01.0129" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02439629v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347109v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Ackermann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.lesch.2015.01.0246" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223268v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ehesp.lesch.2015.01.0138" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223273v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bergo.2013.01.0079" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223275v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.tilla.2010.01.0135" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375528v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044659v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259933v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01613000v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954381v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gasquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>