--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -418,433 +418,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Désir de langues, subjectivité, rapport au savoir : les langues n’ont-elles pour vocation que d’être utiles ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Désir de langue, subjectivité, rapport au savoir : le cas de la revitalisation des langues très en danger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Denimal</w:t>
+                <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ksenija Djordjević Léonard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+                <w:t xml:space="preserve">Keli Yerian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 1</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34745/numerev_1340⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845653v1</w:t>
+                <w:t xml:space="preserve">hal-03970549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montrons cette langue que nous ne parlons pas !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Linguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, L’image des langues vingt ans après, 45 (1), pp.103-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désir de langue, subjectivité, rapport au savoir : le cas de la revitalisation des langues très en danger</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction. Désir de langues, subjectivité, rapport au savoir : les langues n’ont-elles pour vocation que d’être utiles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Denimal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenija Djordjević Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Keli Yerian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 1, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019, 1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03970549v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand le territoire est un espace construit par la langue ou : quelles conséquences pour la revitalisation des langues postvernaculaires ?</w:t>
+                <w:t xml:space="preserve">Les terrains de langues très en danger : des observatoires pertinents pour les théories sociolinguistiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers du GEPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (2016), s.p</w:t>
+              <w:t xml:space="preserve">Histoire Epistémologie Langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39 (1), pp.87-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03067472v1</w:t>
+                <w:t xml:space="preserve">hal-03062957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les terrains de langues très en danger : des observatoires pertinents pour les théories sociolinguistiques</w:t>
+                <w:t xml:space="preserve">Quand le territoire est un espace construit par la langue ou : quelles conséquences pour la revitalisation des langues postvernaculaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire Epistémologie Langage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 39 (1), pp.87-105</w:t>
+              <w:t xml:space="preserve">Les Cahiers du GEPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (2016), s.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03062957v1</w:t>
+                <w:t xml:space="preserve">hal-03067472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la guerre civile aux droits ethnolinguistiques : le cas du Nicaragua</w:t>
               </w:r>
@@ -1085,96 +1085,96 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission des langues minoritaires : un révélateur des enjeux de pouvoir ?</w:t>
+                <w:t xml:space="preserve">Quand « faire-vivre » la langue n’est pas toujours « sauver » la langue. Analyse de la situation sociolinguistique du francoprovençal en Rhône-Alpes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7éme Colloque International Langue et Territoire, Pouvoir des langues, langues du pouvoir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRCCF, université d'Ottawa; Observatoire de la langue française en Ontario, Jun 2025, Ottawa (Ontario), Canada</w:t>
+              <w:t xml:space="preserve">1er Congrès International Vulnérabilités sociolinguistiques dans l'espace roman, VulneRom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Oviedo, Jun 2025, Oviedo, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187176v1</w:t>
+                <w:t xml:space="preserve">hal-05187168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réussite étudiante, postures enseignantes ou la délicate équation entre enseigner et former</w:t>
               </w:r>
@@ -1236,316 +1236,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05187122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déstabiliser sans bouleverser : proposer une ingénierie combinant pédagogies actives et outils technopédagogiques pour engager les étudiant.e.s à l’université</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transmission des langues minoritaires : un révélateur des enjeux de pouvoir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités Numériques, engagements et apprentissages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NEXUS, Université de Montpellier Paul-Valéry, Jun 2025, Montpellier, France</w:t>
+              <w:t xml:space="preserve">7éme Colloque International Langue et Territoire, Pouvoir des langues, langues du pouvoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRCCF, université d'Ottawa; Observatoire de la langue française en Ontario, Jun 2025, Ottawa (Ontario), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187138v1</w:t>
+                <w:t xml:space="preserve">hal-05187176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux de la formation à l'alphabétisation en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déstabiliser sans bouleverser : proposer une ingénierie combinant pédagogies actives et outils technopédagogiques pour engager les étudiant.e.s à l’université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LESLLA 2025 : Travailler ensemble : working together</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Laval et université du Québec, Jun 2025, Québec (CA), Canada</w:t>
+              <w:t xml:space="preserve">Humanités Numériques, engagements et apprentissages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NEXUS, Université de Montpellier Paul-Valéry, Jun 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187146v1</w:t>
+                <w:t xml:space="preserve">hal-05187138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand « faire-vivre » la langue n’est pas toujours « sauver » la langue. Analyse de la situation sociolinguistique du francoprovençal en Rhône-Alpes.</w:t>
+                <w:t xml:space="preserve">Les enjeux de la formation à l'alphabétisation en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Congrès International Vulnérabilités sociolinguistiques dans l'espace roman, VulneRom</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université d'Oviedo, Jun 2025, Oviedo, Spain</w:t>
+              <w:t xml:space="preserve">LESLLA 2025 : Travailler ensemble : working together</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Laval et université du Québec, Jun 2025, Québec (CA), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187168v1</w:t>
+                <w:t xml:space="preserve">hal-05187146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les langues en danger, un patrimoine immatériel invisible ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contacts de langues, obsolescence et revitalisation linguistique : la gestion de la variation dans des associations francoprovençales ou occitanes en Rhône-Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JE Patrimoines visibles et invisibles, un regard pluridisciplinaire à travers l'espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison de la Recherche, Oct 2023, Arras, France</w:t>
+              <w:t xml:space="preserve">Le francoprovençal : des origines à aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Pierre Gardette, Université Catholique de Lyon, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187189v1</w:t>
+                <w:t xml:space="preserve">hal-05187090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérimenter un dispositif didactique autonomisant chez les futurs enseignants de langue étrangère : une transition entre habitus scolaires et nouvelles opportunités pédagogiques ?</w:t>
               </w:r>
@@ -1607,480 +1620,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contacts de langues, obsolescence et revitalisation linguistique : la gestion de la variation dans des associations francoprovençales ou occitanes en Rhône-Alpes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les langues en danger, un patrimoine immatériel invisible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le francoprovençal : des origines à aujourd'hui</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Pierre Gardette, Université Catholique de Lyon, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">JE Patrimoines visibles et invisibles, un regard pluridisciplinaire à travers l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de la Recherche, Oct 2023, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187090v1</w:t>
+                <w:t xml:space="preserve">hal-05187189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction au panel : Contrastive analysisof documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Panel : Contrastive analysis of documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">III International Conference on Revitalisation of Indigenous and Minoritized Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Spain</w:t>
+              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Catalonia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116407v1</w:t>
+                <w:t xml:space="preserve">hal-04116412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alphabétisation : obstacles à la compréhension des consignes</w:t>
+                <w:t xml:space="preserve">« 2022-2032, décennie des langues autochtones »: une opportunité pour la valorisation des actions bottom-up dans les contextes des langues très en danger ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JE la consigne, un agent multidimensionnel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EA 739 DIPRALANG, UMPV, Oct 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">IIIème Congrès International de revitalisation des langues indigènes et minorées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universités de Girone et de Perpignan, Sep 2022, Girone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05187202v1</w:t>
+                <w:t xml:space="preserve">hal-04116409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« 2022-2032, décennie des langues autochtones »: une opportunité pour la valorisation des actions bottom-up dans les contextes des langues très en danger ?</w:t>
+                <w:t xml:space="preserve">Alphabétisation : obstacles à la compréhension des consignes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IIIème Congrès International de revitalisation des langues indigènes et minorées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universités de Girone et de Perpignan, Sep 2022, Girone, Spain</w:t>
+              <w:t xml:space="preserve">JE la consigne, un agent multidimensionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EA 739 DIPRALANG, UMPV, Oct 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116409v1</w:t>
+                <w:t xml:space="preserve">hal-05187202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panel : Contrastive analysis of documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Introduction au panel : Contrastive analysisof documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">III International Conference on Revitalisation of Indigenous and Minoritized Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Catalonia, Spain</w:t>
+              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116412v1</w:t>
+                <w:t xml:space="preserve">hal-04116407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expertise sociolinguistique sur des terrains de langues minoritaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès du Réseau Francophone de Sociolinguistique :la sociolinguistique à quoi ça sert, sens impact, professionnalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Aix-en-Provence et Marseille, Dec 2022, Aix-en -Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2099,286 +2099,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction to session: thinking through the revitalization of very endangered languages in a North/Latin America perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Colette Grinevald</w:t>
+                <w:t xml:space="preserve">Le francoprovençal envisagé comme une « Langue En Danger »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The winter 2019 meeting of SSILA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for the Study of the Indigenous Languages of the Americas, Jan 2019, New York City, United States</w:t>
+              <w:t xml:space="preserve">Colloque Francoprovençal, 50 ans après</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Neuchâtel, Nov 2019, Neuchâtel (CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116403v1</w:t>
+                <w:t xml:space="preserve">hal-04116411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acknowledgment and valorization of endangered languages: the role of academics in revitalization projects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Introduction to session: thinking through the revitalization of very endangered languages in a North/Latin America perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Grinevald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRELA 2019 - Professionnel·le·s et Recherche en Linguistique Appliquée : défis méthodologiques, enjeux sociétaux et perspectives d’intervention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">The winter 2019 meeting of SSILA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for the Study of the Indigenous Languages of the Americas, Jan 2019, New York City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04919853v1</w:t>
+                <w:t xml:space="preserve">hal-04116403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les langues très en danger et patrimoine immatériel, quel devenir pour ces langues et leurs locuteurs ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acknowledgment and valorization of endangered languages: the role of academics in revitalization projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Grinevald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langues et Patrimoine culturel, 1ère édition du colloque international de Fès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Patrimoine, Etude, Préservation et Sauvegarde de l’Université USMBA de Fès, Oct 2019, Fès, Morocco</w:t>
+              <w:t xml:space="preserve">PRELA 2019 - Professionnel·le·s et Recherche en Linguistique Appliquée : défis méthodologiques, enjeux sociétaux et perspectives d’intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116413v1</w:t>
+                <w:t xml:space="preserve">hal-04919853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The revitalization of a treasure language : the case of Rama (Nicaragua)</w:t>
               </w:r>
@@ -2440,191 +2453,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le francoprovençal envisagé comme une « Langue En Danger »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les langues très en danger et patrimoine immatériel, quel devenir pour ces langues et leurs locuteurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Francoprovençal, 50 ans après</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Neuchâtel, Nov 2019, Neuchâtel (CH), Switzerland</w:t>
+              <w:t xml:space="preserve">Langues et Patrimoine culturel, 1ère édition du colloque international de Fès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Patrimoine, Etude, Préservation et Sauvegarde de l’Université USMBA de Fès, Oct 2019, Fès, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116411v1</w:t>
+                <w:t xml:space="preserve">hal-04116413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revitalization issues in postvernacular sociolinguistic contexts</w:t>
+                <w:t xml:space="preserve">Desafíos etnolingüísticas del programa del Gobierno Revolucionario Sandinista</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference Celebrating 20 Years of NILI – « Local to Global Perspectives on Language Revitalization and Documentation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Northwest indigenous languages Institute, Jun 2017, Eugene, Oregon, United States</w:t>
+              <w:t xml:space="preserve">La cultura del sandinismo en Nicaragua - Teorías y testimonios, Wuppertal, 19 juillet 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Wuppertal, Alemania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116414v1</w:t>
+                <w:t xml:space="preserve">hal-03076110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revitalización y postvernacularidad : ¿por una evolución de nociones claves?</w:t>
               </w:r>
@@ -2679,51 +2666,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articulating the sociolinguistic context of very endangered language revitalization projects : LED-TDR and PAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2768,385 +2755,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards sur 10 ans de politique linguistique en faveur des langues régionales en Rhône-Alpes</w:t>
+                <w:t xml:space="preserve">Revitalization issues in postvernacular sociolinguistic contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelle place pour les patois en Suisse romande aujourd'hui ?, Neuchâtel, 21-22 novembre 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Neuchâtel, Suisse</w:t>
+              <w:t xml:space="preserve">Conference Celebrating 20 Years of NILI – « Local to Global Perspectives on Language Revitalization and Documentation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Northwest indigenous languages Institute, Jun 2017, Eugene, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073192v1</w:t>
+                <w:t xml:space="preserve">hal-04116414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revitalization issues in postvernacular sociolinguistic contexts</w:t>
+                <w:t xml:space="preserve">Regards sur 10 ans de politique linguistique en faveur des langues régionales en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENGHUM conference 2017. Engaged Humanities, preserving and revitalizing endangered languages and cultural heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">Quelle place pour les patois en Suisse romande aujourd'hui ?, Neuchâtel, 21-22 novembre 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Neuchâtel, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073195v1</w:t>
+                <w:t xml:space="preserve">hal-03073192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desafíos etnolingüísticas del programa del Gobierno Revolucionario Sandinista</w:t>
+                <w:t xml:space="preserve">Revitalization issues in postvernacular sociolinguistic contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La cultura del sandinismo en Nicaragua - Teorías y testimonios, Wuppertal, 19 juillet 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Wuppertal, Alemania</w:t>
+              <w:t xml:space="preserve">ENGHUM conference 2017. Engaged Humanities, preserving and revitalizing endangered languages and cultural heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03076110v1</w:t>
+                <w:t xml:space="preserve">hal-03073195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux sociaux de la revitalisation du francoprovençal en Rhône-Alpes</w:t>
+                <w:t xml:space="preserve">Issues of &amp;quot;Endangered Languages studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transmission, revitalisation et normalisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre d’études francoprovençales « René Willien », Nov 2015, Saint Nicolas, Val d'Aoste, Italie. pp.123-133</w:t>
+              <w:t xml:space="preserve">Sociolinguistic Summer School - SSS7, Lyon, 21-23 juin 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04043654v1</w:t>
+                <w:t xml:space="preserve">hal-03073017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Issues of &amp;quot;Endangered Languages studies</w:t>
+                <w:t xml:space="preserve">Les enjeux sociaux de la revitalisation du francoprovençal en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociolinguistic Summer School - SSS7, Lyon, 21-23 juin 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">Transmission, revitalisation et normalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’études francoprovençales « René Willien », Nov 2015, Saint Nicolas, Val d'Aoste, Italie. pp.123-133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073017v1</w:t>
+                <w:t xml:space="preserve">hal-04043654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3246,51 +3246,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire vivre la langue, pratiques et discours des associations francoprovençales en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des conférences annuelles </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.99-110, 2015, Vivre le temps, au jour le jour dans l'aire francoprovençale. Chanter le passé, se projeter dans l'avenir, 978-88-99602-02-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3504,51 +3504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désir de langues, subjectivité, rapport au savoir : les langues n'ont-elles pour vocation que d'être utiles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Denimal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenija Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3813,203 +3813,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05083820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droits linguistiques et aménagement des langues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Récits de langues, récits de peuples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boissonneault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Reguigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Laurentian University, 29, pp.422, 2024, Série monographique en sciences humaines-Human sciences monograph series, 9780886671299</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurentian University, 28, 2024, Série monographique en sciences humaines-Human sciences monograph series, 9780886671280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933923v1</w:t>
+                <w:t xml:space="preserve">hal-04933932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récits de langues, récits de peuples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Droits linguistiques et aménagement des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ali Reguigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Julie Boissonneault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Laurentian University, 28, 2024, Série monographique en sciences humaines-Human sciences monograph series, 9780886671280</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurentian University, 29, pp.422, 2024, Série monographique en sciences humaines-Human sciences monograph series, 9780886671299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933932v1</w:t>
+                <w:t xml:space="preserve">hal-04933923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identités, conflits et interventions sociolinguistiques</w:t>
               </w:r>
@@ -4021,51 +4021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Carmen Alen Garabato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenija Djordjević Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4096,51 +4096,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parler patois, le francoprovençal dans l'Ain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4208,175 +4208,171 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuunik, el Libro del Sol: Para aprender mas rama</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nuunik El libro del sol. Libro del Maestro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Grinevald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maricela Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">El proyecto de Lengua Rama. Gobierno Territorial Rama y Kriol, 44 p., 2009</w:t>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03054506v1</w:t>
+                <w:t xml:space="preserve">halshs-05261733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turkulka diccionario de la lengua rama salpka campo semántico pez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Assadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maricela Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4410,136 +4406,140 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuunik El libro del sol. Libro del Maestro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nuunik, el Libro del Sol: Para aprender mas rama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Assadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maricela Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">El proyecto de Lengua Rama. Gobierno Territorial Rama y Kriol, 44 p., 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Ortiz</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">halshs-05261733v1</w:t>
+                <w:t xml:space="preserve">hal-03054506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4583,51 +4583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Beillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Ben Harrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jovan Kostov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4717,51 +4717,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La revitalisation des langues très en danger, un dispositif précaire et précarisant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues et précarités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4808,51 +4808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les langues très en danger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5089,51 +5089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards sur dix ans de politique linguistique en faveur des langues régionales en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5313,51 +5313,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orthography Creation for Postvernacular Languages: Case Studies of Rama and Francoprovençal Revitalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mari C. Jones; Damien Mooney. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Creating Orthographies for Endangered Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge University Press, pp.276-290, 2017</w:t>
@@ -5466,169 +5466,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03069572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langue et Territoire, quand l'un légitime l'autre: Le cas du rama du Nicaragua</w:t>
+                <w:t xml:space="preserve">Langue et Territoire, quand l'un légitime l'autre. Le cas du rama du Nicaragua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langue et territoire. Études en aménagement linguistique / Language and Territory. Studies in Language Planning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Laurentienne, pp.91-120, 2014, série monographique en sciences humaines</w:t>
+              <w:t xml:space="preserve">, pp.91-120, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03069573v1</w:t>
+                <w:t xml:space="preserve">halshs-01179251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langue et Territoire, quand l'un légitime l'autre. Le cas du rama du Nicaragua</w:t>
+                <w:t xml:space="preserve">Langue et Territoire, quand l'un légitime l'autre: Le cas du rama du Nicaragua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Reguigui Ali; Boissonneault Julie. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langue et territoire. Études en aménagement linguistique / Language and Territory. Studies in Language Planning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.91-120, 2014</w:t>
+              <w:t xml:space="preserve">, Université Laurentienne, pp.91-120, 2014, série monographique en sciences humaines</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01179251v1</w:t>
+                <w:t xml:space="preserve">hal-03069573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the revitalization of a &amp;quot;treasure language&amp;quot; : The Rama Language Project of Nicaragua</w:t>
               </w:r>
@@ -5758,51 +5758,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Assadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maricela Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6030,51 +6030,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3B1BA4A1"/>
+    <w:nsid w:val="B72EE038"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6178,51 +6178,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="62A13E91"/>
+    <w:nsid w:val="EFB91D03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6412,51 +6412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806465v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pivot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puren" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurer Bruno" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784338v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845653v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Denimal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenija Djordjevi&#263; L&#233;onard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073193v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970549v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keli Yerian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1340" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067472v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062957v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062893v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062855v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.145.0055" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067466v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Chevrier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187176v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187122v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187138v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187146v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187168v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187189v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034056v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187090v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116407v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Grinevald" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187202v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116409v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116412v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116408v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116403v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919853v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116413v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116405v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116411v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116414v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043661v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073194v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073192v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073195v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076110v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043654v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073017v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069570v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069571v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069574v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784344v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070163v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenija L&#233;onard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054831v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenija Djordjevi&#263;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Kis-Marck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083820v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christel Zeiter" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/publications/9782813005632" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813005632" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933923v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Reguigui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boissonneault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051351v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carmen Alen Garabato" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boyer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054505v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dauvergne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Fr&#233;chet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gerfaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054506v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Assadi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maricela Kauffmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941127v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05261733v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Ortiz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192477v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Harrat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Kostov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083827v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9023" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083829v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9035" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9035" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754948v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03619034v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185746v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bichurina" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dunoyer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Matthey" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Meune" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057165v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069572v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069573v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179251v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970325v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078315v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05248952v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806465v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pivot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puren" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurer Bruno" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784338v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970549v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keli Yerian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1340" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073193v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845653v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Denimal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenija Djordjevi&#263; L&#233;onard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062957v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067472v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062893v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062855v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.145.0055" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067466v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Chevrier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187168v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187122v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187176v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187138v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187146v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187090v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034056v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187189v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116412v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Grinevald" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116409v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187202v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116407v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116408v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116411v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116403v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919853v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116405v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116413v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076110v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043661v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073194v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116414v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073192v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073195v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073017v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043654v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069570v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069571v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069574v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784344v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070163v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenija L&#233;onard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054831v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenija Djordjevi&#263;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Kis-Marck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083820v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christel Zeiter" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/publications/9782813005632" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813005632" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933932v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boissonneault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Reguigui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933923v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051351v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carmen Alen Garabato" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boyer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054505v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dauvergne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Fr&#233;chet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gerfaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05261733v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Ortiz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maricela Kauffmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941127v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Assadi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054506v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192477v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Harrat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Kostov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083827v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9023" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9023" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083829v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9035" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9035" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754948v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03619034v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185746v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bichurina" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dunoyer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Matthey" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Meune" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057165v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069572v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179251v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069573v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970325v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078315v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05248952v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>