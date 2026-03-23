--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -257,545 +257,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outil numérique innovant à destination des jeunes S/sourds et des jeunes malentendants (ONISE) : un questionnaire en ligne sur leur épanouissement relationnel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adolescent educational and occupational anxiety: A three-dimensional model to fit into an attachment framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vignoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Labrell</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noëlle Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/nresi.098.0233⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Educational and Vocational Guidance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10775-024-09676-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741508v1</w:t>
+                <w:t xml:space="preserve">hal-04424300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adolescent educational and occupational anxiety: A three-dimensional model to fit into an attachment framework</w:t>
+                <w:t xml:space="preserve">The Development of Eco-Anxiety through Middle Childhood and Adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Noëlle Lallemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Educational and Vocational Guidance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10775-024-09676-5⟩</w:t>
+              <w:t xml:space="preserve">Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (11), pp.1697 - 1709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4236/psych.2024.1511099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04424300v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Development of Eco-Anxiety through Middle Childhood and Adolescence</w:t>
+                <w:t xml:space="preserve">Les enfants sont-ils racistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Droit de Vivre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 692, https://www.leddv.fr/analyse/les-enfants-sont-ils-racistes-20240511</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (data paper)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04811593v1</w:t>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enfants sont-ils racistes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Outil numérique innovant à destination des jeunes S/sourds et des jeunes malentendants (ONISE) : un questionnaire en ligne sur leur épanouissement relationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Labrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Hassler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Droit de Vivre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 692, https://www.leddv.fr/analyse/les-enfants-sont-ils-racistes-20240511</w:t>
+              <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, volume 1 (98-99), pp.233-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04693267v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outil numérique innovant à destination des jeunes S/sourds et des jeunes malentendants (ONISE) : un questionnaire en ligne sur leur épanouissement relationnel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Outil numérique innovant à destination des jeunes S/sourds et des jeunes malentendants (ONISE) : un questionnaire en ligne sur leur épanouissement relationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Labrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Hassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Geffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bretaudeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agnès Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, volume 1 (98-99), pp.233-258</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, N° 98-99 (1), pp.233-258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/nresi.098.0233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04681106v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségrégation de sexe et socialisation entre élèves de collège au Cameroun. Filles et garçons à part mais en accord sur la répartition des rôles sexués.</w:t>
               </w:r>
@@ -1624,51 +1624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Vignoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Lallemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2, pp.323-342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3192,191 +3192,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01687929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preadolescents' Recognition of Faces of Unfamiliar Peers: The Effect of Attractiveness of Faces</w:t>
+                <w:t xml:space="preserve">Amitié, intimité émotionnelle et rôles de sexe à l'adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noëlle Lallemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Genetic Psychology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 9 (3), pp.39-48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04035254v1</w:t>
+                <w:t xml:space="preserve">hal-04243919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amitié, intimité émotionnelle et rôles de sexe à l'adolescence</w:t>
+                <w:t xml:space="preserve">Preadolescents' Recognition of Faces of Unfamiliar Peers: The Effect of Attractiveness of Faces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Lallemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Genetic Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 164 (4), pp.453-471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00221320309597889⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04243919v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04035254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual differences in early adolescents' aggressive behaviors towards peers</w:t>
               </w:r>
@@ -4701,182 +4701,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaborer librement entre pairs à l’adolescence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attachement, empreinte et circuit de la récompense. Allers et retours entre psychologie, éthologie et neurosciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Leboucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Baratay. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’élaboration mentale. Comprendre les mécanismes qui sous-tendent la santé mentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier, 2021, 978-2-294-77177-4</w:t>
+              <w:t xml:space="preserve">L'animal désanthropisé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de la Sorbonne, pp.171-183, 2021, 979-10-351-0659-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510388v1</w:t>
+                <w:t xml:space="preserve">hal-04326496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attachement, empreinte et circuit de la récompense. Allers et retours entre psychologie, éthologie et neurosciences</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elaborer librement entre pairs à l’adolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'animal désanthropisé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions de la Sorbonne, pp.171-183, 2021, 979-10-351-0659-1</w:t>
+              <w:t xml:space="preserve">L’élaboration mentale. Comprendre les mécanismes qui sous-tendent la santé mentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier, 2021, 978-2-294-77177-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04326496v1</w:t>
+                <w:t xml:space="preserve">hal-03510388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'initiation de l'attachement maternel : une perspective psychobiologique</w:t>
               </w:r>
@@ -5032,190 +5032,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01689438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychologie du développement: enfance et adolescence</w:t>
+                <w:t xml:space="preserve">L'amitié entre enfants ou adolescents : une force pour grandir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Belin, 2015, Atouts</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 2015, Regards Psy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01478768v1</w:t>
+                <w:t xml:space="preserve">hal-01478769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amitié entre enfants ou adolescents : une force pour grandir</w:t>
+                <w:t xml:space="preserve">Psychologie du développement: enfance et adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Armand Colin, 2015, Regards Psy</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Meljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Baudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Cuisinier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Belin, 2015, Atouts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01478769v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01478768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5227,230 +5227,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer and friendship.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Bazillier</w:t>
+                <w:t xml:space="preserve">L’effet du climat scolaire sur les problèmes de comportements en salle de classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barry Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual Scientific Meeting of the European Association for Cancer Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Caen, France</w:t>
+              <w:t xml:space="preserve">Congrès annuel de la Société Québécoise de Recherche en Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689464v1</w:t>
+                <w:t xml:space="preserve">hal-01689474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effet du climat scolaire sur les problèmes de comportements en salle de classe</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Barry Schneider</w:t>
+                <w:t xml:space="preserve">Cancer and friendship.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bazillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de la Société Québécoise de Recherche en Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">27th Annual Scientific Meeting of the European Association for Cancer Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01689474v1</w:t>
+                <w:t xml:space="preserve">hal-01689464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5905,51 +5905,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CC349D13"/>
+    <w:nsid w:val="0FE92B0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6136,51 +6136,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pmallet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5709-9756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288877v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vignoli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08948453251382178" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741508v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Labrell" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hassler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Geffroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bretaudeau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0233" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424300v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Lallemand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10775-024-09676-5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04811593v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/psych.2024.1511099" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693267v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681106v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dumas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931213v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mb&#233;d&#233; Essono" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kindelberger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035337v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931427v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045804v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Miljkovitch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Moss" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aino Sirparanta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Pascuzzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-021-01962-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02890126v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sode.12415" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510285v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510505v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03509852v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nils" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Parmentier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rim&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10775-019-09417-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636219v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.182.0323" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689416v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478444v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478445v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478453v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Schneider" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158298v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Evans" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazillier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Amiel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7175/rhc.v6i2.1171" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636218v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.094.0249" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035244v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kindermann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Herb&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503311001059" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035318v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Verlhiac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rou&#235;ss&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13187-011-0218-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035228v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224491003794048" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687923v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0143034311415906" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01053107v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Rubio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Rigal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boireau-Ducept" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meyer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2007.09.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WD90VZTB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035239v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tremblay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf.594.0393" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035198v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2007.06.018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5T5XKZX-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035349v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.069.0071" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687929v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.2178" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035254v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221320309597889" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04243919v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035285v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Paty" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1005678410105" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5XX56LD2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035310v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladis Rodriguez-Tom&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03173122" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035376v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685077v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schaal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035290v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Themistoklis Apostolidis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221309709595509" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035298v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fransoise Cordier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207599408248176" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0K4W1C6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424457v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01691783v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689147v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687938v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687941v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687943v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689455v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424650v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510357v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510388v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326496v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849279v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689438v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478768v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Meljac" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuisinier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478769v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689464v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689474v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544607v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Abou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Assailly" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Espiau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546012v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Beaumatin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Charron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georget" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689412v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pmallet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5709-9756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288877v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mallet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vignoli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08948453251382178" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424300v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Lallemand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10775-024-09676-5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04811593v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/psych.2024.1511099" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693267v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681106v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Labrell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hassler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fabre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bretaudeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dumas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741508v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Geffroy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.098.0233" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931213v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mb&#233;d&#233; Essono" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kindelberger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035337v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931427v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045804v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Miljkovitch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Moss" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aino Sirparanta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Pascuzzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-021-01962-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02890126v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sode.12415" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510285v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510505v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03509852v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nils" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Parmentier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rim&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10775-019-09417-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636219v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.182.0323" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689416v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478444v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478445v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gratier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478453v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Schneider" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158298v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Evans" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bazillier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Amiel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7175/rhc.v6i2.1171" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636218v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.094.0249" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035244v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kindermann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Herb&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503311001059" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035318v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Verlhiac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Rou&#235;ss&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13187-011-0218-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035228v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224491003794048" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687923v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0143034311415906" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01053107v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Rubio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Rigal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boireau-Ducept" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meyer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2007.09.012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WD90VZTB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035239v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tremblay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf.594.0393" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035198v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2007.06.018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5T5XKZX-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035349v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.069.0071" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687929v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.2178" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04243919v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035254v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221320309597889" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035285v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Paty" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1005678410105" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5XX56LD2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035310v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladis Rodriguez-Tom&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03173122" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035376v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685077v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schaal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035290v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Themistoklis Apostolidis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221309709595509" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04035298v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fransoise Cordier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207599408248176" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0K4W1C6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424457v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01691783v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689147v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687938v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687941v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01687943v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689455v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424650v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510357v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Leboucher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326496v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03510388v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849279v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689438v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478769v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01478768v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Meljac" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuisinier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689474v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689464v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544607v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Axelle Grani&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Abou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Assailly" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Espiau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546012v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Beaumatin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Charron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georget" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01689412v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>