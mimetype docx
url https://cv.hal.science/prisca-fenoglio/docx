--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -555,585 +555,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des croyances enseignantes sur le numérique aux perceptions des élèves : des décalages différenciateurs ? Étude à partir du dispositif Twictée</w:t>
+                <w:t xml:space="preserve">Numérique en éducation : aller au-delà des mythes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Édubref : l'essentiel pour comprendre les questions éducatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04091322v1</w:t>
+                <w:t xml:space="preserve">hal-04222716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un outil didactique et numérique pour apprendre l'orthographe au cycle 3 : des décalages d'appropriations entre élèves et enseignant(e)s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de colloque PRUNE Perspectives de Recherches sur les Usages du Numérique dans l'Éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04200485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numérique en éducation : aller au-delà des mythes</w:t>
+                <w:t xml:space="preserve">Report to the task and orthographic conceptions of students participating in the Twictée system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Édubref : l'essentiel pour comprendre les questions éducatives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.02003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/202214302003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04222716v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report to the task and orthographic conceptions of students participating in the Twictée system.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plurilinguisme des élèves en classe ordinaire dans le premier degré : que trouve-t-on dans la « boite à outils » des enseignants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacéra Aifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Corny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Chischportich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/shsconf/202214302003⟩</w:t>
+              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.21-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/reperes.4934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200468v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03565513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plurilinguisme des élèves en classe ordinaire dans le premier degré : que trouve-t-on dans la « boite à outils » des enseignants ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucile Cadet</w:t>
+                <w:t xml:space="preserve">Numérique et apprentissages : des décalages de perceptions entre élèves et enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nacéra Aifi</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Chischportich</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Georges Ferone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.21-38. </w:t>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 143, pp.03003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/reperes.4934⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/202214303003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03565513v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03748011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numérique et apprentissages : des décalages de perceptions entre élèves et enseignants</w:t>
+                <w:t xml:space="preserve">Des croyances enseignantes sur le numérique aux perceptions des élèves : des décalages différenciateurs ? Étude à partir du dispositif Twictée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Crinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Ferone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 143, pp.03003. </w:t>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 217, pp.79-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/shsconf/202214303003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfp.12399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03748011v1</w:t>
+                <w:t xml:space="preserve">halshs-04091322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S’approprier un outil pour apprendre l’orthographe au cycle 3 : à la recherche d’un espace commun entre enseignants et élèves</w:t>
               </w:r>
@@ -1182,269 +1182,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03444092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre tâche et activité : analyse des échanges langagiers d’élèves de cycle 3 lors de l’utilisation d’un outil didactique de correction orthographique</w:t>
+                <w:t xml:space="preserve">Entre tâche et activité : analyse des échanges langagiers d’élèves de cycle 3 lors de l’utilisation d’un outil de correction orthographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Brissaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 40, pp.10-27. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2020, Rôle des interactions langagières dans l’élaboration du travail individuel et collectif, 40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03540367v1</w:t>
+                <w:t xml:space="preserve">hal-03444195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre tâche et activité : analyse des échanges langagiers d’élèves de cycle 3 lors de l’utilisation d’un outil de correction orthographique</w:t>
+                <w:t xml:space="preserve">Le pourquoi du comment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Brissaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Rôle des interactions langagières dans l’élaboration du travail individuel et collectif, 40</w:t>
+              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 563, pp.26-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03444195v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pourquoi du comment</w:t>
+                <w:t xml:space="preserve">Entre tâche et activité : analyse des échanges langagiers d’élèves de cycle 3 lors de l’utilisation d’un outil didactique de correction orthographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Brissaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40, pp.10-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ree.427⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03444212v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux scénarios numériquement outillés visant la créativité : est-ce favoriser des affects positifs et des apprentissages ?</w:t>
               </w:r>
@@ -2173,273 +2173,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04208468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des échanges langagiers d’élèves de cycle 3 lors de séances de co-élaboration d’outils de correction orthographique</w:t>
+                <w:t xml:space="preserve">Vers la motivation et un apprentissage plus approfondi du FLS : de l’expérience hors cadre au récit numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Anthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alida Soucé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AREF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux, Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque SALTISE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dawson College, Jun 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208470v1</w:t>
+                <w:t xml:space="preserve">hal-04208473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la motivation et un apprentissage plus approfondi du FLS : de l’expérience hors cadre au récit numérique</w:t>
+                <w:t xml:space="preserve">Digital tools to foster creativity in the MFL classroom: making the case for their strategic integration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Anthony</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alida Soucé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque SALTISE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dawson College, Jun 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">London Language Show</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, London Language Show, Nov 2019, Londres &amp; Pékin, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208473v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital tools to foster creativity in the MFL classroom: making the case for their strategic integration.</w:t>
+                <w:t xml:space="preserve">Analyse des échanges langagiers d’élèves de cycle 3 lors de séances de co-élaboration d’outils de correction orthographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Fenoglio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Anthony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">London Language Show</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, London Language Show, Nov 2019, Londres &amp; Pékin, United Kingdom</w:t>
+              <w:t xml:space="preserve">AREF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208483v1</w:t>
+                <w:t xml:space="preserve">hal-04208470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’utilisation scénarisée des outils du Web 2.0 pour promouvoir la créativité : favoriser des émotions propices à l’apprentissage ?</w:t>
               </w:r>
@@ -3852,51 +3852,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326121v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Fenoglio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cadet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222726v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222739v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453072v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.4479" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193651v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5726" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091322v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ferone" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.12399" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200485v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222716v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200468v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214302003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565513v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nac&#233;ra Aifi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Corny" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Chischportich" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.4934" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748011v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214303003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444092v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03540367v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brissaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.427" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444195v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444212v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193739v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Anthony" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.3952" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193765v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21083/nrsc.v0i11.4002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158353v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04692012v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaussel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076351v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076363v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076368v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208468v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208470v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208473v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Souc&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208483v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208484v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208478v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03183361v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208486v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208489v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03183370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222762v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04152540v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03124093v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-05383435v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222721v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222701v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01727607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326121v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Fenoglio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cadet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222726v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222739v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453072v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.4479" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193651v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5726" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222716v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200485v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200468v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214302003" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565513v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nac&#233;ra Aifi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Corny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Chischportich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.4934" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03748011v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ferone" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202214303003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091322v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.12399" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444092v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444195v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brissaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444212v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03540367v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.427" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193739v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Anthony" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.3952" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193765v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21083/nrsc.v0i11.4002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158353v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04692012v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaussel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076351v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076363v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076368v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208468v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208473v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Souc&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208470v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208484v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208478v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03183361v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208486v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208489v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03183370v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222762v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04152540v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bautier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delarue-Breton" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03124093v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-05383435v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222721v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222701v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01727607v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>