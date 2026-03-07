--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -72,8123 +72,8123 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From anatomical modernity to evolutionary complexity: Rethinking human variation beyond a binary framework</w:t>
+                <w:t xml:space="preserve">Étude morphométrique externe et interne des restes dentaires d’individus présumés esclavisés du cimetière d’Anse Bellay (Anses-d’Arlet, Martinique, XVIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Lequin</w:t>
+                <w:t xml:space="preserve">Lucas Tauriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Romon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Society for the Study of Human Evolution</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/133pm⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05345244v1</w:t>
+                <w:t xml:space="preserve">hal-05345092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating stress proteins in teeth to characterize physiological and environmental stressors in Neolithic societies</w:t>
+                <w:t xml:space="preserve">Une nouvelle approche pour comprendre la robustesse de l’os et de la dentine chez les Néandertaliens : l’étude de la covariation entre l’os cortical et la dentine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+                <w:t xml:space="preserve">Mathilde Augoyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katell Bathany</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Annual meeting of the European Society for the study of Human Evolution</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Bordeaux, France. pp.12386</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343464v1</w:t>
+                <w:t xml:space="preserve">hal-04676290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Transition...les premiers pas du labo PACEA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Age, sex, and ancestry-related variation in cortical bone and dentine thickness in modern humans and relevance to evolutionary anthropology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Augoyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna C Oettlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+                <w:t xml:space="preserve">Ericka l'Abbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Journée Labos 1point5 « S’engager ensemble pour réduire l’empreinte de nos activités de recherche</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03979489v1</w:t>
+              <w:t xml:space="preserve">European Society for the study of Human Evolution meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Aarhus (Danemark), Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48738/2023.iss2.1093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tooth Fairy collection of human deciduous teeth: learning from a documented sample of living children to understand factors related to morphology, growth, and developmental disruptions in the past</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Testing the presence of sexual dimorphism in radicular dentine thickness and topographic distribution in modern human upper permanent canines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mona Le Luyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmy Bocaege</w:t>
+                <w:t xml:space="preserve">Mathilde Augoyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Profico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna C Oettlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Annual meeting of the European Society for the study of Human Evolution</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02881633v1</w:t>
+              <w:t xml:space="preserve">18th International Symposium on Dental Morphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Francfort, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The DeerPal project: humans and deer during the Palaeolithic, integrating the variability of prey ecology and ethology in the investigation of past human – environment interactions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Royer</w:t>
+                <w:t xml:space="preserve">Une utilisation bifamiliale d’un cimetière paléochrétien du nord de l'Islande ? Étude de la morphologie dentaire des individus d’Hofstaðir (Xe - XIIIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Bayle</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hildur Gestsdóttir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prehistoric Adaptations to Cold Environments : multidisciplinary approaches</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02012860v1</w:t>
+              <w:t xml:space="preserve">34e colloque du GALF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravettian human remains from Gargas (Hautes-Pyrénées, France). Implication for biological diversity and mortuary practices during the Upper Paleolithic</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Dynamics of pre-Hispanic human settlements in the northern Mesoamerican fringe: contribution of the study of variation based on tooth internal structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Delluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Ferrier</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Darras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">86th Annual Meetings - American Association of Physical Anthropologists</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02085831v1</w:t>
+              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, online, France. pp.8742, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.8742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet NéMo: The Chronology and Cultural Context of Neandertal Skeletal Material in Southwestern France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Brad Gravina</w:t>
+                <w:t xml:space="preserve">Les vestiges humains gravettiens dans le Sud-Ouest de la France : bilan du projet Gravett’os</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Courtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guyomarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Society for the study of Human Evolution</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02463939v1</w:t>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.7213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Do dentine and cortical bone thickness covary in humans? The influence of age and sex assessed in a modern sample and the condition of Neandertals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Augoyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Colard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the European Society for Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, online, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03003751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molar enamel thickness distribution and hominid taxonomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Cantaloube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frikkie de Beer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakobus Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the European Society for Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, online, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03003794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La collection « Petite souris » : étude exploratoire de la croissance et des perturbations pendant la petite enfance à partir de l’histologie et la physicochimie dentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliza Orellana-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Mcgrath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Dubernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lefrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1845èmes Journées de la Société d’Anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison Méditerranéenne des Sciences de l’Homme (MMSH), Jan 2020, Aix-en-Provence, France. pp.S9-S33, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/bmsap-2019-0067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03532991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaging biochemical signatures of stress events in human deciduous teeth from the ‘ Tooth Fairy collection ’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliza Orellana-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Y. Lefrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leluyer Mona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SciX Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, California, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new approach to quantify enamel thickness distribution and the enamel-dentine junction topography in primate teeth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Cantaloube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Martin-Frances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SMEF 2018 - 10e Symposium de Morphométrie et Évolution des Formes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire PACEA (UMR 5199), LabEx des Sciences Archéologiques de Bordeaux (France), Jun 2018, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le réel et le virtuel pour un rapprochement entre recherche et formation en master bio-géosciences (BGS) à l’université de Bordeaux : l’exemple du projet Immersion dans les terrains de l’anthropologie biologique et de la Préhistoire (ITAP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryelle Bessou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Caux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le réel et le virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 144e Congrès national des sociétés historiques et scientifiques, May 2018, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05329267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why in 3-4D? What new insights virtual imaging are revealing in dental (palaeo)anthropology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Macchiarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85th Annual Meeting of the American Association of Physical Anthropologists dans le cadre du symposium international Old Questions, New Approaches and New Solutions: Celebrating the 30th Anniversary of the Dental Anthropology Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovative approaches to quantify and statistically compare tooth enamel thickness distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cantaloube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bondioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoncel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESHE 2016 - 6th Annual Meeting of the European Society for the Study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03153972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Gravettian Human remains from the Gargas cave (Hautes-Pyrénées, France): symbolic and chrono-archaeological context.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIXème Congrès international d’art rupestre - IFRAO 2015 - "Symboles dans le paysage: l’art rupestre et son contexte", Session Grottes et abris ornés à restes humains : deux types d'appropriation spirituelle de l’espace karstique (Feruglio V. et al., dir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Cáceres, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03112565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A microCT-based longitudinal study of the dental developmental pattern in the Neandertal child from Pech de l’Azé, France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Balzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society for the Study of Human Evolution meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of the covariation signal between cortical bone and dentine volumes across the upper limb bones and anterior teeth in modern humans and relevance to evolutionary anthropology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Toothnroll&amp;lt;/i&amp;gt;: An R Package for Landmarking, Measuring, and Mapping Dental Tissues of Hominoid Anterior Teeth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Profico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Augoyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joa.14227⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 187, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.70079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05363816v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05363814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Toothnroll&amp;lt;/i&amp;gt;: An R Package for Landmarking, Measuring, and Mapping Dental Tissues of Hominoid Anterior Teeth</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Exploration of the covariation signal between cortical bone and dentine volumes across the upper limb bones and anterior teeth in modern humans and relevance to evolutionary anthropology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Augoyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Profico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Thibeault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.70079⟩</w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 247, pp.29 - 51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/joa.14227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05363814v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05363816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Author Correction: Palaeogenomics of Upper Palaeolithic to Neolithic European hunter-gatherers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosimo Posth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">He Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayshin Ghalichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Crevecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 616 (7956), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41586-023-05942-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of age, sex, and ancestry-related variation in cortical bone and dentine volumes in modern humans, and a preliminary assessment of cortical bone-dentine covariation in later Homo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Augoyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna C Oettlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ericka l'Abbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JASs. Journal of anthropological sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 101, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4436/JASS.10019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04243158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeogenomics of Upper Palaeolithic to Neolithic European hunter-gatherers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cosimo Posth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">He Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayshin Ghalichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Crevecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 615 (7950), pp.117-126. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41586-023-05726-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04106022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing the learning of evolutionary anthropology skills by combining student‐active teaching with actual and virtual immersion of Master's students in fieldwork, laboratory practice, and dissemination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryelle Bessou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (4), pp.e8825. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ece3.8825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mandible and teeth characterization of the Gravettian child from Gargas, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Thibeault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Entre vivants et morts : regards croisés sur une frontière relative et fluctuante, 34 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bmsap.9810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the efficiency of isolated calvaria bones shape changes in the identification and differentiation of artificial cranial modification techniques among pre-Hispanic west Mesoamerican populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Coquerelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Darras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Faugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fisher T. Christopher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 39 (3), pp.103181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.103181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enamel daily secretion rates of deciduous molars from a global sample of children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gina Mcfarlane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Loch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debbie Guatelli-Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Oral Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 132, pp.105290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.archoralbio.2021.105290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03915862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Tooth Fairy collection (la collection Petite souris), a sample of documented human deciduous teeth at the University of Bordeaux, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 177 (1), pp.175-181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajpa.24405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03915836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crown tissue proportions and enamel thickness distribution in the Middle Pleistocene hominin molars from Sima de los Huesos (SH) population (Atapuerca, Spain)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Martín-Francés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Martinón-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Martínez de Pinillos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia García-Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0233281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodological implications of intra-and inter-facet microwear texture variation for human childhood paleo-dietary reconstruction: Insights from the deciduous molars of extant and medieval children from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlon Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Kanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katharina Rebay-Salisbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Queffelec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 31, pp.102284. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jasrep.2020.102284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02864943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Neanderthal from the Central Western Zagros, Iran. Structural reassessment of the Wezmeh 1 maxillary premolar</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fereidoun Biglari</w:t>
+                <w:t xml:space="preserve">Neurocranial shape variation among Tarascan populations: Evidence for varying degrees in artificially modified crania in pre‐Hispanic West Mexico (1200–1400 AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjan Mashkour</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Coquerelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2019.102643⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 170 (3), pp.418-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.23917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02266334v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04079302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurocranial shape variation among Tarascan populations: Evidence for varying degrees in artificially modified crania in pre‐Hispanic West Mexico (1200–1400 AD)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Neanderthal from the Central Western Zagros, Iran. Structural reassessment of the Wezmeh 1 maxillary premolar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fereidoun Biglari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjan Mashkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamyar Abdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Monchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.23917⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 135, pp.102643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2019.102643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04079302v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vestiges humains gravettiens de la grotte de Gargas (Aventignan, France) : datations 14C AMS directes et contexte chrono-culturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina San Juan - Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Villotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Vercoutère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116 (1), pp.29-39. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/bspf.2019.14981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the deciduous/permanent molar enamel thickness ratio a taxon-specific indicator in extant and extinct hominids?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Christopher Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 16 (5-6), pp.702 - 714. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crpv.2017.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01936460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microevolution of outer and inner structures of upper molars in Late Pleistocene and Early Holocene humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 16 (5-6), pp.632-644. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crpv.2016.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03915856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration de la variabilité de la structure des tissus dentaires dans les populations humaines (sub)actuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Balaresque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Esclassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03153992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural organization and tooth development in a Homo aff. erectus juvenile mandible from the Early Pleistocene site of Garba IV at Melka Kunture, Ethiopian highlands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Christopher Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yared Assefa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Braga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 162 (3), pp.533-549. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajpa.23135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D models related to the publication: Internal tooth structure and burial practices: insights into the Neolithic necropolis of Gurgy (France, 5100-4000 cal. BC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Coquerelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MorphoMuseum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2 (1), pp.2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18563/m3.2.1.e1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Let the dead speak... Comments on Dibble et al's reply to &amp;quot;Evidence supporting an intentional burial at La Chapelle-aux-Saints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Beauval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Crevecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 69, pp.12-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jas.2016.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal tooth structure and burial practices : Insights into the Neolithic Necropolis of Gurgy (France, 5100-4000 cal. BC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Coquerelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0159688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First study of the internal structure of one million-years-old teeth belonging to Homo erectus/ergaster from Eritrea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elettra Highlights</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.110-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence supporting an intentional Neandertal burial at La Chapelle-aux-Saints</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brief communication : comparative patterns of enamel thickness topography and oblique molar wear in two Early Neolithic and Medieval population samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1316780110⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014, pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.22562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640235v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The late Early Pleistocene human dental remains from Uadi Aalad and Mulhuli-Amo (Buia) Eritrean Danakil : macromorphology and microstructure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">The late Early Pleistocene human dental remains from Uadi Aalad and Mulhuli-Amo (Buia), Eritrean Danakil: macromorphology and microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher M. Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 74 (2014), pp.96-113. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01842721v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Middle Pleistocene Human Remains from Tourville-la-Rivière (Normandy, France) and Their Archaeological Context</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The late Early Pleistocene human dental remains from Uadi Aalad and Mulhuli-Amo (Buia) Eritrean Danakil : macromorphology and microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Zanolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bondioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher M. Dean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0104111⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 74 (2014), pp.96-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2014.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483596v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The late Early Pleistocene human dental remains from Uadi Aalad and Mulhuli-Amo (Buia), Eritrean Danakil: macromorphology and microstructure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+                <w:t xml:space="preserve">Evidence supporting an intentional Neandertal burial at La Chapelle-aux-Saints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Rendu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Beauval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Crevecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 111 (1), pp.81-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1316780110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277664v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brief communication : comparative patterns of enamel thickness topography and oblique molar wear in two Early Neolithic and Medieval population samples</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Middle Pleistocene Human Remains from Tourville-la-Rivière (Normandy, France) and Their Archaeological Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Maureille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Crevecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.22562⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), pp.e104111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0104111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01842738v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oral exostoses : a two hundred years assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anneliese Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaroslav Bruzek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (1), pp.1-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13219-013-0089-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One hundred years later : new evidence supporting an intentional Neandertal burial at La Chapelle-aux-Saints (Corrèze, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Beauval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Crevecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 111 (1), pp.81-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New ways to think about enamel and dentine thickness in longitudinal tooth sections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Dean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the International Association for Paleodontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7, pp.29-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The structural morphology of incisor and molar teeth : tracking the evolutionary pathways in Late Pleistocene humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 147 (S54), pp.92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Middle Paleolithic human remains from the Gruta de Oliveira (Torres Novas), Portugal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John C. Willman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Maki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Trinkaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Zilhao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 149, pp.39-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enamel thickness and dental tissue proportions in Neandertal and modern human upper deciduous molars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinzia Fornai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Benazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ildiko Pap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiří Svoboda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 147 (S54), pp.145</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01842855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early dispersal of modern humans in Europe and implications for Neanderthal behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Benazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Douka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinzia Fornai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ottmar Kullmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 479 (7374), pp.525-528. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/nature10617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00639348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dental maturational sequence and dental tissue proportions in the early Upper Paleolithic child from Abrigo do Lagar Velho, Portugal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Trinkaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Duarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 107 (4), pp.1338-1342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.0914202107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphometric maps of long bone shafts and dental roots for imaging topographic thickness variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher M. Dean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Puymerail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajpa.21271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissue proportions and enamel thickness distribution in the early Middle Pleistocene human deciduous molars from Tighenif (Ternifine), Algeria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crpv.2010.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dental developmental pattern of the Neanderthal child from Roc de Marsal: a high-resolution 3D analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Braga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 56 (1), pp.66-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhevol.2008.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brief communication: High-resolution assessment of the dental developmental pattern and characterization of tooth tissue proportions in the late Upper Paleolithic child from La Madeleine, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Braga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 138 (4), pp.493-498. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajpa.21000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude morphométrique externe et interne des restes dentaires d’individus présumés esclavisés du cimetière d’Anse Bellay (Anses-d’Arlet, Martinique, XVIIIe siècle)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">From anatomical modernity to evolutionary complexity: Rethinking human variation beyond a binary framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Colard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Cosnefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Crevecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1850èmes Journées de la Société d’Anthropologie de Paris</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05345092v1</w:t>
+              <w:t xml:space="preserve">European Society for the Study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle approche pour comprendre la robustesse de l’os et de la dentine chez les Néandertaliens : l’étude de la covariation entre l’os cortical et la dentine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Investigating stress proteins in teeth to characterize physiological and environmental stressors in Neolithic societies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Bathany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tokarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04676290v1</w:t>
+              <w:t xml:space="preserve">15th Annual meeting of the European Society for the study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05343464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age, sex, and ancestry-related variation in cortical bone and dentine thickness in modern humans and relevance to evolutionary anthropology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ericka l'Abbé</w:t>
+                <w:t xml:space="preserve">La Transition...les premiers pas du labo PACEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Laroulandie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Boudadi-Maligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Haget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William E. Banks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Society for the study of Human Evolution meeting</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04280541v1</w:t>
+              <w:t xml:space="preserve">2e Journée Labos 1point5 « S’engager ensemble pour réduire l’empreinte de nos activités de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03979489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing the presence of sexual dimorphism in radicular dentine thickness and topographic distribution in modern human upper permanent canines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anna C Oettlé</w:t>
+                <w:t xml:space="preserve">The Tooth Fairy collection of human deciduous teeth: learning from a documented sample of living children to understand factors related to morphology, growth, and developmental disruptions in the past</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Le Luyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliza Orellana-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmy Bocaege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Symposium on Dental Morphology</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04280562v1</w:t>
+              <w:t xml:space="preserve">9th Annual meeting of the European Society for the study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Liège, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02881633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une utilisation bifamiliale d’un cimetière paléochrétien du nord de l'Islande ? Étude de la morphologie dentaire des individus d’Hofstaðir (Xe - XIIIe s.)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The DeerPal project: humans and deer during the Palaeolithic, integrating the variability of prey ecology and ethology in the investigation of past human – environment interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Discamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rendu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Beauval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34e colloque du GALF</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05346365v1</w:t>
+              <w:t xml:space="preserve">Prehistoric Adaptations to Cold Environments : multidisciplinary approaches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of pre-Hispanic human settlements in the northern Mesoamerican fringe: contribution of the study of variation based on tooth internal structure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Gravettian human remains from Gargas (Hautes-Pyrénées, France). Implication for biological diversity and mortuary practices during the Upper Paleolithic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélim Natahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Véronique Darras</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vercoutère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société d'Anthropologie de Paris</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04676302v1</w:t>
+              <w:t xml:space="preserve">86th Annual Meetings - American Association of Physical Anthropologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, New Orleans, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02085831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vestiges humains gravettiens dans le Sud-Ouest de la France : bilan du projet Gravett’os</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yann Heuzé</w:t>
+                <w:t xml:space="preserve">Projet NéMo: The Chronology and Cultural Context of Neandertal Skeletal Material in Southwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Maureille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Discamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Gravina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1846es Journées de la Société d'Anthropologie de Paris</w:t>
-[...1064 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Society for the study of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina San Juan-Foucher</w:t>
-[...170 lines deleted...]
-                <w:t xml:space="preserve">hal-03157059v1</w:t>
+                <w:t xml:space="preserve">hal-02463939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8206,90 +8206,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention au sommet du Locus 3. rapport de l'équipe Anthropologie et Géoarchéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eline M. J. Schotsmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Konik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8356,90 +8356,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vestiges humains attribuables au Solutréen et la question des pratiques funéraires qu'ils soulèvent : le cas unique du Piage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Maureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foni Lebrun-Ricalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8513,51 +8513,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humanités passées, dents fossilisées et grottes perchées. Du terrain au laboratoire, le réel et le virtuel en paléoanthropologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anthropologie biologique. Université de Bordeaux, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8607,64 +8607,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Palomas Dental Remains: Enamel Thickness and Tissue Proportions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Le Luyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Robson Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8706,90 +8706,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-Ph. Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Maureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Turq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8831,90 +8831,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Si Néandertal était toujours vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Maureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Turq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8952,103 +8952,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From outer to inner structural morphology in dental anthropology : the integration of the third dimension in the visualization and quantitative analysis of fossil remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Scott, R.G. and Irish, J.D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropological perspectives on tooth morphology : genetics, evolution, variation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge University Press, pp.250-277, 2013</w:t>
@@ -9077,103 +9077,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From outer to inner structural morphology in dental anthropology. Integration of the third dimension in the visualization and quantitative analysis of fossil remains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Zanolli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropological Perspectives on Tooth Morphology - Genetics, Evolution, Variation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.250-277, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9198,64 +9198,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The &amp;quot;virtual dentition&amp;quot; of the Spy VI child.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut Royal des Sciences Naturelles de Belgique. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(P. Semal &amp; M. Touissaint) Spy Cave. State of 120 Years of Pluridisciplinary Research on the Betche-aux-Rotches from Spy (Jemeppe-sur-Sambre, Province of Namur, Belgium).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
@@ -9284,77 +9284,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The permanent &amp;quot;virtual dentition&amp;quot; of Spy I and Spy II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut Royal des Sciences Naturelles de Belgique. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(P. Semal &amp; M. Touissaint) Spy Cave. State of 120 Years of Pluridisciplinary Research on the Betche-aux-Rotches from Spy (Jemeppe-sur-Sambre, Province of Namur, Belgium).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
@@ -9383,103 +9383,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional imaging and quantitative characterization of human fossil remains. Examples from the NESPOS database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bondioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Macchiarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mazurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Puymerail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pleistocene Databases. Acquisition, Storing, Sharing. Mettman: Wissenschaftliche Schriften des Neanderthal-Museums</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
@@ -9677,51 +9677,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345244v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lequin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343464v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tokarski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979489v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Haget" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Orellana-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmy Bocaege" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012860v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085831v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Natahi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vercout&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463939v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lahaye" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Gravina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363816v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Augoyard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Profico" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thibeault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14227" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363814v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70079" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055236v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Posth" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Yu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayshin Ghalichi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rougier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05942-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243158v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka l'Abb&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4436/JASS.10019" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106022v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05726-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621005v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le&#160;luyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9810" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420721v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coquerelle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Faug&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fisher T. Christopher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103181" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915862v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Mcfarlane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Loch" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Guatelli-Steinberg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2021.105290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915836v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24405" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002601v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mart&#237;n-Franc&#233;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Martin&#243;n-Torres" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mart&#237;nez de Pinillos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Garc&#237;a-Campos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0233281" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864943v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Bas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kanz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Rebay-Salisbury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102284" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266334v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereidoun Biglari" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamyar Abdi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.102643" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-04079302v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pereira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23917" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250278v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Foucher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan - Foucher" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.14981" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936460v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bondioli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christopher Dean" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2017.05.002" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915856v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2016.11.009" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153992v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Balaresque" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Esclassan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296656v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23135" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842876v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/m3.2.1.e1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842526v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2016.02.006" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT90KWG7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842536v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159688" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842885v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zanolli" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bondioli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Dean" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640235v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rendu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beauval" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crevecoeur" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bayle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1316780110" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842721v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Coppa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M. Dean" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2014.04.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMZQCBVN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483596v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duval" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104111" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277664v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842738v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22562" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CF724C7AE7B06A5142B50AF19467A4988EE5C141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842735v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneliese L&#233;onard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Bruzek" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0089-3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842708v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842754v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Dean" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842854v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazurier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Macchiarelli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C. Willman" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Maki" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Trinkaus" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Zilhao" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842855v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Fornai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Benazzi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Pap" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji&#345;&#237; Svoboda" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639348v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Douka" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bauer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Kullmer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10617" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-N42KHC3N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379561v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Macchiarelli" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trinkaus" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duarte" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazurier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0914202107" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277599v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puymerail" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21271" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GV5Z8TFB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277594v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2010.07.019" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPLPL5HD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379577v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2008.09.002" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMS6NLV7-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379575v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21000" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0GTCF479-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345092v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tauriac" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pm" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676290v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280541v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2023.iss2.1093" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280562v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346365v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hildur Gestsd&#243;ttir" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676302v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Delluc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8742" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023232v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7213" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003751v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003794v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Cantaloube" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frikkie de Beer" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakobus Hoffman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532991v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Dubernet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2019-0067" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533045v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Y. Lefrais" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leluyer Mona" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154905v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoncel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin-Frances" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329267v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Caux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979122v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braga" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153972v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cantaloube" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03112565v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan-Foucher" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157059v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157193v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline M. J. Schotsmans" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759356v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foni Lebrun-Ricalens" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05095628v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098627v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Robson Brown" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727948v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Faivre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maureille" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Turq" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727956v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Turq" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841515v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296740v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184848v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184849v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296743v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345092v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tauriac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Bayle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/133pm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676290v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Augoyard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Zanolli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280541v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C Oettl&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericka l'Abb&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2023.iss2.1093" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280562v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Profico" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346365v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hildur Gestsd&#243;ttir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676302v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Delluc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lim Natahi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le Luyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8742" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023232v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Villotte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7213" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003751v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cazenave" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003794v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Cantaloube" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frikkie de Beer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakobus Hoffman" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532991v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Orellana-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Mcgrath" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Dubernet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2019-0067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533045v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bousquet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Y. Lefrais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leluyer Mona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154905v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoncel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin-Frances" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329267v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Armand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Caux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cochard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979122v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Macchiarelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bayle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zanolli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braga" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153972v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cantaloube" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bondioli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03112565v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Foucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan-Foucher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vercout&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157059v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363814v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70079" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363816v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Thibeault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14227" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055236v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Posth" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=He Yu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayshin Ghalichi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rougier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Crevecoeur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05942-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243158v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4436/JASS.10019" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106022v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05726-0" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916825v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Couture" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8825" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621005v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Le&#160;luyer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9810" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420721v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coquerelle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Faug&#232;re" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fisher T. Christopher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103181" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915862v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Mcfarlane" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Loch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Guatelli-Steinberg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2021.105290" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915836v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24405" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002601v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mart&#237;n-Franc&#233;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Martin&#243;n-Torres" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Mart&#237;nez de Pinillos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Garc&#237;a-Campos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0233281" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864943v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Bas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kanz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Rebay-Salisbury" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Queffelec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102284" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-04079302v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pereira" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23917" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fereidoun Biglari" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamyar Abdi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2019.102643" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250278v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina San Juan - Foucher" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2019.14981" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936460v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Christopher Dean" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2017.05.002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915856v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2016.11.009" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153992v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Balaresque" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Esclassan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296656v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yared Assefa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braga" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23135" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842876v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rottier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/m3.2.1.e1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842526v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rendu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Beauval" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2016.02.006" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KT90KWG7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842536v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0159688" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842885v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bondioli" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Dean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842738v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22562" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CF724C7AE7B06A5142B50AF19467A4988EE5C141/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277664v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Coppa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M. Dean" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842721v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2014.04.005" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMZQCBVN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640235v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Rendu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beauval" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crevecoeur" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1316780110" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483596v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Faivre" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maureille" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duval" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104111" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842735v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneliese L&#233;onard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Bruzek" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0089-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842708v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842754v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Dean" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842854v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mazurier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Macchiarelli" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842816v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C. Willman" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Maki" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Trinkaus" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Zilhao" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842855v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Fornai" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Benazzi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Pap" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji&#345;&#237; Svoboda" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639348v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Douka" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bauer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ottmar Kullmer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10617" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-N42KHC3N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379561v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Trinkaus" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duarte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazurier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0914202107" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277599v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puymerail" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21271" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GV5Z8TFB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277594v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2010.07.019" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DPLPL5HD-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379577v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2008.09.002" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMS6NLV7-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379575v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21000" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0GTCF479-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345244v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lequin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343464v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tokarski" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979489v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laroulandie" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Boudadi-Maligne" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Haget" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Banks" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881633v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmy Bocaege" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012860v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Royer" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085831v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ferrier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463939v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lahaye" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Gravina" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157193v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline M. J. Schotsmans" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Konik" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759356v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foni Lebrun-Ricalens" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05095628v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098627v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Robson Brown" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727948v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Faivre" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maureille" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Turq" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727956v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Turq" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841515v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296740v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184848v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184849v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296743v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>