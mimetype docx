--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1012,265 +1012,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a geometry-based knee joint compared to a planar knee joint</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A visualization framework for the analysis of neuromuscular simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pronost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anders Sandholm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Schwartz</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Thalmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Visual Computer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 27 (2), pp.161-171. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00371-010-0538-7⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 27 (2), pp.109-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00371-010-0534-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542776v1</w:t>
+                <w:t xml:space="preserve">hal-03542784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A visualization framework for the analysis of neuromuscular simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of a geometry-based knee joint compared to a planar knee joint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Sandholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pronost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anders Sandholm</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark de Zee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Thalmann</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Voigt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Visual Computer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 27 (2), pp.109-119. </w:t>
+              <w:t xml:space="preserve">, 2011, 27 (2), pp.161-171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00371-010-0534-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00371-010-0538-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542784v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A subject-specific software solution for the modeling and the visualization of muscles deformations</w:t>
               </w:r>
@@ -1308,51 +1308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pronost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Boulic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Thalmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Visual Computer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 25 (9), pp.835-842. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2028,51 +2028,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-based optimization approach for explicit forward gait prediction</w:t>
+                <w:t xml:space="preserve">Explicit forward gait prediction using parametric trajectories adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pronost</w:t>
@@ -2103,97 +2103,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christof Hurschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saida Bouakaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ACM SIGGRAPH Conference on Motion, Interaction and Games</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">Journées Françaises de l'Informatique Graphique (J.FIG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Sophia-Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542688v1</w:t>
+                <w:t xml:space="preserve">hal-03542676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explicit forward gait prediction using parametric trajectories adaptation</w:t>
+                <w:t xml:space="preserve">Simulation-based optimization approach for explicit forward gait prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pronost</w:t>
@@ -2224,73 +2224,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christof Hurschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saida Bouakaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Françaises de l'Informatique Graphique (J.FIG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Sophia-Antipolis, France</w:t>
+              <w:t xml:space="preserve">14th ACM SIGGRAPH Conference on Motion, Interaction and Games</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542676v1</w:t>
+                <w:t xml:space="preserve">hal-03542688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the effects of knee extensor muscle weakening and strengthening on a post-stroke gait</w:t>
               </w:r>
@@ -3093,51 +3093,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pronost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anders Sandholm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Thalmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Animation and Social Agents (CASA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4057,51 +4057,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3DAB4100"/>
+    <w:nsid w:val="C3CF9D77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4205,51 +4205,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F76AB13E"/>
+    <w:nsid w:val="A7B24970"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4439,51 +4439,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pronost-nicolas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4499-509X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111825105" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376757v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carensac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pronost" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Bouakaz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00375497231216477" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542639v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Bouakaz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-021-02379-w" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542660v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar Santos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eike Jakubowitz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Hurschler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00658-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01317881v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lucia Cruz Ruiz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pontonnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Dumont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12863" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267254v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lacl&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cav.1684" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542739v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Peeters" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-013-0788-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Geijtenbeek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2012.03189.x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542776v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Sandholm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Schwartz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark de Zee" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Voigt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-010-0538-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542784v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thalmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-010-0534-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542811v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Maurice" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Boulic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-009-0313-9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00431435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qilei Li" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weidong Geng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442380v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442354v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-007-0120-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DD98MTWW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-005-0350-y" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L82T42NN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar Fernandes dos Santos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511176v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542688v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar F Santos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542676v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542694v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884827v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205326.3205361" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765240v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263675v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2822013.2822016" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542708v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Hagenaars" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Egges" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542732v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiping Luo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542761v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Geijtenbeek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Der Stappen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542744v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542801v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441148v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiubo Liang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441145v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00456288v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1174429.1174439" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542823v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Nicolas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Multon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70316-5_58" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forough Madehkhaksar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-6275-9_6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03542872v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pronost-nicolas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4499-509X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111825105" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376757v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carensac" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pronost" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Bouakaz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00375497231216477" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542639v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Bouakaz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-021-02379-w" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542660v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar Santos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eike Jakubowitz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Hurschler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00658-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01317881v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lucia Cruz Ruiz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pontonnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Dumont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12863" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267254v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Lacl&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cav.1684" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542739v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Peeters" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-013-0788-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Geijtenbeek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2012.03189.x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542784v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Sandholm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thalmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-010-0534-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542776v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Schwartz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark de Zee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Voigt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-010-0538-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542811v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Maurice" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Boulic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-009-0313-9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00431435v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qilei Li" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weidong Geng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442380v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442354v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-007-0120-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DD98MTWW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00442356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-005-0350-y" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L82T42NN-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030477v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar Fernandes dos Santos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511176v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542676v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilmar F Santos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542688v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542694v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884827v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205326.3205361" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765240v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263675v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2822013.2822016" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542708v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Hagenaars" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Egges" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542732v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiping Luo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542761v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Geijtenbeek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Der Stappen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542744v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542801v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441148v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiubo Liang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00441145v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00456288v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1174429.1174439" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542823v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Nicolas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Multon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70316-5_58" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forough Madehkhaksar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-6275-9_6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03542872v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>