--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -853,177 +853,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertical land motion in the Southwest and Central Pacific from available GNSS solutions and implications for relative sea levels</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interseismic strain build-up on the submarine North Anatolian Fault offshore Istanbul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Woppelmann</w:t>
+                <w:t xml:space="preserve">Dietrich Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier de Viron</w:t>
+                <w:t xml:space="preserve">Heidrun Kopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Rebischung</w:t>
+                <w:t xml:space="preserve">Pierre Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziyadin Cakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggz247⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-11016-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02189532v1</w:t>
+                <w:t xml:space="preserve">hal-02178616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GEODESEA : Une expérience de positionnement géodésique fond de mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1032,535 +1032,535 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ballu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Piété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue XYZ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 159, pp.37-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interseismic strain build-up on the submarine North Anatolian Fault offshore Istanbul</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dietrich Lange</w:t>
+                <w:t xml:space="preserve">Vertical land motion in the Southwest and Central Pacific from available GNSS solutions and implications for relative sea levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ballu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médéric Gravelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidrun Kopp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Royer</w:t>
+                <w:t xml:space="preserve">Guy Woppelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Henry</w:t>
+                <w:t xml:space="preserve">Olivier de Viron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ziyadin Cakir</w:t>
+                <w:t xml:space="preserve">Paul Rebischung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10 (1), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 218, pp.1537 - 1551. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-11016-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178616v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Ray Tracing Comparisons in the Context of Geodetic Precise off-shore Positioning Experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Present‐day deformations of the Jura arc inferred by GPS surveying and earthquake focal mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Sue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Walpersdorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Albaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geodesy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01490419.2018.1438322⟩</w:t>
+              <w:t xml:space="preserve">Tectonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Geodynamics, Crustal and Lithospheric Tectonics, and active deformation in the Mediterranean Regions, 37, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018TC005047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01956461v1</w:t>
+                <w:t xml:space="preserve">hal-01919087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Present‐day deformations of the Jura arc inferred by GPS surveying and earthquake focal mechanisms</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic Ray Tracing Comparisons in the Context of Geodetic Precise off-shore Positioning Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ballu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Albaric</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wayne Crawford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Woppelmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Geodynamics, Crustal and Lithospheric Tectonics, and active deformation in the Mediterranean Regions, 37, pp.1-23. </w:t>
+              <w:t xml:space="preserve">Marine Geodesy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (4), pp.315-330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018TC005047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01490419.2018.1438322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01919087v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No significant steady state surface creep along the North Anatolian Fault offshore Istanbul: Results of 6 months of seafloor acoustic ranging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Piété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Ballu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2947,246 +2947,246 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noeud GLASS des Observatoires volcanologiques et sismologiques en pré-production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un prototype de station GNSS à bas coût</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurin Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">2022, pp.13</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04224730v1</w:t>
+                <w:t xml:space="preserve">hal-04224608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un prototype de station GNSS à bas coût</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noeud GLASS des Observatoires volcanologiques et sismologiques en pré-production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sakic</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2022, pp.8</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard de Chabalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Guinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224608v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination des vitesses verticales pour les stations GNSS des Petites Antilles</w:t>
               </w:r>
@@ -3698,51 +3698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Santamaria-Gomez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Feriol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Gravelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Loyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-5833-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16060991" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315508v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakize K&#252;re&#231; Nehbit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Glaser" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriakos Balidakis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heinkelmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2023.06.021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954057v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Mansur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brack" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M&#228;nnel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Schuh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-022-01685-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482588v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ballu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Royer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12030448" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954001v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/adgeo-50-57-2020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189532v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Woppelmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Viron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rebischung" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz247" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03046896v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Pi&#233;t&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Poirier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178616v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Lange" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidrun Kopp" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyadin Cakir" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11016-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956461v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Crawford" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490419.2018.1438322" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919087v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rabin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018TC005047" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Ballu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidrunn Kopp" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL069600" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Burtin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Corbeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard de Chabalier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874597v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Lenhof" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poitou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coulombier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8264" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954067v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2022_158" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874658v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenhof Edgar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royer Jean-Yves" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ballu Val&#233;rie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakic Pierre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poitou Charles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3758" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954085v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ENC48637.2020.9317316" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803624v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schmidt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Desanto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaifei He" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319233v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Hutchinson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Heesemann" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460380v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mazzotti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline D&#233;prez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Henrion" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Masson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Masson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431064v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224730v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Guinet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix L&#233;ger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224608v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709775v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy W&#246;ppelmann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004711v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bradke" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2020_101" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01661530v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic-Kieffer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LAROS018" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Santamaria-Gomez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Feriol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Gravelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Loyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-5833-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16060991" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315508v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakize K&#252;re&#231; Nehbit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Glaser" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyriakos Balidakis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heinkelmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2023.06.021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954057v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Mansur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brack" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin M&#228;nnel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Schuh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-022-01685-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482588v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ballu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Royer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12030448" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954001v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/adgeo-50-57-2020" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178616v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Lange" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidrun Kopp" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyadin Cakir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11016-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03046896v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Pi&#233;t&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Poirier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189532v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Woppelmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Viron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rebischung" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz247" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919087v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rabin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sue" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Walpersdorf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018TC005047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Crawford" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490419.2018.1438322" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Ballu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidrunn Kopp" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL069600" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245172v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Burtin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Corbeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard de Chabalier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874597v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Lenhof" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Poitou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Coulombier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8264" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954067v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2022_158" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874658v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenhof Edgar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royer Jean-Yves" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ballu Val&#233;rie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakic Pierre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poitou Charles" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-3758" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954085v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ENC48637.2020.9317316" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803624v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Schmidt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Desanto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaifei He" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319233v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Hutchinson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Heesemann" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460380v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mazzotti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline D&#233;prez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Henrion" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Masson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Masson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431064v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224608v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224730v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Guinet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix L&#233;ger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709775v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy W&#246;ppelmann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004711v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Bradke" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1345_2020_101" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01661530v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic-Kieffer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LAROS018" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>