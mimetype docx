--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,6876 +66,7209 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIP-DDoS framework based on Federated Learning for Collaborative Anomaly Detection</w:t>
+                <w:t xml:space="preserve">Simulation-based Evaluation of the Impact of using Blockchain for Traceability in an Industry 4.0 Factory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Sbai</w:t>
+                <w:t xml:space="preserve">Valentin Mullet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Allaert</w:t>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+                <w:t xml:space="preserve">Mariem Belhor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybersecurity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Blockchain: Research and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386229v1</w:t>
+                <w:t xml:space="preserve">hal-05557196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Signed Certificate Verification for IoT and V2V Messages via Blockchain Integration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SIP-DDoS framework based on Federated Learning for Collaborative Anomaly Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Sbai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Khoury</w:t>
+                <w:t xml:space="preserve">Benjamin Allaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khouloud Eledlebi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cybersecurity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 9 (109), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s42400-025-00527-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411259v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05386229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Systematic Literature Review of Resilience Approaches in Production Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héctor Hostos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TEM.2025.3606576⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.104614-104629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3579872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245743v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innovative Integration of GBA and Hybrid TESLA for Securing IoT Authentication in 5G and 6G Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khouloud Eledlebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">David Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyeran Mun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 13, pp.104614-104629. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3579872⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 13, pp.176097-176109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3620017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05124603v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Integration of GBA and Hybrid TESLA for Securing IoT Authentication in 5G and 6G Networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">CoAP/DTLS Protocols in IoT Based on Blockchain Light Certificate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyeran Mun</w:t>
+                <w:t xml:space="preserve">Patrick Balian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Harb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3620017⟩</w:t>
+              <w:t xml:space="preserve">IoT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (1), pp.4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/iot6010004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05310193v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoAP/DTLS Protocols in IoT Based on Blockchain Light Certificate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Efficient Signed Certificate Verification for IoT and V2V Messages via Blockchain Integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khouloud Eledlebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassem Hamze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Sayah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hassan Harb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IoT</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (24), pp.7528</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862145v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Survey of Authentication Schemes Suitable for the Audit of V2X Communications</w:t>
+                <w:t xml:space="preserve">A Systematic Literature Review of Resilience Approaches in Production Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marwa Slimene</w:t>
+                <w:t xml:space="preserve">Héctor Hostos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amira Chriki</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Virginie Goepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TITS.2025.3603250⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 72, pp.4094-4112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TEM.2025.3606576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05247525v1</w:t>
+                <w:t xml:space="preserve">hal-05245743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint simulation of urban vehicle traffic and relay-empowered 5G communications at city scale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12243-025-01129-6⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.104614 - 104629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/access.2025.3579872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05317437v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparison of Backbone and Mesh Clustering Strategies for Collaborative Management of 6G Vehicle-to-Vehicle Exchanges</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
+                <w:t xml:space="preserve">Joint simulation of urban vehicle traffic and relay-empowered 5G communications at city scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Condette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics13030572⟩</w:t>
+              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12243-025-01129-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428070v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05317437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A discrete event approach to micro-scale traffic modeling in urban environment</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Comparative Survey of Authentication Schemes Suitable for the Audit of V2X Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Slimene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Chriki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.simpat.2024.102920⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (11), pp.18304-18324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2025.3603250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493759v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation and Analysis of LightCert4IoT using Cooja-Contiki Simulator</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Comparison of Backbone and Mesh Clustering Strategies for Collaborative Management of 6G Vehicle-to-Vehicle Exchanges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Devred</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3451134⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics13030572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04681744v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A blockchain-based confidentiality-preserving approach to traceability in Industry 4.0</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Mullet</w:t>
+                <w:t xml:space="preserve">A discrete event approach to micro-scale traffic modeling in urban environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Condette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00170-022-10431-9⟩</w:t>
+              <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 133, pp.102920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.simpat.2024.102920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182400v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review and Perspectives on the Audit of Vehicle-to-Everything Communications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Performance Evaluation and Analysis of LightCert4IoT using Cooja-Contiki Simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaby Abou Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Semaan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 11, pp.81623-81645. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3301182⟩</w:t>
+              <w:t xml:space="preserve">, In press, 12, pp.122350-122362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3451134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04181120v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement des modules Architecture-Systèmes-Réseaux en Licence Informatique à l’ère des objets connectés: plébiscite de l’apprentissage par problème ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A blockchain-based confidentiality-preserving approach to traceability in Industry 4.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/j3ea/20222027⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 124 (3-4), pp.1297-1320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-022-10431-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182384v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review of Cybersecurity Guidelines for Manufacturing Factories in Industry 4.0</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Review and Perspectives on the Audit of Vehicle-to-Everything Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Zidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 9, pp.23235-23263. </w:t>
+              <w:t xml:space="preserve">, 2023, 11, pp.81623-81645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3056650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3301182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451338v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced CBL clustering performance versus GRP, OLSR and AODV in vehicular Ad Hoc networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Enseignement des modules Architecture-Systèmes-Réseaux en Licence Informatique à l’ère des objets connectés: plébiscite de l’apprentissage par problème ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telecommunication Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11235-020-00734-1⟩</w:t>
+              <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, CETSIS 2021 – Colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes, 21 (Hors Série n° 2), pp.J3eA 21, 2027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/j3ea/20222027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03104335v1</w:t>
+                <w:t xml:space="preserve">hal-04182384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and verifying clustering properties in a vehicular ad hoc network protocol with Event-B</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Review of Cybersecurity Guidelines for Manufacturing Factories in Industry 4.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Graiet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-97063-3⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.23235-23263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3056650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451350v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multipoint Relaying vs Chain-Branch-Leaf Clustering Performance in Optimized Link State Routing-based Vehicular Ad hoc Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Enhanced CBL clustering performance versus GRP, OLSR and AODV in vehicular Ad Hoc networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TITS.2019.2900767⟩</w:t>
+              <w:t xml:space="preserve">Telecommunication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (4), pp.525-541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11235-020-00734-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02069029v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Formal Model for the Chain-Branch-Leaf Clustering Scheme in OLSR based Vehicular Ad hoc Networks using Event-B</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Modeling and verifying clustering properties in a vehicular ad hoc network protocol with Event-B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imed Abbassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Graiet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 151, pp.935-940. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.17620. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2019.04.130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-97063-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451328v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chain-Branch-Leaf: a Clustering Scheme for Vehicular Networks Using Only V2V Communications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Multipoint Relaying vs Chain-Branch-Leaf Clustering Performance in Optimized Link State Routing-based Vehicular Ad hoc Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ad Hoc Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.adhoc.2017.10.007⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (3), pp.1034-1043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2019.2900767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01618113v1</w:t>
+                <w:t xml:space="preserve">hal-02069029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Real-World Car Traffic Dataset in Vehicular Ad Hoc Network Performance Evaluation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
+                <w:t xml:space="preserve">A Formal Model for the Chain-Branch-Leaf Clustering Scheme in OLSR based Vehicular Ad hoc Networks using Event-B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Chebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of advanced computer science and applications (IJACSA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.071251⟩</w:t>
+              <w:t xml:space="preserve">Procedia Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 151, pp.935-940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2019.04.130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503210v2</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation of 802.11p-Based Ad Hoc Vehicle-to-Vehicle Communications for Usual Applications Under Realistic Urban Mobility</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Chain-Branch-Leaf: a Clustering Scheme for Vehicular Networks Using Only V2V Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ouafae Cohin</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of advanced computer science and applications (IJACSA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.070532⟩</w:t>
+              <w:t xml:space="preserve">Ad Hoc Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 68, pp.70-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.adhoc.2017.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335135v2</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internet of things for smart factory</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Using Real-World Car Traffic Dataset in Vehicular Ad Hoc Network Performance Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Communications Society Multimedia Communications Technical Committee E-Letter</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International journal of advanced computer science and applications (IJACSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (12), pp.390-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.071251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451279v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503210v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiple-metric QoS-aware implementation of the optimized link state routing protocol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Performance Evaluation of 802.11p-Based Ad Hoc Vehicle-to-Vehicle Communications for Usual Applications Under Realistic Urban Mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+                <w:t xml:space="preserve">Ouafae Cohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of communication networks and distributed systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 12 (4), pp.381-400. </w:t>
+              <w:t xml:space="preserve">International journal of advanced computer science and applications (IJACSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (5), pp.221-230. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1504/IJCNDS.2014.062227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.070532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447735v1</w:t>
+                <w:t xml:space="preserve">hal-01335135v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design guidelines for quality of service support in Optimized Link State Routing-based mobile ad hoc networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Internet of things for smart factory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouafae Cohin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ad Hoc Networks</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Communications Society Multimedia Communications Technical Committee E-Letter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (5), pp.21-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451428v1</w:t>
+                <w:t xml:space="preserve">hal-03451279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting multipoint relay selection in the optimized link state routing protocol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">A multiple-metric QoS-aware implementation of the optimized link state routing protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Said Hanafi</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International journal of communication networks and distributed systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (4), pp.381-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJCNDS.2014.062227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design guidelines for quality of service support in Optimized Link State Routing-based mobile ad hoc networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ad Hoc Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1), pp.298-323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.adhoc.2012.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting multipoint relay selection in the optimized link state routing protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Hanafi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International journal of communication networks and distributed systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2009, 2 (1), pp.4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1504/IJCNDS.2009.021691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (35)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Multi-Relay D2D Communication for Cooperative SLAM in Metaverse Context</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Blockchain based Audit System for Secure and Traceable Vehicle-to-Everything Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Slimene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th 2025 IFIP International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (IEEE PEMWN 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">VTC 2026 - IEEE Vehicular Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2026, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345746v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Resilience-Oriented Framework for Integrating Industrial Internet of Things: Validation through Monitoring of an E-Coating Ultrafiltration System</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">A Framework for Resilient Integration of Industry 4.0 Components into Production Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor Hostos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Goepp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52nd International Conference on Computers and Industrial Engineering CIE52</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovative Intelligent Industrial Production and Logistics. IN4PL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.331-349, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-80760-2_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05280988v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enhanced authentication solution for infrastructureless vehicle environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Slimene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WiMob 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Marrakech (Morocco), Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05263522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing The Assessment of the Quality of Explanations for AI-based Network IDS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Fongue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerry Lonlac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Machine Learning for Networking (MLN'2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05342326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Framework for Resilient Integration of Industry 4.0 Components into Production Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Goepp</w:t>
+                <w:t xml:space="preserve">Enhancing Advanced Planning of Manufacturing Operations using Discrete Event Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Batchoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed-Amine Abdous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland De Guio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Intelligent Industrial Production and Logistics. IN4PL 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IN4PL 2025 : 6th IFAC/INSTICC International Conference on Innovative Intelligent Industrial Production and Logistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Marbella, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04950056v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Advanced Planning of Manufacturing Operations using Discrete Event Simulation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Resilience-Oriented Framework for Integrating Industrial Internet of Things: Validation through Monitoring of an E-Coating Ultrafiltration System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Hostos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaorisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Goepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IN4PL 2025 : 6th IFAC/INSTICC International Conference on Innovative Intelligent Industrial Production and Logistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Marbella, Spain</w:t>
+              <w:t xml:space="preserve">52nd International Conference on Computers and Industrial Engineering CIE52</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321286v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05280988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A SOA framework for resilient IoT integration into production systems: application to e-coating ultrafiltration monitoring</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Multi-Relay D2D Communication for Cooperative SLAM in Metaverse Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Congrès Annuel de la SAGIP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">The 14th 2025 IFIP International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (IEEE PEMWN 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05281826v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards digitalized production systems that are resilient to their Industry 4.0 components</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">A SOA framework for resilient IoT integration into production systems: application to e-coating ultrafiltration monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Hostos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Goepp-Thiebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IMT 2024 « Industrie du futur responsable »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Gardanne, France</w:t>
+              <w:t xml:space="preserve">3ème Congrès Annuel de la SAGIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05281827v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced RF-based 3D UAV Outdoor Geolocation: from Trilateration to Machine Learning Approaches</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Savard</w:t>
+                <w:t xml:space="preserve">Towards digitalized production systems that are resilient to their Industry 4.0 components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Hostos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Fleury</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Virginie Goepp-Thiebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valeria Loscri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 27th International Symposium on Real-Time Distributed Computing (ISORC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque IMT 2024 « Industrie du futur responsable »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Gardanne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552689v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Simulation of Both Vehicles Mobility and Relay-Empowered 5G Communications in a City</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Condette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondi Patrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecomte Sylvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th IFIP/IEEE International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (PEMWN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Agadir, Morocco. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/PEMWN62766.2024.10737543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart Jamming: Deep Learning-Based UAVs Neutralization System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced RF-based 3D UAV Outdoor Geolocation: from Trilateration to Machine Learning Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Belhor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t>
+                <w:t xml:space="preserve">Anthony Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driss Aouladhadj</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valeria Loscri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Symposium on Electromagnetic Compatibility – EMC Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EMCEurope59828.2024.10722367⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE 27th International Symposium on Real-Time Distributed Computing (ISORC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Tunis, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISORC61049.2024.10551331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04763136v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIP-DDoS: SIP Framework for DDoS Intrusion Detection based on Recurrent Neural Networks</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Smart Jamming: Deep Learning-Based UAVs Neutralization System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Aouladhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Deniau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gransart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Machine Learning for Networking</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 International Symposium on Electromagnetic Compatibility – EMC Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Brugge, Belgium. pp.380-384, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMCEurope59828.2024.10722367⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04256565v2</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging Blockchain for a Robust and Scalable Device Identification in LoRaWAN</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">SIP-DDoS: SIP Framework for DDoS Intrusion Detection based on Recurrent Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Sbai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Allaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fen Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Symposium on Networks, Computers and Communications (ISNCC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Machine Learning for Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISNCC58260.2023.10323962⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04315103v1</w:t>
+                <w:t xml:space="preserve">hal-04256565v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Trust in Industry 4.0 Traceability Data using Confidentiality-Preserving Digital Ledger</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Leveraging Blockchain for a Robust and Scalable Device Identification in LoRaWAN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lounès Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fen Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 4th Conference on Blockchain Research &amp; Applications for Innovative Networks and Services (BRAINS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/BRAINS55737.2022.9908752⟩</w:t>
+              <w:t xml:space="preserve">2023 International Symposium on Networks, Computers and Communications (ISNCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Doha, Qatar. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISNCC58260.2023.10323962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182407v1</w:t>
+                <w:t xml:space="preserve">hal-04315103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the Integration of V2V Based Clusters in a Global Infrastructure Network for Vehicles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
+                <w:t xml:space="preserve">Enhancing Trust in Industry 4.0 Traceability Data using Confidentiality-Preserving Digital Ledger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charles Tatkeu</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Workshop on Communication Technologies for Vehicles Nets4Cars/Nets4Trains/Nets4Aircraft 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Bordeaux, France. pp.113-122, </w:t>
+              <w:t xml:space="preserve">2022 4th Conference on Blockchain Research &amp; Applications for Innovative Networks and Services (BRAINS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paris, France. pp.33-36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-66030-7_10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/BRAINS55737.2022.9908752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03104329v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting Multiple Cooperative Applications through Vehicle-to-Vehicle Communications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Toward the Integration of V2V Based Clusters in a Global Infrastructure Network for Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrine Belmekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tatkeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Global Information Infrastructure and Networking Symposium (GIIS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/GIIS48668.2019.9044956⟩</w:t>
+              <w:t xml:space="preserve">15th International Workshop on Communication Technologies for Vehicles Nets4Cars/Nets4Trains/Nets4Aircraft 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Bordeaux, France. pp.113-122, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-66030-7_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02922000v1</w:t>
+                <w:t xml:space="preserve">hal-03104329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle d'auto-organisation pour réseaux ad hoc véhiculaires: application à la perception élargie coopérative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46ème Congrès ATEC ITS France, Les Rencontres de la Mobilité Intelligente (RDMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Paris, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02148593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véhicules coopératifs et communicants : application à la perception élargie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Supporting Multiple Cooperative Applications through Vehicle-to-Vehicle Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Rencontres Francophones Transport Mobilité (RFTM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 Global Information Infrastructure and Networking Symposium (GIIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France. pp.6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GIIS48668.2019.9044956⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177971v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02922000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of a Clustering Scheme for Vehicular Ad Hoc Networks Using a DEVS-based Virtual Laboratory Environment</w:t>
+                <w:t xml:space="preserve">Véhicules coopératifs et communicants : application à la perception élargie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emna Chebbi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANT 2018, The 9th International Conference on Ambient Systems, Networks and Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2e Rencontres Francophones Transport Mobilité (RFTM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre interuniversitaire de recherche sur les réseaux d'entreprise, la logistique et le transport (CIRRELT), Jun 2019, Montréal, Canada. pp.4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01850458v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new clustering structure for VANET</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Simulation of a Clustering Scheme for Vehicular Ad Hoc Networks Using a DEVS-based Virtual Laboratory Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Chebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRA 2018, 7th Transport Research Arena</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ANT 2018, The 9th International Conference on Ambient Systems, Networks and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Porto, Portugal. pp.344-351, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2018.04.049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898679v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cooperative Vehicle Ego-localization Application Using V2V Communications with CBL Clustering</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">A new clustering structure for VANET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IV 2018, 29th IEEE Intelligent Vehicles Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TRA 2018, 7th Transport Research Arena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria. 10p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878122v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une structuration dynamique d'un réseau de communication intervéhiculaire pour les ITS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ATEC ITS France 2018: Les rencontres de la mobilité intelligente (RDMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Paris, France. 11p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01777885v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation of Vehicle-to-Vehicle Communications for a Collective Perception Application in Vehicular Ad hoc Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Cooperative Vehicle Ego-localization Application Using V2V Communications with CBL Clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE PIMRC 2018, 29th Annual International Symposium on Personal, Indoor and Mobile Radio Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE IV 2018, 29th IEEE Intelligent Vehicles Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Changshu, China. pp.722-727, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IVS.2018.8500688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01904068v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01878122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of AODV, DSR, GRP and OLSR for VANET with real-world trajectories</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Performance Evaluation of Vehicle-to-Vehicle Communications for a Collective Perception Application in Vehicular Ad hoc Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITST 2017 - 15th International Conference on ITS Telecommunications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE PIMRC 2018, 29th Annual International Symposium on Personal, Indoor and Mobile Radio Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Bologne, Italy. 2p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01556408v3</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01904068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CBL: a Clustering Scheme for VANETs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Performance evaluation of AODV, DSR, GRP and OLSR for VANET with real-world trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VEHICULAR 2017 - The Sixth International Conference on Advances in Vehicular Systems, Technologies and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ITST 2017 - 15th International Conference on ITS Telecommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Warsaw, Poland. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITST.2017.7972224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01573625v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556408v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Formal Proofs of Network Protocols for Transport Systems using Discrete Event Simulation</w:t>
+                <w:t xml:space="preserve">CBL: a Clustering Scheme for VANETs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emna Chebbi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIMUL 2017 - the Ninth International Conference on Advances in System Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Athens, Greece. pp.14-15</w:t>
+              <w:t xml:space="preserve">VEHICULAR 2017 - The Sixth International Conference on Advances in Vehicular Systems, Technologies and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Nice, France. pp.19-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451317v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01573625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Multipoint Relaying to Chain-Branch-Leaf: Improving the Clustering in OLSR for Vehicular Ad hoc Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Wahl</w:t>
+                <w:t xml:space="preserve">Enhancing Formal Proofs of Network Protocols for Transport Systems using Discrete Event Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Chebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCVT 2017 - 24th IEEE Symposium on Communications and Vehicular Technology (IEEE SCVT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Louvain, Belgium. pp.1-5</w:t>
+              <w:t xml:space="preserve">SIMUL 2017 - the Ninth International Conference on Advances in System Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Athens, Greece. pp.14-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01721919v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving real-time video streaming delivery over dense multi-hop wireless ad hoc networks.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">From Multipoint Relaying to Chain-Branch-Leaf: Improving the Clustering in OLSR for Vehicular Ad hoc Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 Wireless Days (WD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SCVT 2017 - 24th IEEE Symposium on Communications and Vehicular Technology (IEEE SCVT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Louvain, Belgium. pp.1-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03385860v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01721919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual lab based on co-simulation to include impairments of wireless telecommunication such as GSM-R in the evaluation of ERTMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Improving real-time video streaming delivery over dense multi-hop wireless ad hoc networks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 Wireless Days (WD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Rio de Janeiro, Brazil. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WD.2014.7020832⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00985733v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03385860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Honeypot Solution for Proactive Security in Vehicular Ad Hoc Networks</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Virtual lab based on co-simulation to include impairments of wireless telecommunication such as GSM-R in the evaluation of ERTMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kassab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gransart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 8th FTRA International Conference on Future Information Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dhavy Gantsou; Patrick Sondi, Sep 2013, Gwangju, South Korea</w:t>
+              <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524379v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00985733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des Honeypots Mobiles Pour La Sécurité Proactive des Réseaux Ad Hoc Véhiculaires (VANETs)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Toward a Honeypot Solution for Proactive Security in Vehicular Ad Hoc Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi Obwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international TELECOM’2013 &amp; 8ème JFMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Marrakech, Maroc</w:t>
+              <w:t xml:space="preserve">Proceedings of the 8th FTRA International Conference on Future Information Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dhavy Gantsou; Patrick Sondi, Sep 2013, Gwangju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03577439v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Common Platform for Simulation-Based Evaluation of Both Functional and Telecommunication Sub-Systems of the ERTMS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marina Aguado</w:t>
+                <w:t xml:space="preserve">Des Honeypots Mobiles Pour La Sécurité Proactive des Réseaux Ad Hoc Véhiculaires (VANETs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Lemaire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Berbineau</w:t>
+                <w:t xml:space="preserve">Patrick Sondi Obwang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 Joint Rail Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque international TELECOM’2013 &amp; 8ème JFMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Marrakech, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/JRC2012-74049⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03447720v1</w:t>
+                <w:t xml:space="preserve">hal-03577439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation of Multimedia Applications over an OLSR-Based Mobile Ad Hoc Network Using OPNET</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Toward a Common Platform for Simulation-Based Evaluation of Both Functional and Telecommunication Sub-Systems of the ERTMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kassab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Aguado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 12th International Conference on Computer Modelling and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/UKSIM.2010.109⟩</w:t>
+              <w:t xml:space="preserve">2012 Joint Rail Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Philadelphia, United States. pp.351-359, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/JRC2012-74049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447691v1</w:t>
+                <w:t xml:space="preserve">hal-03447720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobile Ad Hoc Network-based Monitoring of Battlefields or Rescue Operations in Urban Scenarios</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Performance Evaluation of Multimedia Applications over an OLSR-Based Mobile Ad Hoc Network Using OPNET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 European Modelling Symposium (EMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EMS.2010.74⟩</w:t>
+              <w:t xml:space="preserve">2010 12th International Conference on Computer Modelling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Cambridge, United Kingdom. pp.567-572, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/UKSIM.2010.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447705v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mobile Ad Hoc Network-based Monitoring of Battlefields or Rescue Operations in Urban Scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhavy Gantsou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2010 European Modelling Symposium (EMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Pisa, Italy. pp.408-413, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMS.2010.74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Voice communication over mobile ad hoc networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asian Internet Engineering Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Bangkok, Thailand. pp.61-68, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/1711113.1711125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6945,258 +7278,258 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cybersécurité et traçabilité dans l’usine 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mullet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Editions Ltd, 260p., 2025, Domaine de l'Encyclopédie SCIENCES Ingénierie et systèmes, Systèmes et génie industriel, 9781789482249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05263858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Evaluation of Ad Hoc Routing Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE. WILEY, 2024, SCIENCES, 9781789451122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04704586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et évaluation de protocole de routage ad hoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wahl, Martine; Sondi, Patrick. ISTE Group, 2023, Domaine de l'Encyclopédie SCIENCES : Réseaux et communications, 9781789481129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04181148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7206,156 +7539,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overcoming the Technical Hurdles of IoT Adoption: the FITNESS Project Vision and Insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cassiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Achir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Adjih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Bechkit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.17119689⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05257163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7365,91 +7698,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles et Simulations pour la Conception et l'Evaluation de Systèmes de Communication dédiés aux Transports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université du Littoral Côte d'Opale, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03104349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7459,124 +7792,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une structuration dynamique d'un réseau de communication intervéhiculaire pour les ITS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ATEC ITS France 2018: Les rencontres de la mobilité intelligente (RDMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02264007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7586,460 +7919,460 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Virtual Laboratory as an Assessment Tool for Wireless Technologies in Railway Systems in Networking Simulation for Intelligent Transportation Systems: High Mobile Wireless Nodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sondi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benoit Hilt; Marion Berbineau; Alexey Vinel; Alain Pirovano. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Virtual Laboratory as an Assessment Tool for Wireless Technologies in Railway Systems in Networking Simulation for Intelligent Transportation Systems: High Mobile Wireless Nodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions; John Wiley &amp; Sons, pp.79-105, 2017, 978-1-84821-853-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119407447.ch5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Honeypot Solution for Proactive Security in Vehicular Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Information Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 276, Springer Berlin Heidelberg, pp.145-150, 2014, Lecture Notes in Electrical Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-40861-8_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating Test Scenarios Based on Real-World Traces for ERTMS Telecommunication Subsystem Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kassab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Mariano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication Technologies for Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7865, Springer Berlin Heidelberg, pp.223-231, 2013, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-37974-1_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03447726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Selection of Multipoint Relays in Wireless Ad Hoc Networks with Realistic Physical Layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Internet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4866, Springer Berlin Heidelberg, pp.48-59, 2007, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-540-76809-8_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03104323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8049,114 +8382,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Routage à Qualité de Service dans les Réseaux Mobiles Ad Hoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université de Valenciennes et du Hainaut-Cambresis, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00551243v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId197"/>
+      <w:footerReference w:type="default" r:id="rId201"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8303,51 +8636,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05386229v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Sbai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Meddahi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42400-025-00527-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05411259v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Khoury" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Eledlebi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Hamze" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Sayah" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05245743v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Hostos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2025.3606576" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124603v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Elleuch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3579872" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05310193v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Haddad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeran Mun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3620017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862145v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Harb" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/iot6010004" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Slimene" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chriki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3603250" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05317437v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Condette" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01129-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428070v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devred" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Wahl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13030572" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493759v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.102920" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681744v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaby Abou Haidar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Semaan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3451134" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182400v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mullet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-10431-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181120v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Zidi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3301182" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182384v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451338v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3056650" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104335v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-020-00734-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451350v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Abbassi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Chebbi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Graiet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97063-3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069029v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2019.2900767" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451328v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2019.04.130" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618113v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2017.10.007" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503210v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.071251" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335135v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Cohin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.070532" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451279v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447735v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhavy Gantsou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2014.062227" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451428v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2012.06.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9592V5FK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447670v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hanafi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2009.021691" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05345746v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05280988v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Hostos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaorisoa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05263522v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05342326v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fongue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Lonlac" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950056v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80760-2_22" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05321286v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Batchoudi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland De Guio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281826v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp-Thiebaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281827v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552689v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Belhor" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC61049.2024.10551331" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764052v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondi Patrick" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Sylvain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/PEMWN62766.2024.10737543" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763136v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Ataklity Tesfay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aouladhadj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dufour" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope59828.2024.10722367" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04256565v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315103v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Meddahi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fen Zhou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC58260.2023.10323962" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182407v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS55737.2022.9908752" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104329v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Belmekki" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tatkeu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66030-7_10" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922000v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS48668.2019.9044956" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148593v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177971v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.04.049" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878122v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2018.8500688" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777885v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904068v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556408v3" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2017.7972224" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573625v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451317v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721919v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385860v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD.2014.7020832" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985733v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kassab" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03524379v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi Obwang" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03577439v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447720v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Aguado" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lemaire" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/JRC2012-74049" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447691v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UKSIM.2010.109" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447705v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMS.2010.74" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447697v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1711113.1711125" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05263858v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704586v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04181148v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257163v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cassiau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Bechkit" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17119689" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03104349v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264007v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631638v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119407447.ch5" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447740v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40861-8_22" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447726v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mariano" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37974-1_18" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-JJL6RQF0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104323v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76809-8_5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-2DR4SNZF-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00551243v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mullet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Belhor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05386229v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Sbai" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Meddahi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42400-025-00527-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124603v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Elleuch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3579872" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05310193v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Eledlebi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Khoury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Haddad" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeran Mun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3620017" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862145v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Harb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/iot6010004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05411259v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Hamze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Sayah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05245743v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Hostos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2025.3606576" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553121v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2025.3579872" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05317437v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Condette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01129-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247525v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Slimene" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chriki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3603250" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428070v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devred" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Wahl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13030572" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493759v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.102920" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681744v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaby Abou Haidar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Semaan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3451134" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182400v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-10431-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181120v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Zidi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3301182" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182384v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222027" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451338v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3056650" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104335v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-020-00734-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451350v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Abbassi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Chebbi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Graiet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97063-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069029v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2019.2900767" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451328v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2019.04.130" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618113v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2017.10.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503210v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.071251" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335135v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Cohin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.070532" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451279v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhavy Gantsou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2014.062227" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451428v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2012.06.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9592V5FK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447670v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hanafi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2009.021691" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557201v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950056v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80760-2_22" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05263522v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05342326v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fongue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Lonlac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05321286v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Batchoudi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland De Guio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05280988v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Hostos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaorisoa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05345746v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp-Thiebaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281827v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764052v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondi Patrick" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Sylvain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/PEMWN62766.2024.10737543" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552689v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC61049.2024.10551331" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763136v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Ataklity Tesfay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aouladhadj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dufour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope59828.2024.10722367" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04256565v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315103v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Meddahi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fen Zhou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC58260.2023.10323962" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182407v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS55737.2022.9908752" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104329v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Belmekki" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tatkeu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66030-7_10" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148593v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922000v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS48668.2019.9044956" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177971v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850458v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.04.049" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898679v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777885v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878122v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2018.8500688" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904068v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556408v3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2017.7972224" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573625v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451317v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721919v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385860v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD.2014.7020832" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985733v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kassab" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03524379v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi Obwang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03577439v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447720v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Aguado" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lemaire" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/JRC2012-74049" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447691v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UKSIM.2010.109" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447705v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMS.2010.74" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447697v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1711113.1711125" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05263858v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04181148v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257163v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cassiau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Bechkit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17119689" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03104349v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631638v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119407447.ch5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447740v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40861-8_22" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447726v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mariano" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37974-1_18" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-JJL6RQF0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104323v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76809-8_5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-2DR4SNZF-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00551243v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>