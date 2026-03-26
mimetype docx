--- v1 (2026-03-26)
+++ v2 (2026-03-26)
@@ -100,1230 +100,1230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation-based Evaluation of the Impact of using Blockchain for Traceability in an Industry 4.0 Factory</w:t>
+                <w:t xml:space="preserve">SIP-DDoS framework based on Federated Learning for Collaborative Anomaly Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Mullet</w:t>
+                <w:t xml:space="preserve">Oussama Sbai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benjamin Allaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariem Belhor</w:t>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blockchain: Research and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cybersecurity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 9 (109), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s42400-025-00527-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05557196v1</w:t>
+                <w:t xml:space="preserve">hal-05386229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIP-DDoS framework based on Federated Learning for Collaborative Anomaly Detection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation-based Evaluation of the Impact of using Blockchain for Traceability in an Industry 4.0 Factory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Allaert</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Valentin Mullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Belhor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybersecurity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Blockchain: Research and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05386229v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
+                <w:t xml:space="preserve">Joint simulation of urban vehicle traffic and relay-empowered 5G communications at city scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Florian Condette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.104614-104629. </w:t>
+              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3579872⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12243-025-01129-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124603v1</w:t>
+                <w:t xml:space="preserve">hal-05317437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Integration of GBA and Hybrid TESLA for Securing IoT Authentication in 5G and 6G Networks</w:t>
+                <w:t xml:space="preserve">A Comparative Survey of Authentication Schemes Suitable for the Audit of V2X Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khouloud Eledlebi</w:t>
+                <w:t xml:space="preserve">Marwa Slimene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Khoury</w:t>
+                <w:t xml:space="preserve">Amira Chriki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Haddad</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3620017⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (11), pp.18304-18324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TITS.2025.3603250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05310193v1</w:t>
+                <w:t xml:space="preserve">hal-05247525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoAP/DTLS Protocols in IoT Based on Blockchain Light Certificate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Efficient Signed Certificate Verification for IoT and V2V Messages via Blockchain Integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khouloud Eledlebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassem Hamze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Sayah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hassan Harb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IoT</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (24), pp.7528</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862145v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Signed Certificate Verification for IoT and V2V Messages via Blockchain Integration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Systematic Literature Review of Resilience Approaches in Production Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kassem Hamze</w:t>
+                <w:t xml:space="preserve">Héctor Hostos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinane Sayah</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Virginie Goepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 72, pp.4094-4112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TEM.2025.3606576⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05411259v1</w:t>
+                <w:t xml:space="preserve">hal-05245743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Systematic Literature Review of Resilience Approaches in Production Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Héctor Hostos</w:t>
+                <w:t xml:space="preserve">CoAP/DTLS Protocols in IoT Based on Blockchain Light Certificate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Goepp</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Balian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Harb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Engineering Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TEM.2025.3606576⟩</w:t>
+              <w:t xml:space="preserve">IoT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (1), pp.4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/iot6010004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245743v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wajdi Elleuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 13, pp.104614 - 104629. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/access.2025.3579872⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 13, pp.104614-104629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3579872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05553121v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint simulation of urban vehicle traffic and relay-empowered 5G communications at city scale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Innovative Integration of GBA and Hybrid TESLA for Securing IoT Authentication in 5G and 6G Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khouloud Eledlebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyeran Mun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12243-025-01129-6⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.176097-176109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3620017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05317437v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Survey of Authentication Schemes Suitable for the Audit of V2X Communications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Evaluation of 5G Relay-Empowered and Device-to-Device Communications for Rescue Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (11), pp.18304-18324. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.104614 - 104629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TITS.2025.3603250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/access.2025.3579872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05247525v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparison of Backbone and Mesh Clustering Strategies for Collaborative Management of 6G Vehicle-to-Vehicle Exchanges</w:t>
               </w:r>
@@ -1335,51 +1335,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Devred</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1413,77 +1413,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A discrete event approach to micro-scale traffic modeling in urban environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Condette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 133, pp.102920. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1517,77 +1517,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation and Analysis of LightCert4IoT using Cooja-Contiki Simulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaby Abou Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1651,77 +1651,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A blockchain-based confidentiality-preserving approach to traceability in Industry 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mullet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 124 (3-4), pp.1297-1320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1768,90 +1768,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review and Perspectives on the Audit of Vehicle-to-Everything Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaima Zidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.81623-81645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1885,51 +1885,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignement des modules Architecture-Systèmes-Réseaux en Licence Informatique à l’ère des objets connectés: plébiscite de l’apprentissage par problème ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, CETSIS 2021 – Colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes, 21 (Hors Série n° 2), pp.J3eA 21, 2027. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1957,291 +1957,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review of Cybersecurity Guidelines for Manufacturing Factories in Industry 4.0</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Enhanced CBL clustering performance versus GRP, OLSR and AODV in vehicular Ad Hoc networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3056650⟩</w:t>
+              <w:t xml:space="preserve">Telecommunication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (4), pp.525-541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11235-020-00734-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451338v1</w:t>
+                <w:t xml:space="preserve">hal-03104335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced CBL clustering performance versus GRP, OLSR and AODV in vehicular Ad Hoc networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Review of Cybersecurity Guidelines for Manufacturing Factories in Industry 4.0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Mullet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telecommunication Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 76 (4), pp.525-541. </w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.23235-23263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11235-020-00734-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3056650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03104335v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and verifying clustering properties in a vehicular ad hoc network protocol with Event-B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed Abbassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2301,77 +2301,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multipoint Relaying vs Chain-Branch-Leaf Clustering Performance in Optimized Link State Routing-based Vehicular Ad hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Intelligent Transportation Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (3), pp.1034-1043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2418,64 +2418,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Formal Model for the Chain-Branch-Leaf Clustering Scheme in OLSR based Vehicular Ad hoc Networks using Event-B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedia Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 151, pp.935-940. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2509,77 +2509,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chain-Branch-Leaf: a Clustering Scheme for Vehicular Networks Using Only V2V Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2633,317 +2633,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01618113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Real-World Car Traffic Dataset in Vehicular Ad Hoc Network Performance Evaluation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Performance Evaluation of 802.11p-Based Ad Hoc Vehicle-to-Vehicle Communications for Usual Applications Under Realistic Urban Mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouafae Cohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International journal of advanced computer science and applications (IJACSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7 (12), pp.390-398. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.071251⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 7 (5), pp.221-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.070532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503210v2</w:t>
+                <w:t xml:space="preserve">hal-01335135v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation of 802.11p-Based Ad Hoc Vehicle-to-Vehicle Communications for Usual Applications Under Realistic Urban Mobility</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Using Real-World Car Traffic Dataset in Vehicular Ad Hoc Network Performance Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ouafae Cohin</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International journal of advanced computer science and applications (IJACSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7 (5), pp.221-230. </w:t>
+              <w:t xml:space="preserve">, 2016, 7 (12), pp.390-398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.070532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14569/IJACSA.2016.071251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335135v2</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503210v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internet of things for smart factory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouafae Cohin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Communications Society Multimedia Communications Technical Committee E-Letter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (5), pp.21-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2968,51 +2968,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multiple-metric QoS-aware implementation of the optimized link state routing protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3072,51 +3072,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design guidelines for quality of service support in Optimized Link State Routing-based mobile ad hoc networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3201,51 +3201,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting multipoint relay selection in the optimized link state routing protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Hanafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3324,90 +3324,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blockchain based Audit System for Secure and Traceable Vehicle-to-Everything Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Slimene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VTC 2026 - IEEE Vehicular Technology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2026, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3426,727 +3426,727 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05557201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Framework for Resilient Integration of Industry 4.0 Components into Production Systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Multi-Relay D2D Communication for Cooperative SLAM in Metaverse Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wajdi Elleuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Intelligent Industrial Production and Logistics. IN4PL 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 14th 2025 IFIP International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (IEEE PEMWN 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04950056v1</w:t>
+                <w:t xml:space="preserve">hal-05345746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An enhanced authentication solution for infrastructureless vehicle environments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Resilience-Oriented Framework for Integrating Industrial Internet of Things: Validation through Monitoring of an E-Coating Ultrafiltration System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Hostos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Rajaorisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Goepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WiMob 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Marrakech (Morocco), Morocco</w:t>
+              <w:t xml:space="preserve">52nd International Conference on Computers and Industrial Engineering CIE52</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263522v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05280988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing The Assessment of the Quality of Explanations for AI-based Network IDS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">An enhanced authentication solution for infrastructureless vehicle environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Slimene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Machine Learning for Networking (MLN'2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">WiMob 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Marrakech (Morocco), Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05342326v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Advanced Planning of Manufacturing Operations using Discrete Event Simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing The Assessment of the Quality of Explanations for AI-based Network IDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Fongue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaston Batchoudi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roland De Guio</w:t>
+                <w:t xml:space="preserve">Jerry Lonlac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Ramat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IN4PL 2025 : 6th IFAC/INSTICC International Conference on Innovative Intelligent Industrial Production and Logistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Marbella, Spain</w:t>
+              <w:t xml:space="preserve">8th International Conference on Machine Learning for Networking (MLN'2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321286v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05342326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Resilience-Oriented Framework for Integrating Industrial Internet of Things: Validation through Monitoring of an E-Coating Ultrafiltration System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing Advanced Planning of Manufacturing Operations using Discrete Event Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Batchoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed-Amine Abdous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hector Hostos</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Roland De Guio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52nd International Conference on Computers and Industrial Engineering CIE52</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">IN4PL 2025 : 6th IFAC/INSTICC International Conference on Innovative Intelligent Industrial Production and Logistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05280988v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Multi-Relay D2D Communication for Cooperative SLAM in Metaverse Context</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Framework for Resilient Integration of Industry 4.0 Components into Production Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor Hostos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Goepp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th 2025 IFIP International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (IEEE PEMWN 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovative Intelligent Industrial Production and Logistics. IN4PL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Porto, Portugal. pp.331-349, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-80760-2_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345746v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SOA framework for resilient IoT integration into production systems: application to e-coating ultrafiltration monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Hostos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Goepp-Thiebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Congrès Annuel de la SAGIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4165,572 +4165,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05281826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards digitalized production systems that are resilient to their Industry 4.0 components</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Smart Jamming: Deep Learning-Based UAVs Neutralization System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angesom Ataklity Tesfay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Driss Aouladhadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Deniau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gransart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IMT 2024 « Industrie du futur responsable »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 International Symposium on Electromagnetic Compatibility – EMC Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Brugge, Belgium. pp.380-384, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMCEurope59828.2024.10722367⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05281827v1</w:t>
+                <w:t xml:space="preserve">hal-04763136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Simulation of Both Vehicles Mobility and Relay-Empowered 5G Communications in a City</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sondi Patrick</w:t>
+                <w:t xml:space="preserve">Towards digitalized production systems that are resilient to their Industry 4.0 components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Hostos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Goepp-Thiebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Ramat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lecomte Sylvain</w:t>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th IFIP/IEEE International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (PEMWN)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque IMT 2024 « Industrie du futur responsable »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Gardanne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764052v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05281827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced RF-based 3D UAV Outdoor Geolocation: from Trilateration to Machine Learning Approaches</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valeria Loscri</w:t>
+                <w:t xml:space="preserve">Integrated Simulation of Both Vehicles Mobility and Relay-Empowered 5G Communications in a City</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Condette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondi Patrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lecomte Sylvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 27th International Symposium on Real-Time Distributed Computing (ISORC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISORC61049.2024.10551331⟩</w:t>
+              <w:t xml:space="preserve">13th IFIP/IEEE International Conference on Performance Evaluation and Modeling in Wired and Wireless Networks (PEMWN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Agadir, Morocco. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/PEMWN62766.2024.10737543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552689v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart Jamming: Deep Learning-Based UAVs Neutralization System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Driss Aouladhadj</w:t>
+                <w:t xml:space="preserve">Enhanced RF-based 3D UAV Outdoor Geolocation: from Trilateration to Machine Learning Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Belhor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Deniau</w:t>
+                <w:t xml:space="preserve">Anne Savard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gransart</w:t>
+                <w:t xml:space="preserve">Anthony Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Dufour</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valeria Loscri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Symposium on Electromagnetic Compatibility – EMC Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Brugge, Belgium. pp.380-384, </w:t>
+              <w:t xml:space="preserve">2024 IEEE 27th International Symposium on Real-Time Distributed Computing (ISORC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Tunis, France. pp.1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/EMCEurope59828.2024.10722367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISORC61049.2024.10551331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04763136v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIP-DDoS: SIP Framework for DDoS Intrusion Detection based on Recurrent Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Sbai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Allaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Machine Learning for Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4768,64 +4768,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging Blockchain for a Robust and Scalable Device Identification in LoRaWAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lounès Meddahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Meddahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fen Zhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4872,77 +4872,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Trust in Industry 4.0 Traceability Data using Confidentiality-Preserving Digital Ledger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mullet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 4th Conference on Blockchain Research &amp; Applications for Innovative Networks and Services (BRAINS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Paris, France. pp.33-36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5002,51 +5002,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrine Belmekki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5100,165 +5100,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03104329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle d'auto-organisation pour réseaux ad hoc véhiculaires: application à la perception élargie coopérative</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Véhicules coopératifs et communicants : application à la perception élargie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46ème Congrès ATEC ITS France, Les Rencontres de la Mobilité Intelligente (RDMI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France. pp.10</w:t>
+              <w:t xml:space="preserve">2e Rencontres Francophones Transport Mobilité (RFTM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre interuniversitaire de recherche sur les réseaux d'entreprise, la logistique et le transport (CIRRELT), Jun 2019, Montréal, Canada. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02148593v1</w:t>
+                <w:t xml:space="preserve">hal-02177971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supporting Multiple Cooperative Applications through Vehicle-to-Vehicle Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5299,191 +5299,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02922000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véhicules coopératifs et communicants : application à la perception élargie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Modèle d'auto-organisation pour réseaux ad hoc véhiculaires: application à la perception élargie coopérative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Rencontres Francophones Transport Mobilité (RFTM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre interuniversitaire de recherche sur les réseaux d'entreprise, la logistique et le transport (CIRRELT), Jun 2019, Montréal, Canada. pp.4</w:t>
+              <w:t xml:space="preserve">46ème Congrès ATEC ITS France, Les Rencontres de la Mobilité Intelligente (RDMI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02177971v1</w:t>
+                <w:t xml:space="preserve">hal-02148593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of a Clustering Scheme for Vehicular Ad Hoc Networks Using a DEVS-based Virtual Laboratory Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Chebbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5530,77 +5530,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new clustering structure for VANET</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5651,77 +5651,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une structuration dynamique d'un réseau de communication intervéhiculaire pour les ITS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5772,77 +5772,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Cooperative Vehicle Ego-localization Application Using V2V Communications with CBL Clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5902,64 +5902,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation of Vehicle-to-Vehicle Communications for a Collective Perception Application in Vehicular Ad hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5991,524 +5991,524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01904068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of AODV, DSR, GRP and OLSR for VANET with real-world trajectories</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">From Multipoint Relaying to Chain-Branch-Leaf: Improving the Clustering in OLSR for Vehicular Ad hoc Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITST 2017 - 15th International Conference on ITS Telecommunications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SCVT 2017 - 24th IEEE Symposium on Communications and Vehicular Technology (IEEE SCVT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Louvain, Belgium. pp.1-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01556408v3</w:t>
+                <w:t xml:space="preserve">hal-01721919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CBL: a Clustering Scheme for VANETs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Performance evaluation of AODV, DSR, GRP and OLSR for VANET with real-world trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VEHICULAR 2017 - The Sixth International Conference on Advances in Vehicular Systems, Technologies and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ITST 2017 - 15th International Conference on ITS Telecommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Warsaw, Poland. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITST.2017.7972224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01573625v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556408v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Formal Proofs of Network Protocols for Transport Systems using Discrete Event Simulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">CBL: a Clustering Scheme for VANETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Rivoirard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Ramat</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berbineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gruyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIMUL 2017 - the Ninth International Conference on Advances in System Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Athens, Greece. pp.14-15</w:t>
+              <w:t xml:space="preserve">VEHICULAR 2017 - The Sixth International Conference on Advances in Vehicular Systems, Technologies and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Nice, France. pp.19-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451317v1</w:t>
+                <w:t xml:space="preserve">hal-01573625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Multipoint Relaying to Chain-Branch-Leaf: Improving the Clustering in OLSR for Vehicular Ad hoc Networks</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Enhancing Formal Proofs of Network Protocols for Transport Systems using Discrete Event Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Chebbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Gruyer</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCVT 2017 - 24th IEEE Symposium on Communications and Vehicular Technology (IEEE SCVT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Louvain, Belgium. pp.1-5</w:t>
+              <w:t xml:space="preserve">SIMUL 2017 - the Ninth International Conference on Advances in System Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Athens, Greece. pp.14-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721919v1</w:t>
+                <w:t xml:space="preserve">hal-03451317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving real-time video streaming delivery over dense multi-hop wireless ad hoc networks.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6555,51 +6555,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual lab based on co-simulation to include impairments of wireless telecommunication such as GSM-R in the evaluation of ERTMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6607,51 +6607,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kassab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gransart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRA - Transport Research Arena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Paris, France</w:t>
@@ -6831,51 +6831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Common Platform for Simulation-Based Evaluation of Both Functional and Telecommunication Sub-Systems of the ERTMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kassab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6961,51 +6961,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation of Multimedia Applications over an OLSR-Based Mobile Ad Hoc Network Using OPNET</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7065,51 +7065,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobile Ad Hoc Network-based Monitoring of Battlefields or Rescue Operations in Urban Scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7169,51 +7169,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voice communication over mobile ad hoc networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7292,64 +7292,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cybersécurité et traçabilité dans l’usine 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mullet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Editions Ltd, 260p., 2025, Domaine de l'Encyclopédie SCIENCES Ingénierie et systèmes, Systèmes et génie industriel, 9781789482249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7380,51 +7380,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Evaluation of Ad Hoc Routing Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE. WILEY, 2024, SCIENCES, 9781789451122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7455,51 +7455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et évaluation de protocole de routage ad hoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wahl, Martine; Sondi, Patrick. ISTE Group, 2023, Domaine de l'Encyclopédie SCIENCES : Réseaux et communications, 9781789481129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
@@ -7712,51 +7712,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles et Simulations pour la Conception et l'Evaluation de Systèmes de Communication dédiés aux Transports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université du Littoral Côte d'Opale, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7806,77 +7806,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une structuration dynamique d'un réseau de communication intervéhiculaire pour les ITS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Wahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ATEC ITS France 2018: Les rencontres de la mobilité intelligente (RDMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7933,64 +7933,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Virtual Laboratory as an Assessment Tool for Wireless Technologies in Railway Systems in Networking Simulation for Intelligent Transportation Systems: High Mobile Wireless Nodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ramat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8054,51 +8054,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Honeypot Solution for Proactive Security in Vehicular Ad Hoc Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Information Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 276, Springer Berlin Heidelberg, pp.145-150, 2014, Lecture Notes in Electrical Engineering, </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8132,51 +8132,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating Test Scenarios Based on Real-World Traces for ERTMS Telecommunication Subsystem Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berbineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8274,51 +8274,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Selection of Multipoint Relays in Wireless Ad Hoc Networks with Realistic Physical Layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhavy Gantsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Internet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4866, Springer Berlin Heidelberg, pp.48-59, 2007, Lecture Notes in Computer Science, </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8396,51 +8396,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Routage à Qualité de Service dans les Réseaux Mobiles Ad Hoc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sondi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université de Valenciennes et du Hainaut-Cambresis, 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8636,51 +8636,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mullet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Belhor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05386229v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Sbai" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Meddahi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42400-025-00527-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124603v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Elleuch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3579872" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05310193v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Eledlebi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Khoury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Haddad" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeran Mun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3620017" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862145v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Harb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/iot6010004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05411259v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Hamze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Sayah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05245743v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Hostos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2025.3606576" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553121v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2025.3579872" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05317437v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Condette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01129-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247525v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Slimene" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chriki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3603250" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428070v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devred" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Wahl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13030572" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493759v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.102920" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681744v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaby Abou Haidar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Semaan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3451134" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182400v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-10431-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181120v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Zidi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3301182" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182384v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222027" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451338v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3056650" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104335v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-020-00734-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451350v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Abbassi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Chebbi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Graiet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97063-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069029v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2019.2900767" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451328v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2019.04.130" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618113v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2017.10.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503210v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.071251" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335135v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Cohin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.070532" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451279v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhavy Gantsou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2014.062227" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451428v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2012.06.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9592V5FK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447670v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hanafi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2009.021691" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557201v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950056v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80760-2_22" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05263522v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05342326v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fongue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Lonlac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05321286v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Batchoudi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland De Guio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05280988v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Hostos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaorisoa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05345746v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp-Thiebaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281827v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764052v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondi Patrick" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Sylvain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/PEMWN62766.2024.10737543" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552689v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC61049.2024.10551331" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763136v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Ataklity Tesfay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aouladhadj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dufour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope59828.2024.10722367" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04256565v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315103v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Meddahi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fen Zhou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC58260.2023.10323962" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182407v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS55737.2022.9908752" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104329v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Belmekki" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tatkeu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66030-7_10" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148593v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922000v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS48668.2019.9044956" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177971v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850458v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.04.049" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898679v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777885v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878122v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2018.8500688" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904068v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556408v3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2017.7972224" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573625v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451317v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721919v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385860v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD.2014.7020832" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985733v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kassab" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03524379v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi Obwang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03577439v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447720v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Aguado" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lemaire" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/JRC2012-74049" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447691v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UKSIM.2010.109" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447705v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMS.2010.74" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447697v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1711113.1711125" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05263858v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04181148v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257163v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cassiau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Bechkit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17119689" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03104349v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631638v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119407447.ch5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447740v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40861-8_22" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447726v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mariano" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37974-1_18" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-JJL6RQF0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104323v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76809-8_5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-2DR4SNZF-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00551243v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05386229v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Sbai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Meddahi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42400-025-00527-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557196v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mullet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ramat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Belhor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05317437v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Condette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01129-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247525v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Slimene" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chriki" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2025.3603250" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05411259v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Khoury" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Eledlebi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Hamze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Sayah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05245743v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Hostos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEM.2025.3606576" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862145v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Haddad" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balian" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Harb" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/iot6010004" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124603v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Elleuch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3579872" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05310193v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeran Mun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3620017" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553121v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2025.3579872" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428070v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devred" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Wahl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13030572" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493759v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.102920" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681744v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaby Abou Haidar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Semaan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3451134" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182400v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-10431-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181120v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Zidi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3301182" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182384v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222027" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104335v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-020-00734-1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451338v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3056650" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451350v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Abbassi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Chebbi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Graiet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97063-3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069029v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2019.2900767" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451328v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2019.04.130" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618113v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gruyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2017.10.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335135v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Cohin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.070532" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503210v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14569/IJACSA.2016.071251" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451279v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhavy Gantsou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2014.062227" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451428v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2012.06.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9592V5FK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447670v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hanafi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCNDS.2009.021691" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557201v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05345746v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05280988v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Hostos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaorisoa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05263522v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05342326v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fongue" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Lonlac" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05321286v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Batchoudi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland De Guio" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950056v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80760-2_22" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Goepp-Thiebaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763136v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angesom Ataklity Tesfay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Aouladhadj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deniau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gransart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dufour" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope59828.2024.10722367" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05281827v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764052v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondi Patrick" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecomte Sylvain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/PEMWN62766.2024.10737543" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552689v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Loscri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC61049.2024.10551331" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04256565v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315103v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Meddahi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fen Zhou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISNCC58260.2023.10323962" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182407v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BRAINS55737.2022.9908752" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104329v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Belmekki" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tatkeu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66030-7_10" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177971v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922000v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS48668.2019.9044956" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148593v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850458v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.04.049" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898679v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777885v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878122v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2018.8500688" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904068v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721919v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556408v3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2017.7972224" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573625v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451317v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385860v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WD.2014.7020832" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985733v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kassab" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03524379v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sondi Obwang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03577439v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447720v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Aguado" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lemaire" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/JRC2012-74049" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447691v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UKSIM.2010.109" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447705v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMS.2010.74" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447697v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1711113.1711125" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05263858v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04181148v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05257163v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cassiau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Adjih" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Andrieux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Bechkit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17119689" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03104349v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631638v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119407447.ch5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447740v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40861-8_22" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447726v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mariano" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37974-1_18" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-JJL6RQF0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104323v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76809-8_5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-2DR4SNZF-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00551243v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>