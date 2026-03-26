--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre-Yves de Müllenheim </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heart rate increase results in case of positional venous entrapment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lecoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cronier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre‐yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 46 (1), pp.e70041. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cpf.70041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in exercise capacity, physical activity and motivation for physical activity at 12 months after a cardiac rehabilitation program in coronary heart disease patients: a prospective, monocentric and observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Armelle Bouffart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Gourronc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.e18885. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.18885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 60:40 conundrum: are women with CKD discriminated after referral to a nephrology clinic?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adele Vautcranne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavinia Bianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Mazé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antioco Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chatrenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Kidney Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (3), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ckj/sfaf046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality matters: chronic kidney disease progression is associated to reduced muscle strength independently of changes in skeletal muscle mass: an observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chatrenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Torreggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Nava Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocío Urbina Arronte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Kidney Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ckj/sfaf036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">activAnalyzer: An R Shiny app to analyse ActiGraph accelerometer data and to implement the use of the PROactive Physical Activity in COPD instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chambellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Source Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21105/joss.04741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agreement Between StepWatch3 and ActiGraph wGT3X+ for Measuring Step-Based Metrics in People With Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jéhannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (2), pp.225-236. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/japa.2020-0499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Activity Monitors Accuracy in Assessing Intermittent Outdoor Walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (6), pp.1303-1314. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1249/MSS.0000000000002587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should I stay or should I go now?Recovery time effect on walking capacity in symptomatic peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physiology Respiratory Environmental and Exercise Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 131 (1), pp.207-219. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/japplphysiol.00441.2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reporting, Analyzing, and Interpreting Activity Monitor Data in Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Vascular Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 67, pp.e571-e572. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.avsg.2020.01.108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Wearable Monitors to Assess Daily Walking Limitations Induced by Ischemic Pain in PAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (11), pp.1813-1826. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.13511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating Outdoor Walking Energy Expenditure in Non-Steady-State Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51 (7), pp.1566-1566. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1249/MSS.0000000000001917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a Wearable Activity Monitor in a Home-Based Exercise Intervention for Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Medical Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 320 (12), pp.1285. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1001/jama.2018.10771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge about ankle-brachial index procedure among residents: being experienced is beneficial but is not enough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VASA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45 (1), pp.37-41. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1024/0301-1526/a000493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training to Perform Ankle-Brachial Index: Systematic Review and Perspectives to Improve Teaching and Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Vascular and Endovascular Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (2), pp.240-247. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejvs.2015.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting metabolic rate during level and uphill outdoor walking using a low-cost GPS receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lavenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (2), pp.577-588. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/japplphysiol.00224.2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical Interest of Ambulatory Assessment of Physical Activity and Walking Capacity in Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (7), pp.716-730. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.12512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01237089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of a low-cost global positioning system receiver for estimating grade during outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physiological Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (10), pp.1741-1756. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0967-3334/37/10/1741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankle brachial index teaching: A call for an international action.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cardiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 184, pp.489-491. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijcard.2015.03.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Letter by le faucheur et Al regarding articles, &amp;quot;six-minute walk is a better outcome measure than treadmill walking tests in therapeutic trials of patients with peripheral artery disease&amp;quot; and &amp;quot;the treadmill is a better functional test than the 6-minute walk test in therapeutic trials of patients with peripheral artery disease&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 131 (15), pp.e406. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.114.012389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01146249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of recovery mode (active vs. passive) on performance during a short high-intensity interval training program: a longitudinal study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">a B Abderrahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassane Zouhal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Chamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 113 (6), pp.1373-1383. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00421-012-2556-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction de la capacité maximale aérobie (V̊O2max) par le test de marche de six minutes chez un public atteint de maladies cardio-vasculaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès national de médecine et traumatologie du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFMES SFTS, Sep 2025, ANGERS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profilage Force-Vitesse, maturation et relation avec la blessure chez des jeunes joueuses de Football de haut niveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Memain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès international de l'ACAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05464989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet d'un protocole de renforcement des muscles du cou sur les paramètres de force et son lien avec les commotions cérébrales chez le rugbyman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bregeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Plu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Belune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activité Physique et Sportive (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude exploratoire chez des élèves de CM2 : différences de littératie physique selon le sexe et liens entre les profils de littératie physique et les indicateurs de comportements physiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Moncanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association des Chercheurs en Activités Physiques et Sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2025, Poitiers - France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profilage Force-Vitesse, maturation et relation avec la blessure chez des jeunes joueuses de Football de haut niveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Memain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activité Physique et Sportive (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fréquence cardiaque dans le syndrome du défilé thoraco-brachial augmente en cas de piégeage veineux positionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lecoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cronier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès national de médecine et traumatologie du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFMES; SFTS, Sep 2025, Angers (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de la littératie physique et des indicateurs de comportements physiques chez des élèves de CM2 en France, une analyse exploratoire, selon le sexe, par comparaisons multivariées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Moncanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFPS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Psychologie du Sport, May 2025, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principal component analysis use to identify major gait alterations in bilateral lower limb artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cronier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'ACAPS - Congrès de l'Association des Chercheurs en Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers (Université de Poitiers), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05352917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d'un programme d'activités physiques adaptées centré sur l'équilibre statique et dynamique chez les personnes âgées : une étude contrôlée et randomisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées d’Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d'un programme d'ETP axé sur la méthode du Pacing sur le niveau de qualité de vie et la fatigue du patient atteint du syndrome post Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cannelle Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Ghali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées d’Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of sedentary time accumulation according to age in the United States: A 2003-2006 NHANES analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAMPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alexis Le Faucheur, ENS Rennes, Jun 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04633286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d’une intervention en activité physique adaptée sur les paramètres cardiorespiratoires de patients atteints de lymphome en fonction de leur parcours de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Bodinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Fatigues liées au cancer et activités physiques adaptées : approches pluridisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des encouragements sur l'engagement des élèves en course de demi-fond : une étude de cas articulant des données de vitesse et d'expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Montois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Terré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Méthodes Mixtes de Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’épaule du handballeur : un outil simple pour une nouvelle approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès de la Société Française de Médecine de l’Exercice et du Sport (SFMES) et de la Société Française de Traumatologie du Sport (SFTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Montrouge, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Afghan walking sessions integration of interest for COPD patients rehabilitation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Triballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison du StepWatch3 à l’ActiGraph wGT3X+ pour la mesure d’indicateurs liés aux pas chez des patients atteints d’une artériopathie oblitérante des membres inférieurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1e colloque Les rencontres scientifiques de l’IFEPSA ("Sport, Corps, et Evaluation")</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Les Ponts-de-Cé, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du ratio temps d’effort : temps de récupération sur la capacité de marche de patients atteints d’une artériopathie oblitérante des membres inférieurs symptomatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXe journées d’études francophones en activités physiques adaptées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between an activity diary and an hip-worn accelerometer to estimate physical activity pattern in peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la capacité de marche en extérieur à l’aide du géo-positionnement par satellites (GPS) chez des patients atteints de la sclérose en plaques (SEP) : nouvelle approche méthodologique et exploration de l’intérêt clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorine Chaves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité clinique d’une nouvelle méthode d’évaluation ambulatoire du temps de marche sans douleur et du temps maximal de marche par couplage de moniteurs d’activité chez des patients artériopathes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès de la Société française de la médecine vasculaire (SFMV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre le temps passé debout au cours de la journée et les capacités fonctionnelles chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Journées francophones en activités physiques adaptées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montpellier, France. pp.S33-S34, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la modalité d’intervention en activité physique adaptée sur la composition corporelle de patients atteints du cancer de la prostate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Nouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Journées francophones en activités physiques adaptées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montpellier, France. pp.S18, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating energy expenditure during outdoor level walking using Global Positioning System or accelerometry in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bethesda, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective quantification of walking pain occurences in free-living conditions in peripheral artery disease patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII World Congress of the International Union of Angiology (IUA) / 15th Annual Congress of the French Society for Vascular Medicine (SFVM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of GPS, accelerometry, and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Franconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01439402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Franconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of GPS, accelerometry and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01439345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing free-living walking impairment in peripheral artery disease patients by objectively quantifying walking pain occurence: definition of a methodology using physical activity monitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of recovery duration on walking capacity after a symptom-limited walk in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Franconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII World Congress of the International Union of Angiology (IUA) / 15th Annual Congress of the French Society for Vascular Medicine (SFVM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of a low-cost commercially available GPS data logger/receiver to estimate the slope during outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts cliniques de la mesure ambulatoire de l’activité physique et de la capacité de marche dans l’artériopathie oblitérante des membres inférieurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès de la Société Française de Médecine Vasculaire (SFMV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nancy, France. pp.306-307, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmv.2015.07.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts cliniques de la mesure ambulatoire de l’activité physique et de la capacité de marche dans l’artériopathie oblitérante des membres inférieurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e Congrès de la Société Française de Médecine Vasculaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Nancy, France. pp.306--307, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmv.2015.07.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage du géo-positionnement satellitaire, de l’accélérométrie et de la mesure de la fréquence cardiaque dans la détection de différents types d’activités physiques et sédentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Abdul Rahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement de l’index de pression systolique : un appel à l’action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e Congrès de la Société Française de Médecine Vasculaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Nancy, France. pp.306, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmv.2015.07.087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity of global positioning system and comparison with accelerometry in the estimation of energy expenditure during horizontal and grade walking and running on the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Sport Medicine Congress of EFSMA, 6ème congrès commun SFMES &amp; SFTS, Strasbourg, 25-28 septembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité du Géo-Positionnement Satellitaire et comparaison avec l’accélérométrie dans l’estimation de la dépense énergétique lors de la marche et la course en extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité du Géo-Positionnement Satellitaire et comparaison avec l'accélérométrie dans l'estimation de la dépense énergétique lors de la marche et la course en extérieur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès international de l'ACAPS, Grenoble, 29-21 octobre 2013.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piège vasculaire chez le sportif : analyse préliminaire de la reproductibilité de l'évaluation photoplethysmographique par SPM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chatrenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international de l’ACAPS : les Développements Durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France. Unpublished, 2025, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.13078.20807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt de la marche Afghane dans la prise en charge des patients atteints de pathologies respiratoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fonteneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Mrabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activité Physique et Sportive (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l’entraînement cognitivo-moteur simultané sur les capacités motrices de personnes âgées : un essai parallèle contrôlé du projet COGAPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Humeau-Heurtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Poitiers, France. Unpublished, 2025, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.30861.40167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des relations liant le comportement actif et la qualité de vie chez des séniors vivant à leur domicile versus en établissement de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Courbalay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Tapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la fidélité test-retest du Knee Santy Athletic Return To Sports (K-STARTS) chez des adultes asymptomatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Sonnic Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès de la Société Française de Médecine de l’Exercice et du Sport (SFMES) et de la Société Française de Traumatologie du Sport (SFTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principal component analysis for identifying major gait alterations in unilateral lower limb artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Congrès de Physiologie et Biologie Intégrative (SPBI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration d'un programme d'exercices physiques en visioconférence dans la prise en charge de patients atteints d'obésité en post-chirurgie : Étude de faisabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linsey Tonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Paygambar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées d’Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité et reproductibilité d’une évaluation isométrique de la force des extenseurs du tronc à l’aide d’un dynamomètre à traction (K-Force Link)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Pinochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Houedakor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Piette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maintien de la condition physique et de l’activité physique à un an chez des patients coronariens ayant suivi un programme de réadaptation cardiaque - APA&amp;CO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Armelle Bouffart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes journées francophones de recherche en soins (JFRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">activAnalyzer : une application pour faciliter l’accès à la mesure de l’activité physique et l’utilisation des questionnaires PROactive à partir de l’accéléromètre ActiGraph® dans la BPCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chambellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes journées francophones ALVÉOLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated event-based algorithm for quantifying daily life ischemic events in peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting percentage of heart rate reserve and rating of perceived exertion during bench stepping in young adults: preliminary data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la maturation biologique sur l’équilibre dynamique de jeunes joueurs de Football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chataigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Mironnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès national commun SFMES/SFTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Y-Balance Test : Outil d’évaluation et d’amélioration de l’équilibre dynamique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès national commun SFMES/SFTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’électrostimulation via VEINOPLUS® Sport à la mi-temps d’un match de Basketball : un bénéfice pour la performance ou un risque accru de blessures ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thimothée Pousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi d'un programme d'éducation thérapeutique visant l'amélioration du profil anthropométrique et de la condition physique chez des adultes obèses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Recoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of StepWatchTM and ActiGraphTM wGT3X+ step counts under treadmill walking, outdoor level walking, and daily living conditions in patients with symptomatic peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the EGNOS feature and environmental conditions on GPS accuracy during outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bethesda, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of environmental conditions on GPS accuracy during human walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing physical literacy scores by sex and movement behaviours across physical literacy profiles in French elementary school students (10 to 11 years old): an exploratory study from the 'EPLPA' project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Moncanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in exercise capacity, physical activity and motivation for physical activity at 12 months after a cardiac rehabilitation program in coronary heart disease patients: a prospective, monocentric and observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Armelle Bouffart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Gourronc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510104v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et compréhension des limitations fonctionnelles dans l'artériopathie oblitérante des membres inférieurs : validation du géo-positionnement par satellites pour l’étude de la dépense énergétique lors de la marche en extérieur & étude de l’effet de la durée de récupération sur la capacité de marche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Médecine humaine et pathologie. Université Rennes 2, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016REN20053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01503233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId222"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre-Yves de Müllenheim </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heart rate increase results in case of positional venous entrapment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lecoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cronier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre‐yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 46 (1), pp.e70041. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cpf.70041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 60:40 conundrum: are women with CKD discriminated after referral to a nephrology clinic?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adele Vautcranne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavinia Bianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Mazé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antioco Fois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chatrenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Kidney Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (3), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ckj/sfaf046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality matters: chronic kidney disease progression is associated to reduced muscle strength independently of changes in skeletal muscle mass: an observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chatrenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Torreggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Nava Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rocío Urbina Arronte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Kidney Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ckj/sfaf036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in exercise capacity, physical activity and motivation for physical activity at 12 months after a cardiac rehabilitation program in coronary heart disease patients: a prospective, monocentric and observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Armelle Bouffart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Gourronc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.e18885. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.18885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">activAnalyzer: An R Shiny app to analyse ActiGraph accelerometer data and to implement the use of the PROactive Physical Activity in COPD instruments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chambellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Open Source Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21105/joss.04741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agreement Between StepWatch3 and ActiGraph wGT3X+ for Measuring Step-Based Metrics in People With Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jéhannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (2), pp.225-236. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/japa.2020-0499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03512836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Activity Monitors Accuracy in Assessing Intermittent Outdoor Walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (6), pp.1303-1314. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1249/MSS.0000000000002587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should I stay or should I go now?Recovery time effect on walking capacity in symptomatic peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physiology Respiratory Environmental and Exercise Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 131 (1), pp.207-219. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/japplphysiol.00441.2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reporting, Analyzing, and Interpreting Activity Monitor Data in Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Vascular Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 67, pp.e571-e572. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.avsg.2020.01.108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating Outdoor Walking Energy Expenditure in Non-Steady-State Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 51 (7), pp.1566-1566. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1249/MSS.0000000000001917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Wearable Monitors to Assess Daily Walking Limitations Induced by Ischemic Pain in PAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (11), pp.1813-1826. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.13511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a Wearable Activity Monitor in a Home-Based Exercise Intervention for Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Medical Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 320 (12), pp.1285. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1001/jama.2018.10771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge about ankle-brachial index procedure among residents: being experienced is beneficial but is not enough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VASA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45 (1), pp.37-41. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1024/0301-1526/a000493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training to Perform Ankle-Brachial Index: Systematic Review and Perspectives to Improve Teaching and Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Vascular and Endovascular Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (2), pp.240-247. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejvs.2015.09.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting metabolic rate during level and uphill outdoor walking using a low-cost GPS receiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Lavenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (2), pp.577-588. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/japplphysiol.00224.2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of a low-cost global positioning system receiver for estimating grade during outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physiological Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 37 (10), pp.1741-1756. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0967-3334/37/10/1741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical Interest of Ambulatory Assessment of Physical Activity and Walking Capacity in Peripheral Artery Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (7), pp.716-730. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.12512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01237089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankle brachial index teaching: A call for an international action.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cardiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 184, pp.489-491. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijcard.2015.03.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Letter by le faucheur et Al regarding articles, &amp;quot;six-minute walk is a better outcome measure than treadmill walking tests in therapeutic trials of patients with peripheral artery disease&amp;quot; and &amp;quot;the treadmill is a better functional test than the 6-minute walk test in therapeutic trials of patients with peripheral artery disease&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 131 (15), pp.e406. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.114.012389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01146249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of recovery mode (active vs. passive) on performance during a short high-intensity interval training program: a longitudinal study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">a B Abderrahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassane Zouhal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Chamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 113 (6), pp.1373-1383. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00421-012-2556-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude exploratoire chez des élèves de CM2 : différences de littératie physique selon le sexe et liens entre les profils de littératie physique et les indicateurs de comportements physiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Moncanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association des Chercheurs en Activités Physiques et Sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2025, Poitiers - France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profilage Force-Vitesse, maturation et relation avec la blessure chez des jeunes joueuses de Football de haut niveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Chat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Memain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Maille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activité Physique et Sportive (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fréquence cardiaque dans le syndrome du défilé thoraco-brachial augmente en cas de piégeage veineux positionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lecoq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cronier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès national de médecine et traumatologie du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFMES; SFTS, Sep 2025, Angers (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05405172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de la littératie physique et des indicateurs de comportements physiques chez des élèves de CM2 en France, une analyse exploratoire, selon le sexe, par comparaisons multivariées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Moncanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFPS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Psychologie du Sport, May 2025, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principal component analysis use to identify major gait alterations in bilateral lower limb artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cronier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'ACAPS - Congrès de l'Association des Chercheurs en Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers (Université de Poitiers), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05352917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction de la capacité maximale aérobie (V̊O2max) par le test de marche de six minutes chez un public atteint de maladies cardio-vasculaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès national de médecine et traumatologie du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFMES SFTS, Sep 2025, ANGERS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet d'un protocole de renforcement des muscles du cou sur les paramètres de force et son lien avec les commotions cérébrales chez le rugbyman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bregeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Plu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie Belune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activité Physique et Sportive (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of sedentary time accumulation according to age in the United States: A 2003-2006 NHANES analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAMPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alexis Le Faucheur, ENS Rennes, Jun 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04633286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d'un programme d'ETP axé sur la méthode du Pacing sur le niveau de qualité de vie et la fatigue du patient atteint du syndrome post Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cannelle Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Ghali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées d’Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d'un programme d'activités physiques adaptées centré sur l'équilibre statique et dynamique chez les personnes âgées : une étude contrôlée et randomisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées d’Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets d’une intervention en activité physique adaptée sur les paramètres cardiorespiratoires de patients atteints de lymphome en fonction de leur parcours de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Bodinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Fatigues liées au cancer et activités physiques adaptées : approches pluridisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des encouragements sur l'engagement des élèves en course de demi-fond : une étude de cas articulant des données de vitesse et d'expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Montois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Terré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Méthodes Mixtes de Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’épaule du handballeur : un outil simple pour une nouvelle approche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès de la Société Française de Médecine de l’Exercice et du Sport (SFMES) et de la Société Française de Traumatologie du Sport (SFTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Montrouge, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is Afghan walking sessions integration of interest for COPD patients rehabilitation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Triballier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison du StepWatch3 à l’ActiGraph wGT3X+ pour la mesure d’indicateurs liés aux pas chez des patients atteints d’une artériopathie oblitérante des membres inférieurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1e colloque Les rencontres scientifiques de l’IFEPSA ("Sport, Corps, et Evaluation")</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Les Ponts-de-Cé, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du ratio temps d’effort : temps de récupération sur la capacité de marche de patients atteints d’une artériopathie oblitérante des membres inférieurs symptomatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rouvière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kaladji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXe journées d’études francophones en activités physiques adaptées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de la capacité de marche en extérieur à l’aide du géo-positionnement par satellites (GPS) chez des patients atteints de la sclérose en plaques (SEP) : nouvelle approche méthodologique et exploration de l’intérêt clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Delahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorine Chaves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between an activity diary and an hip-worn accelerometer to estimate physical activity pattern in peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation entre le temps passé debout au cours de la journée et les capacités fonctionnelles chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Journées francophones en activités physiques adaptées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montpellier, France. pp.S33-S34, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la modalité d’intervention en activité physique adaptée sur la composition corporelle de patients atteints du cancer de la prostate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Nouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXe Journées francophones en activités physiques adaptées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montpellier, France. pp.S18, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scispo.2018.03.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité clinique d’une nouvelle méthode d’évaluation ambulatoire du temps de marche sans douleur et du temps maximal de marche par couplage de moniteurs d’activité chez des patients artériopathes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès de la Société française de la médecine vasculaire (SFMV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating energy expenditure during outdoor level walking using Global Positioning System or accelerometry in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bethesda, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Franconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01439402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Franconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of GPS, accelerometry and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01439345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing free-living walking impairment in peripheral artery disease patients by objectively quantifying walking pain occurence: definition of a methodology using physical activity monitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of recovery duration on walking capacity after a symptom-limited walk in patients with peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Franconnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII World Congress of the International Union of Angiology (IUA) / 15th Annual Congress of the French Society for Vascular Medicine (SFVM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of GPS, accelerometry, and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Emily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objective quantification of walking pain occurences in free-living conditions in peripheral artery disease patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII World Congress of the International Union of Angiology (IUA) / 15th Annual Congress of the French Society for Vascular Medicine (SFVM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts cliniques de la mesure ambulatoire de l’activité physique et de la capacité de marche dans l’artériopathie oblitérante des membres inférieurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e Congrès de la Société Française de Médecine Vasculaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Nancy, France. pp.306--307, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmv.2015.07.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêts cliniques de la mesure ambulatoire de l’activité physique et de la capacité de marche dans l’artériopathie oblitérante des membres inférieurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaques Prioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème congrès de la Société Française de Médecine Vasculaire (SFMV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nancy, France. pp.306-307, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmv.2015.07.088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage du géo-positionnement satellitaire, de l’accélérométrie et de la mesure de la fréquence cardiaque dans la détection de différents types d’activités physiques et sédentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Abdul Rahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement de l’index de pression systolique : un appel à l’action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaquinandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14e Congrès de la Société Française de Médecine Vasculaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Nancy, France. pp.306, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmv.2015.07.087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of a low-cost commercially available GPS data logger/receiver to estimate the slope during outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Bickert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité du Géo-Positionnement Satellitaire et comparaison avec l’accélérométrie dans l’estimation de la dépense énergétique lors de la marche et la course en extérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité du Géo-Positionnement Satellitaire et comparaison avec l'accélérométrie dans l'estimation de la dépense énergétique lors de la marche et la course en extérieur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème congrès international de l'ACAPS, Grenoble, 29-21 octobre 2013.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity of global positioning system and comparison with accelerometry in the estimation of energy expenditure during horizontal and grade walking and running on the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gernigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bruneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Sport Medicine Congress of EFSMA, 6ème congrès commun SFMES &amp; SFTS, Strasbourg, 25-28 septembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de l’entraînement cognitivo-moteur simultané sur les capacités motrices de personnes âgées : un essai parallèle contrôlé du projet COGAPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Rozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Humeau-Heurtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Poitiers, France. Unpublished, 2025, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.30861.40167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des relations liant le comportement actif et la qualité de vie chez des séniors vivant à leur domicile versus en établissement de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Courbalay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Tapie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l’Association des Chercheurs en Activités Physiques et Sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la fidélité test-retest du Knee Santy Athletic Return To Sports (K-STARTS) chez des adultes asymptomatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Sonnic Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès de la Société Française de Médecine de l’Exercice et du Sport (SFMES) et de la Société Française de Traumatologie du Sport (SFTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piège vasculaire chez le sportif : analyse préliminaire de la reproductibilité de l'évaluation photoplethysmographique par SPM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chatrenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international de l’ACAPS : les Développements Durables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France. Unpublished, 2025, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.13078.20807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt de la marche Afghane dans la prise en charge dans la réhabilitation respiratoire des patients BPCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fonteneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Mrabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème congrès de l'Association des Chercheurs en Activité Physique et Sportive (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principal component analysis for identifying major gait alterations in unilateral lower limb artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Abraham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Congrès de Physiologie et Biologie Intégrative (SPBI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration d'un programme d'exercices physiques en visioconférence dans la prise en charge de patients atteints d'obésité en post-chirurgie : Étude de faisabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linsey Tonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Paygambar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22èmes Journées d’Etudes Francophones en Activité Physique Adaptée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validité et reproductibilité d’une évaluation isométrique de la force des extenseurs du tronc à l’aide d’un dynamomètre à traction (K-Force Link)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Pinochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Houedakor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Piette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maintien de la condition physique et de l’activité physique à un an chez des patients coronariens ayant suivi un programme de réadaptation cardiaque - APA&amp;CO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Armelle Bouffart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes journées francophones de recherche en soins (JFRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">activAnalyzer : une application pour faciliter l’accès à la mesure de l’activité physique et l’utilisation des questionnaires PROactive à partir de l’accéléromètre ActiGraph® dans la BPCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Chambellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes journées francophones ALVÉOLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated event-based algorithm for quantifying daily life ischemic events in peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Taoum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jehannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting percentage of heart rate reserve and rating of perceived exertion during bench stepping in young adults: preliminary data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la maturation biologique sur l’équilibre dynamique de jeunes joueurs de Football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chataigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Mironnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès national commun SFMES/SFTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Y-Balance Test : Outil d’évaluation et d’amélioration de l’équilibre dynamique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabin Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès national commun SFMES/SFTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Vichy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi d'un programme d'éducation thérapeutique visant l'amélioration du profil anthropométrique et de la condition physique chez des adultes obèses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Recoing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of StepWatchTM and ActiGraphTM wGT3X+ step counts under treadmill walking, outdoor level walking, and daily living conditions in patients with symptomatic peripheral artery disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’électrostimulation via VEINOPLUS® Sport à la mi-temps d’un match de Basketball : un bénéfice pour la performance ou un risque accru de blessures ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thimothée Pousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Congnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th congress of the Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of the EGNOS feature and environmental conditions on GPS accuracy during outdoor walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bethesda, MA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the impact of environmental conditions on GPS accuracy during human walking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Le Faucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Chaudru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Noury-Desvaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Ambulatory Monitoring of Physical Activity and Movement (ICAMPAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécialité EPPCS en Terminale | Enseigner les APA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Matelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation physique, pratiques et culture sportives [EPPCS] : l'enseignement de spécialité (classe de Terminale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing physical literacy scores by sex and movement behaviours across physical literacy profiles in French elementary school students (10 to 11 years old): an exploratory study from the 'EPLPA' project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Moncanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05458082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in exercise capacity, physical activity and motivation for physical activity at 12 months after a cardiac rehabilitation program in coronary heart disease patients: a prospective, monocentric and observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Da Ros Vettoretto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Armelle Bouffart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youna Gourronc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04510104v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et compréhension des limitations fonctionnelles dans l'artériopathie oblitérante des membres inférieurs : validation du géo-positionnement par satellites pour l’étude de la dépense énergétique lors de la marche en extérieur & étude de l’effet de la durée de récupération sur la capacité de marche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Médecine humaine et pathologie. Université Rennes 2, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016REN20053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01503233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId223"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05440873v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lecoq" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Congnard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cronier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cpf.70041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960980v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Da Ros Vettoretto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Armelle Bouffart" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna Gourronc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Baron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaume" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.18885" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05003405v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Vautcranne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Bianco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Maz&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antioco Fois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chatrenet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf046" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-04934842v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Torreggiani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Nava Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Urbina Arronte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf036" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884078v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chambellan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.04741" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03512836v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J&#233;hannin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Faucheur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Chaudru" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Taoum" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mah&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/japa.2020-0499" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190738v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Emily" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000002587" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246582v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kaladji" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00441.2020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03670219v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Noury-Desvaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.avsg.2020.01.108" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02179151v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jehannin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Klein" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jaquinandi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13511" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177464v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001917" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abraham" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2018.10771" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440352v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/0301-1526/a000493" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01220638v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaudru" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaladji" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jaquinandi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejvs.2015.09.005" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643673v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dumond" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gernigon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lavenu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00224.2016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01237089v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mah&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12512" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3Z5SNQ5X-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440354v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bickert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0967-3334/37/10/1741" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01134196v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chaudru" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Jaquinandi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2015.03.017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64RGTJKH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146249v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.114.012389" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159386v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a B Abderrahmane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Zouhal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Chamari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thevenet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-012-2556-9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LHXZX3DG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05493704v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Prat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05464989v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Chat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouvet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Memain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05494084v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bregeon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Belune" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458051v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Moncanis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauw" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494391v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maille" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05405172v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457749v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352917v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805625v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Allaire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805643v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cannelle Baranger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Ghali" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633286v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805515v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Bodinier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805456v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Montois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terr&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805347v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Leroux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805419v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Triballier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805289v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805321v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805039v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805007v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Delahaye" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Chaves" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805220v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804961v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martineau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.051" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804980v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nouchet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.020" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804924v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804881v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804911v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439402v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Franconnet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moreau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804904v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moreau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439345v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804870v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804891v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804827v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804841v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaques Prioux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmv.2015.07.088" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01198652v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804855v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dumond" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Abdul Rahman" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01198650v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmv.2015.07.087" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04396125v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Caron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bruneau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803970v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159396v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05337538v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13078.20807" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494423v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fonteneau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Mrabet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05493682v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rozec" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Huet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Humeau-Heurtier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30861.40167" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465112v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tapie" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337775v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Sonnic Monnier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805689v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805584v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linsey Tonnet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Paygambar" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805553v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pinochet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petit" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Houedakor" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Piette" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805493v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaum&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805436v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Masson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805405v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805362v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Paquet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805252v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chataigner" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mironnet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805301v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Le" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Michel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805236v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Pousset" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805273v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Simon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sall&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Recoing" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805019v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804939v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804863v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458082v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510104v6" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01503233v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016REN20053" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05440873v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lecoq" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Congnard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cronier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cpf.70041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05003405v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Vautcranne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Bianco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Maz&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antioco Fois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chatrenet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf046" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-04934842v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Torreggiani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Nava Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Urbina Arronte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfaf036" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960980v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Da Ros Vettoretto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Armelle Bouffart" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna Gourronc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Baron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaume" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.18885" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884078v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chambellan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.04741" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03512836v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J&#233;hannin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Faucheur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Chaudru" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Taoum" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mah&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/japa.2020-0499" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190738v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Emily" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000002587" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246582v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kaladji" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00441.2020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03670219v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Noury-Desvaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.avsg.2020.01.108" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177464v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001917" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02179151v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jehannin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Klein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jaquinandi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13511" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440356v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abraham" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2018.10771" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440352v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/0301-1526/a000493" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01220638v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaudru" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaladji" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jaquinandi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejvs.2015.09.005" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643673v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dumond" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gernigon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lavenu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00224.2016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440354v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bickert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0967-3334/37/10/1741" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01237089v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mah&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.12512" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3Z5SNQ5X-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01134196v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chaudru" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Jaquinandi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2015.03.017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64RGTJKH-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146249v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.114.012389" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159386v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a B Abderrahmane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Zouhal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Chamari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thevenet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-012-2556-9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LHXZX3DG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458051v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Moncanis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauw" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494391v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Chat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouvet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Memain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05405172v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457749v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352917v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05493704v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Prat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05494084v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bregeon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Belune" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633286v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805643v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cannelle Baranger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Ghali" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805625v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Allaire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805515v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Bodinier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805456v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Montois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terr&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805347v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Leroux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805419v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Triballier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805289v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805321v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805007v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Delahaye" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Chaves" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805039v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804961v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martineau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.051" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804980v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nouchet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.03.020" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805220v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804924v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439402v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Franconnet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moreau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804904v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moreau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439345v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804870v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804891v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804911v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804881v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01198652v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmv.2015.07.088" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804841v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaques Prioux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804855v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dumond" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Abdul Rahman" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01198650v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmv.2015.07.087" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804827v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803970v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Caron" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bruneau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159396v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04396125v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05493682v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Rozec" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Huet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Humeau-Heurtier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30861.40167" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465112v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tapie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337775v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Sonnic Monnier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05337538v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.13078.20807" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494423v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fonteneau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Mrabet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805689v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805584v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linsey Tonnet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Paygambar" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805553v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pinochet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petit" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Houedakor" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Piette" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805493v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaum&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805436v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Masson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805405v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805362v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Paquet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805252v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chataigner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mironnet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805301v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Le" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Michel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805273v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Simon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sall&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Recoing" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805019v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805236v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Pousset" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804939v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804863v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563841v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Matelot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458082v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510104v6" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01503233v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016REN20053" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>