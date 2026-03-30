--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -169,364 +169,364 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IL-4 induces CD22 expression to restrain the effector program of virtual memory T cells</w:t>
+                <w:t xml:space="preserve">Endothelial-driven TGFβ signaling supports lung interstitial macrophage development from monocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bin Yang</w:t>
+                <w:t xml:space="preserve">Wen Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Piedfort</w:t>
+                <w:t xml:space="preserve">Domien Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillem Sanchez-Sanchez</w:t>
+                <w:t xml:space="preserve">David Bejarano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Lavergne</w:t>
+                <w:t xml:space="preserve">Joan Abinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meijiao Gong</w:t>
+                <w:t xml:space="preserve">Margot Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 10 (104), pp.adk4841. </w:t>
+              <w:t xml:space="preserve">, 2025, 10 (106), pp.eadr4977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.adk4841⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.adr4977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04936179v1</w:t>
+                <w:t xml:space="preserve">hal-05040380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endothelial-driven TGFβ signaling supports lung interstitial macrophage development from monocytes</w:t>
+                <w:t xml:space="preserve">IL-4 induces CD22 expression to restrain the effector program of virtual memory T cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wen Peng</w:t>
+                <w:t xml:space="preserve">Bin Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domien Vanneste</w:t>
+                <w:t xml:space="preserve">Ophélie Piedfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bejarano</w:t>
+                <w:t xml:space="preserve">Guillem Sanchez-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Abinet</w:t>
+                <w:t xml:space="preserve">Arnaud Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Meunier</w:t>
+                <w:t xml:space="preserve">Meijiao Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 10 (106), </w:t>
+              <w:t xml:space="preserve">, 2025, 10 (104), pp.adk4841. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.adr4977⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.adk4841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040380v1</w:t>
+                <w:t xml:space="preserve">hal-04936179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MafB-restricted local monocyte proliferation precedes lung interstitial macrophage differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domien Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiang Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shakir Hasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Pirottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -839,307 +839,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential involvement of glutathione S-transferase mu 1 and multidrug resistance protein 1 in melanoma acquired resistance to vinca alkaloids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temporal Analysis of Genome Alterations Induced by Single-Cell Passaging in Human Embryonic Stem Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiang Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaker Attaoua</w:t>
+                <w:t xml:space="preserve">Jean-Marie Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure-Anaïs Vincent</w:t>
+                <w:t xml:space="preserve">Fabienne Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aida Abdel Jaoued</w:t>
+                <w:t xml:space="preserve">Véronique Pantesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamel Hadj-Kaddour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qiang Bai</w:t>
+                <w:t xml:space="preserve">Thierry Lavabre-Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 29 (1), pp.62-71. </w:t>
+              <w:t xml:space="preserve">Stem Cells and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (5), pp.653 - 662. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/fcp.12093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1089/scd.2014.0292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02272971v1</w:t>
+                <w:t xml:space="preserve">hal-01840168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Analysis of Genome Alterations Induced by Single-Cell Passaging in Human Embryonic Stem Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential involvement of glutathione S-transferase mu 1 and multidrug resistance protein 1 in melanoma acquired resistance to vinca alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaker Attaoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Anaïs Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Abdel Jaoued</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Hadj-Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiang Bai</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lavabre-Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cells and Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29 (1), pp.62-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fcp.12093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/scd.2014.0292⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01840168v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02272971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining DGE and RNA-sequencing data to identify new polyA+ non-coding transcripts in the human genome</w:t>
               </w:r>
@@ -1389,90 +1389,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Side scatter intensity is highly heterogeneous in undifferentiated pluripotent stem cells and predicts clonogenic self-renewal.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiang Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Péquignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alboukadel Kassambara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1562,51 +1562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Assou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Haouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Monzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1657,51 +1657,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brief Report: Benchmarking Human Pluripotent Stem Cell Markers During Differentiation Into the Three Germ Layers Unveils a Striking Heterogeneity: All Markers Are Not Equal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Gerbal-Chaloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1709,51 +1709,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Milhavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bai Qiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STEM CELLS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 29 (9), pp.1469-1474. </w:t>
@@ -1791,51 +1791,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human pluripotent stem cells: From biology to cell therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bai Qiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2015,51 +2015,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FD35FAA5"/>
+    <w:nsid w:val="976ED58C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2246,51 +2246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/qiang-bai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7423-0712" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936179v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Yang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Piedfort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Sanchez-Sanchez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lavergne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijiao Gong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.adk4841" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040380v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Peng" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domien Vanneste" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bejarano" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Abinet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Meunier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.adr4977" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752085v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Bai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakir Hasan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Pirottin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-023-01468-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752166v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baohua Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengcheng Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Wei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41392-021-00492-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joey Schyns" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Ruscitti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Radermecker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan de Schepper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11843-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02272971v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaker Attaoua" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Ana&#239;s Vincent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Abdel Jaoued" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Hadj-Kaddour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12093" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E31ECEA6184482E38C68054EA7C6E9E2F65A106D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01840168v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Ramirez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Becker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pantesco" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lavabre-Bertrand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2014.0292" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01233107v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Philippe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou Samra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boureux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Mancheron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ruffl&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1300" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00813131v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Desprat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Klein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemaitre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John de Vos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1566523211313020003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00806653v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;quignot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alboukadel Kassambara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2012.0658" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00664573v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Assou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Haouzi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12015-011-9301-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04123420v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Gerbal-Chaloin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Milhavet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bai Qiang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.681" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122513v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dijon-Grinand Marilyne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assou Said" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbal-Chaloin Sabine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4252/wjsc.v2.i2.24" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/qiang-bai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7423-0712" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040380v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Peng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domien Vanneste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bejarano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Abinet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.adr4977" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936179v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Yang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Piedfort" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Sanchez-Sanchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lavergne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijiao Gong" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.adk4841" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752085v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Bai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakir Hasan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Pirottin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41590-023-01468-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752166v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baohua Li" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengcheng Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Wei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41392-021-00492-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joey Schyns" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Ruscitti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Radermecker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan de Schepper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11843-0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01840168v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Ramirez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Becker" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pantesco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lavabre-Bertrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2014.0292" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02272971v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaker Attaoua" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Ana&#239;s Vincent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Abdel Jaoued" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Hadj-Kaddour" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12093" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E31ECEA6184482E38C68054EA7C6E9E2F65A106D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01233107v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Philippe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou Samra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boureux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Mancheron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ruffl&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1300" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00813131v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Desprat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Klein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemaitre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John de Vos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1566523211313020003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00806653v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;quignot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alboukadel Kassambara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2012.0658" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00664573v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Assou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Haouzi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12015-011-9301-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04123420v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Gerbal-Chaloin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Milhavet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bai Qiang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.681" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122513v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dijon-Grinand Marilyne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assou Said" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerbal-Chaloin Sabine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4252/wjsc.v2.i2.24" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>