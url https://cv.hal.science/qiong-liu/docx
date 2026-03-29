--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -383,524 +383,524 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive performance prediction of high-speed softwarized network services with limited knowledge</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proactive VNF Redeployment and Traffic Routing for modern telco networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">qiong liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tianzhu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Cerroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Linguaglossa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE INFOCOM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">IEEE international conference network softwarization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE ComSoc, Jun 2024, Saint Louis, MO, USA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322420v1</w:t>
+                <w:t xml:space="preserve">hal-04636430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proactive VNF Redeployment and Traffic Routing for modern telco networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-invasive performance prediction of high-speed softwarized network services with limited knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianzhu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Linguaglossa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE international conference network softwarization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE ComSoc, Jun 2024, Saint Louis, MO, USA, United States</w:t>
+              <w:t xml:space="preserve">IEEE INFOCOM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636430v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ϵ-stable region analysis in dynamic downlink cellular networks</w:t>
+                <w:t xml:space="preserve">The epsilon-stable region analysis in dynamic downlink cellular networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicular Technology Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC2022-Spring)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Helsinki, Finland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214657v1</w:t>
+                <w:t xml:space="preserve">hal-03636958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The epsilon-stable region analysis in dynamic downlink cellular networks</w:t>
+                <w:t xml:space="preserve">Politiques de transmission basées sur l'apprentissage par renforcement dans les réseaux cellulaires dynamiques et aléatoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Mary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC2022-Spring)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Colloque GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France. pp.877-880</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636958v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques de transmission basées sur l'apprentissage par renforcement dans les réseaux cellulaires dynamiques et aléatoires</w:t>
+                <w:t xml:space="preserve">The ϵ-stable region analysis in dynamic downlink cellular networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mary</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Baudais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GRETSI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Helsinki, Finland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VTC2022-Spring54318.2022.9860685⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775362v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Queue Analysis with Finite Buffer by Stochastic Geometry in Downlink Cellular Networks</w:t>
               </w:r>
@@ -1143,64 +1143,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianke Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianzhu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Linguaglossa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1490,51 +1490,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05504158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yalin Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Liu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixuan Chen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunjie Li" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakov Kuzyakov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127862" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyi Guo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li You" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC61545.2025.10978118" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322420v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhu Zhang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Linguaglossa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636430v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=qiong liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Cerroni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214657v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mary" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2022-Spring54318.2022.9860685" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636958v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775362v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274695v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2021-Spring51267.2021.9448646" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862907v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139798v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianke Lin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04619305v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ISAR0017" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05504158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yalin Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Liu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixuan Chen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunjie Li" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakov Kuzyakov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2025.127862" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyi Guo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Wang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li You" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC61545.2025.10978118" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636430v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=qiong liu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhu Zhang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Cerroni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Linguaglossa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322420v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636958v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mary" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775362v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214657v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2022-Spring54318.2022.9860685" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274695v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2021-Spring51267.2021.9448646" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862907v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139798v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianke Lin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04619305v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ISAR0017" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>