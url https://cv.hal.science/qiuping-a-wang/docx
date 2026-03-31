--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -896,96 +896,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00003562v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximum path information and the principle of least action for chaotic system</w:t>
+                <w:t xml:space="preserve">Incomplete information and fractal phase space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 23/4, pp.1253-1258</w:t>
+              <w:t xml:space="preserve">, 2004, 19, pp.639</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00001549v1</w:t>
+                <w:t xml:space="preserve">hal-00010154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximum path information and the principle of least action for chaotic system</w:t>
               </w:r>
@@ -1034,96 +1034,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00011132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incomplete information and fractal phase space</w:t>
+                <w:t xml:space="preserve">Maximum path information and the principle of least action for chaotic system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 19, pp.639</w:t>
+              <w:t xml:space="preserve">, 2004, 23/4, pp.1253-1258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00010154v1</w:t>
+                <w:t xml:space="preserve">hal-00001549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature and pressure in nonextensive thermostatistics</w:t>
               </w:r>
@@ -1483,424 +1483,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00009545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Many-body q-exponential distribution prescribed by factorization hypothesis</w:t>
+                <w:t xml:space="preserve">Nonextensive statistics and incomplete information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 300, pp.169-174</w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 26, pp.357-368</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00010149v1</w:t>
+                <w:t xml:space="preserve">hal-00009546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the generalized entropy pseudoadditivity for complex systems</w:t>
+                <w:t xml:space="preserve">Quantum gas distributions prescribed by factorization hypothesis of probability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Pezeril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 35, pp.7003</w:t>
+              <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 14, pp.765-770</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00009618v1</w:t>
+                <w:t xml:space="preserve">hal-00010150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonextensive statistics and incomplete information</w:t>
+                <w:t xml:space="preserve">Extensive form of equilibrium nonextensive statistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Mehaute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 26, pp.357-368</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 43, pp.5079-5089</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00009546v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00010151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum gas distributions prescribed by factorization hypothesis of probability</w:t>
+                <w:t xml:space="preserve">Many-body q-exponential distribution prescribed by factorization hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 14, pp.765-770</w:t>
+              <w:t xml:space="preserve">Physics Letters A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 300, pp.169-174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00010150v1</w:t>
+                <w:t xml:space="preserve">hal-00010149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensive form of equilibrium nonextensive statistics</w:t>
+                <w:t xml:space="preserve">On the generalized entropy pseudoadditivity for complex systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nivanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Mehaute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pezeril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 43, pp.5079-5089</w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 35, pp.7003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00010151v1</w:t>
+                <w:t xml:space="preserve">hal-00009618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incomplete statistics and nonextensive generalization of statistical mechanics</w:t>
               </w:r>
@@ -2119,237 +2119,237 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A non-negative informational entropy for continuous probability distribution</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">No mysterious motor driving time forward Multiple paths of randomness toward time irreversibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03841203v1</w:t>
+                <w:t xml:space="preserve">hal-03354947v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No mysterious motor driving time forward Multiple paths of randomness toward time irreversibility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A non-negative informational entropy for continuous probability distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ru Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Machu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz El Kaabouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03354947v6</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03841203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uniqueness of the efficiency functional for deriving the Zipf and the Pareto laws from the principle of least effort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz El Kaabouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Machu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2511,51 +2511,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A counterexample against the Lesche stability of a generic entropy functional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz El Kaabouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2809,51 +2809,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mathematical structure for the generalization of the conventional algebra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz El Kaabouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nivanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3406,164 +3406,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00016836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical method for irregular hamiltonian systems</w:t>
+                <w:t xml:space="preserve">Fractional exclusion statistics with incomplete information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00003042v2</w:t>
+                <w:t xml:space="preserve">hal-00011126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional exclusion statistics with incomplete information</w:t>
+                <w:t xml:space="preserve">A mathematical method for irregular hamiltonian systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiuping A. Wang</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Li</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00011126v1</w:t>
+                <w:t xml:space="preserve">hal-00003042v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonextensive thermostatistics for heterogeneous systems containing different $q$'s</w:t>
               </w:r>
@@ -4119,51 +4119,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EE475A8B"/>
+    <w:nsid w:val="06B9F352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4350,51 +4350,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/qiuping-a-wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9589-9105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671953v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz El Kaabouchi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Machu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Cocks" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ru Wang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueying Zhu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219525921500132" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469396v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Ye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Machu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuping A. Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-022-03446-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503417v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2021.111489" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146637v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1113/1/012003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167369v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nivanen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kaabouchi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Badiali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le M&#233;haut&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2007.08.009" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016835v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nivanen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le M&#233;haut&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003562v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001549v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011132v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010154v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000824v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pezeril" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000825v4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011128v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Mehaute" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pezeril" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009545v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010149v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009618v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Mehaute" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009546v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010150v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010151v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010152v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841203v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz El Kaabouchi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354947v6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843384v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407277v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Ou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jincan Chen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guozhen Su" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266082v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tsobnang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310437v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262379v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Badiali" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117452v4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198062v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141482v3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124000v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chedru" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Raynal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Paquin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016834v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016836v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003042v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011126v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011129v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011125v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011133v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011127v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009544v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011131v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010153v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/qiuping-a-wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9589-9105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671953v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz El Kaabouchi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Xavier Machu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Cocks" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ru Wang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueying Zhu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219525921500132" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469396v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Ye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Machu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuping A. Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-022-03446-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503417v3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2021.111489" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146637v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1113/1/012003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167369v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nivanen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kaabouchi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Badiali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le M&#233;haut&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2007.08.009" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016835v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nivanen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le M&#233;haut&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003562v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010154v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011132v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00001549v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000824v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pezeril" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000825v4" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011128v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Mehaute" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pezeril" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009545v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009546v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010150v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Mehaute" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010149v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009618v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009543v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010152v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354947v6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841203v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz El Kaabouchi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843384v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407277v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364278v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Ou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jincan Chen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guozhen Su" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266082v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tsobnang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310437v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262379v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Badiali" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117452v4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198062v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141482v3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124000v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chedru" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Raynal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Paquin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016834v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016836v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011126v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003042v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011129v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011125v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011133v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011127v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009544v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011131v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010153v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>