--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -153,289 +153,289 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SORTEE Guidelines for Data and Code Quality Control in Ecology and Evolutionary Biology</w:t>
+                <w:t xml:space="preserve">Sharing Data and Code: Why and How to Meet Journal Expectations?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Pick</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Quentin Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du Réseau Français de la Recherche Reproductible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Lyon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bethany Allen</w:t>
-[...57 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+                <w:t xml:space="preserve">⟨10.60527/ewag-3442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05221997v1</w:t>
+                <w:t xml:space="preserve">hal-05032797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharing Data and Code: Why and How to Meet Journal Expectations?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The SORTEE Guidelines for Data and Code Quality Control in Ecology and Evolutionary Biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Pick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bethany Allen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedicte Bachelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Petitjean</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Lyon, France. </w:t>
+                <w:t xml:space="preserve">Kevin Bairos-Novak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.60527/ewag-3442⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05032797v1</w:t>
+                <w:t xml:space="preserve">Jack Brand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05221997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -603,51 +603,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatisation de l'analyse de vidéos comportementales en écotoxicologie : solutions basées sur les logiciels libres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Royauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -710,51 +710,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MoveR: An R package for easy processing and analysis of animal video-tracking data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silène Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -840,51 +840,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive plastic responses to metal contamination in a multistress context: a field experiment in fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laffaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -974,51 +974,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin, fate and ecotoxicity of manganese from legacy metallurgical wastes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Choulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1108,51 +1108,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intraspecific variability of responses to combined metal contamination and immune challenge among wild fish populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Jacquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1242,51 +1242,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dose- and time-dependent effects of an immune challenge on fish across biological levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Jacquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1376,51 +1376,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and indirect effects of multiple environmental stressors on fish health in human-altered rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1510,51 +1510,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined effects of temperature increase and immune challenge in two wild gudgeon populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1644,51 +1644,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress responses in fish: From molecular to evolutionary processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1791,51 +1791,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encaged Chironomus riparius larvae in assessment of trace metal bioavailability and transfer in a landfill leachate collection pond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Al-Ashoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1940,51 +1940,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité de réponse aux stress multiples chez le goujon (Gobio occitaniae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie animale. Université Paul Sabatier - Toulouse III, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019TOU30310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2101,51 +2101,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BA036A09"/>
+    <w:nsid w:val="EF00F9CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2332,51 +2332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/qpetitjean" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2708-7831" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAE-8204-2021" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221997v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pick" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Allen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bachelot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bairos-Novak" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Brand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032797v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petitjean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/ewag-3442" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05461523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lannou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Badie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Cortesero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latruffe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625366v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Royaut&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650104v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sil&#232;ne Lartigue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Cointe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ris" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calcagno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2024.101674" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04616955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laffaille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Perrault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Cousseau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Jean" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-26189-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259857v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Walter-Simonnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Mariet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.130337" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717360v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Jacquin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Riem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pitout" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.116042" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717355v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Leh&#233;naff" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.2430" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C&#244;te" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Angelier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140657" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717166v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Lamarins" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefranc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10695-019-00706-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484451v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Gandar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.05.357" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430647v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Al-Ashoor" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cretenet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Aleya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-8261-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03132551v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30310" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/qpetitjean" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2708-7831" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAE-8204-2021" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032797v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petitjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/ewag-3442" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221997v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pick" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Allen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bachelot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bairos-Novak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Brand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05461523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lannou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Badie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Cortesero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latruffe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625366v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Royaut&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650104v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sil&#232;ne Lartigue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Cointe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ris" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calcagno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2024.101674" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04616955v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laffaille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Perrault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Cousseau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Jean" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-26189-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259857v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Walter-Simonnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Mariet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.130337" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717360v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Jacquin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Riem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pitout" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2020.116042" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717355v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Leh&#233;naff" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.2430" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898178v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C&#244;te" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Angelier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140657" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717166v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Lamarins" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefranc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10695-019-00706-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484451v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Gandar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.05.357" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430647v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Al-Ashoor" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cretenet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Aleya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-8261-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03132551v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30310" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>