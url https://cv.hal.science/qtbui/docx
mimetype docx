--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,1143 +66,1277 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population genomics of apricots unravels domestication history and adaptive events</w:t>
+                <w:t xml:space="preserve">Chromosome-scale genome assembly of the Santina and Regina varieties of Prunus avium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Groppi</w:t>
+                <w:t xml:space="preserve">Claudio Urra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuo Liu</w:t>
+                <w:t xml:space="preserve">José Gaete-Loyola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cornille</w:t>
+                <w:t xml:space="preserve">Quynh-Trang Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Tricon</w:t>
+                <w:t xml:space="preserve">Poliana Povea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quynh Trang Bui</w:t>
+                <w:t xml:space="preserve">Nicole Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), pp.3956. </w:t>
+              <w:t xml:space="preserve">Tree Genetics and Genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22 (2), pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-24283-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11295-026-01732-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03282504v1</w:t>
+                <w:t xml:space="preserve">hal-05563647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pipeline to detect the positional and directional relationship between transposable elements and adjacent genes in host genome</w:t>
+                <w:t xml:space="preserve">Population genomics of apricots unravels domestication history and adaptive events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Meguerditchian</w:t>
+                <w:t xml:space="preserve">Alexis Groppi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayse Ergun</w:t>
+                <w:t xml:space="preserve">Shuo Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Decroocq</w:t>
+                <w:t xml:space="preserve">A. Cornille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Lefebvre</w:t>
+                <w:t xml:space="preserve">David Tricon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quynh-Trang Bui</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quynh Trang Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1, pp.e48. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.3956. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.57⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-24283-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03604056v1</w:t>
+                <w:t xml:space="preserve">hal-03282504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different tobacco retrotransposons are specifically modulated by the elicitor cryptogein and reactive oxygen species</w:t>
+                <w:t xml:space="preserve">Pipeline to detect the positional and directional relationship between transposable elements and adjacent genes in host genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iulia-Andra Anca</w:t>
+                <w:t xml:space="preserve">Caroline Meguerditchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Fromentin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quynh Trang Bui</w:t>
+                <w:t xml:space="preserve">Ayse Ergun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Mhiri</w:t>
+                <w:t xml:space="preserve">Véronique Decroocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Angele Grandbastien</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh-Trang Bui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 171 (16), pp.1533-1540. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.e48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jplph.2014.07.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.57⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204139v1</w:t>
+                <w:t xml:space="preserve">hal-03604056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two biochemical forms of phenanthrene recovered in grassland plants (Lolium perenne L. and Trifolium pratense L.) grown in 3 spiked soils</w:t>
+                <w:t xml:space="preserve">Different tobacco retrotransposons are specifically modulated by the elicitor cryptogein and reactive oxygen species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genevieve G. Chiapusio</w:t>
+                <w:t xml:space="preserve">Iulia-Andra Anca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorine D. Desalme</w:t>
+                <w:t xml:space="preserve">Jérôme Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh Trang Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie S. Pujol</w:t>
+                <w:t xml:space="preserve">Corinne Mhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quynh Trang Q. T. Bui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadine Bernard</w:t>
+                <w:t xml:space="preserve">Marie Angele Grandbastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-011-0747-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 171 (16), pp.1533-1540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2014.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004336v1</w:t>
+                <w:t xml:space="preserve">hal-01204139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction between the Triglyceride Lipase ATGL and the Arf1 Activator GBF1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two biochemical forms of phenanthrene recovered in grassland plants (Lolium perenne L. and Trifolium pratense L.) grown in 3 spiked soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genevieve G. Chiapusio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorine D. Desalme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emy Njoh Ellong</w:t>
+                <w:t xml:space="preserve">Sophie Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krishnakant G Soni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quynh-Trang Bui</w:t>
+                <w:t xml:space="preserve">Quynh Trang Q. T. Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Sougrat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Golinelli-Cohen</w:t>
+                <w:t xml:space="preserve">Nadine Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 344 (1-2), pp.295 - 303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-011-0747-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0021889⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01873530v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilization of retrotransposons in synthetic allotetraploid tobacco</w:t>
+                <w:t xml:space="preserve">Interaction between the Triglyceride Lipase ATGL and the Arf1 Activator GBF1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Petit</w:t>
+                <w:t xml:space="preserve">Emy Njoh Ellong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Guidat</w:t>
+                <w:t xml:space="preserve">Krishnakant G Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh-Trang Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Daniel</w:t>
+                <w:t xml:space="preserve">Rachid Sougrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Denis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elsa Montoriol</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Golinelli-Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03140.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0021889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203912v1</w:t>
+                <w:t xml:space="preserve">hal-01873530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Arf1 guanine nucleotide exchange factors: evolution, domain structure, and roles in membrane trafficking and human disease</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Golinelli-Cohen</w:t>
+                <w:t xml:space="preserve">Mobilization of retrotransposons in synthetic allotetraploid tobacco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine L Jackson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Guidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Montoriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Genetics and Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00438-009-0473-3⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 186 (1), pp.135-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03140.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02129709v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Large Arf1 guanine nucleotide exchange factors: evolution, domain structure, and roles in membrane trafficking and human disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh Trang Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Golinelli-Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine L Jackson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Genetics and Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 282 (4), pp.329-350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00438-009-0473-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02129709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Species sympatry and horizontal transfers of Mariner transposons in marine crustacean genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Casse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bui Qt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 40 (2), pp.609-619. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2006.02.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00174200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId66"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1349,51 +1483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282504v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groppi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Liu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Trang Bui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24283-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03604056v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Meguerditchian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Ergun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decroocq" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh-Trang Bui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.57" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204139v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia-Andra Anca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fromentin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mhiri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Angele Grandbastien" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2014.07.003" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004336v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve G. Chiapusio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine D. Desalme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Pujol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Trang Q. T. Bui" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bernard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-0747-5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K9RQ70PN-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873530v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emy Njoh Ellong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnakant G Soni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Sougrat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Golinelli-Cohen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0021889" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203912v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guidat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daniel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Denis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Montoriol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03140.x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129709v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine L Jackson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-009-0473-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M4QDD097-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174200v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Casse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bui Qt" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nicolas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Renault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bigot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2006.02.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF9KH5B8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Urra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Gaete-Loyola" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh-Trang Bui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poliana Povea" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Carrasco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-026-01732-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282504v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Groppi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Trang Bui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24283-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03604056v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Meguerditchian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Ergun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decroocq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.57" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204139v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia-Andra Anca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fromentin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mhiri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Angele Grandbastien" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2014.07.003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004336v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve G. Chiapusio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine D. Desalme" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pujol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Trang Q. T. Bui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-0747-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K9RQ70PN-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873530v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emy Njoh Ellong" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnakant G Soni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Sougrat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Golinelli-Cohen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0021889" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guidat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daniel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Denis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Montoriol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03140.x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129709v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine L Jackson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-009-0473-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M4QDD097-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174200v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Casse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bui Qt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nicolas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Renault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bigot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2006.02.005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NF9KH5B8-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>