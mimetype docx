--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -268,441 +268,441 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some properties of the principal Dirichlet eigenfunction in Lipschitz domains, via probabilistic couplings</w:t>
+                <w:t xml:space="preserve">A random polymer approach to the weak disorder phase of the vertex reinforced jump process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bouchot</w:t>
+                <w:t xml:space="preserve">Alexandre Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Poudevigne-Auboiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210848v1</w:t>
+                <w:t xml:space="preserve">hal-05210857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A random polymer approach to the weak disorder phase of the vertex reinforced jump process</w:t>
+                <w:t xml:space="preserve">The random walk pinning model I: lower bounds on the free energy and disorder irrelevance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Lacoin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Poudevigne-Auboiron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05210857v1</w:t>
+                <w:t xml:space="preserve">hal-05250071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The random walk pinning model I: lower bounds on the free energy and disorder irrelevance</w:t>
+                <w:t xml:space="preserve">The random walk pinning model II: upper bounds on the free energy and disorder relevance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250071v1</w:t>
+                <w:t xml:space="preserve">hal-05250053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The random walk pinning model II: upper bounds on the free energy and disorder relevance</w:t>
+                <w:t xml:space="preserve">Strong disorder for stochastic heat flow and 2D directed polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Caravenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Turchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Lacoin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05250053v1</w:t>
+                <w:t xml:space="preserve">hal-05210710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong disorder for stochastic heat flow and 2D directed polymers</w:t>
+                <w:t xml:space="preserve">Some properties of the principal Dirichlet eigenfunction in Lipschitz domains, via probabilistic couplings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bouchot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Caravenna</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05210710v1</w:t>
+                <w:t xml:space="preserve">hal-05210848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear conductances of Galton-Watson trees and application to the (near) critical random cluster model</w:t>
               </w:r>
@@ -1205,51 +1205,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling limit of the disordered generalized Poland-Scheraga model for DNA denaturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probability Theory and Related Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 190, pp.179-258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1491,51 +1491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Chong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 402, pp.2215-2299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1588,51 +1588,51 @@
                 <w:t xml:space="preserve">Non-directed polymers in heavy-tail random environment in dimension d≥2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ran Wei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
@@ -1686,51 +1686,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The continuum directed polymer in Lévy Noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1796,51 +1796,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chien-Hao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ran Wei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
@@ -1885,51 +1885,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scaling limit of the directed polymer with power-law tail disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1976,2409 +1976,2409 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Hammersley's Last-Passage Percolation: a discussion on possible local and global constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l’Institut Henri Poincaré (D) Combinatorics, Physics and their Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8 (2), pp.213-241. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4171/AIHPD/102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01706671v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling Limit of Sub-ballistic 1D Random Walk among Biased Conductances: a Story of Wells and Walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Salvi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 25, p. 1-43. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1214/20-EJP427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02102218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disorder And Denaturation Transition In The Generalized Poland-scheraga Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giambattista Giacomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Khatib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Henri Lebesgue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01852130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong renewal theorems and local large deviations for multivariate random walks and renewals</w:t>
+                <w:t xml:space="preserve">Notes on Random Walks in the Cauchy Domain of Attraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/19-EJP308⟩</w:t>
+              <w:t xml:space="preserve">Probability Theory and Related Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 175 (1-2), pp.1-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00440-018-0887-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02171994v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576409v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disorder and critical phenomena: the $\alpha=0$ copolymer model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giambattista Giacomin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probability Theory and Related Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 174, pp.787-819. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00440-018-0870-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01659845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes on Random Walks in the Cauchy Domain of Attraction</w:t>
+                <w:t xml:space="preserve">Scaling of Sub-Ballistic 1D Random Walks Among Biased Random Conductances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Salvi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probability Theory and Related Fields</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Markov Processes And Related Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (1), pp.171-187</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576409v3</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635371v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entropy-controlled Last-Passage Percolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Annals of Applied Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (3), pp.1878-1903</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01811267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Directed polymers in heavy-tail random environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Annals of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01706666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling of Sub-Ballistic 1D Random Walks Among Biased Random Conductances</w:t>
+                <w:t xml:space="preserve">Strong renewal theorems and local large deviations for multivariate random walks and renewals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michele Salvi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Markov Processes And Related Fields</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24, pp.46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/19-EJP308⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01635371v2</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02171994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA melting structures in the generalized Poland-Scheraga model</w:t>
+                <w:t xml:space="preserve">Annealed scaling for a charged polymer in dimensions two and higher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maha Khatib</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank den Hollander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Poisat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Means, methods and results in the statistical mechanics of polymeric systems: a special issue in honour of Stuart Whittington's 75th birthday, 51 (5)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01511318v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geodesics toward corners in first passage percolation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pinning on a defect line: characterization of marginal disorder relevance and sharp asymptotics for the critical point shift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10955-018-2088-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Institute of Mathematics of Jussieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (2), pp.305-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1474748015000481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595875v2</w:t>
+                <w:t xml:space="preserve">hal-01141691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annealed scaling for a charged polymer in dimensions two and higher</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pinning of a renewal on a quenched renewal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth S. Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Poisat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (6), 48 pp. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/18-EJP136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576410v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pinning on a defect line: characterization of marginal disorder relevance and sharp asymptotics for the critical point shift</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geodesics toward corners in first passage percolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth S Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Institute of Mathematics of Jussieu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 17 (2), pp.305-346. </w:t>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 172 (4), pp.1029 - 1056. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1474748015000481⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10955-018-2088-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01141691v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595875v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pinning of a renewal on a quenched renewal</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA melting structures in the generalized Poland-Scheraga model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giambattista Giacomin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Khatib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/18-EJP136⟩</w:t>
+              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 15 (2), pp.993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30757/ALEA.v15-37⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01362825v1</w:t>
+                <w:t xml:space="preserve">hal-01511318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The high-temperature behavior for the directed polymer in dimension 1+2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 53 (1), pp.430-450. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1214/15-AIHP721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01170204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local asymptotics for the first intersection of two independent renewals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Local limit theorems and renewal theory with no moments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenneth S. Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 21 (68), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/16-EJP17⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 21 (66), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/16-EJP13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01291340v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291344v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles de polymère, transition d'accrochage, et désordre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local asymptotics for the first intersection of two independent renewals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth S. Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matapli</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (68), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/16-EJP17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413024v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local limit theorems and renewal theory with no moments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modèles de polymère, transition d'accrochage, et désordre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Matapli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109, pp.43-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01291344v2</w:t>
+                <w:t xml:space="preserve">hal-01413024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the critical curves of the pinning and copolymer models in correlated Gaussian environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Poisat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (71), pp.1-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1214/EJP.v20-3514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01214672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Disorder For the Polymer Pinning Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 51, pp.74 - 88. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/proc/201551005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01415104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Critical Curve of the Random Pinning and Copolymer Models at Weak Coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Caravenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Poisat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongfeng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikos Zygouras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 326 (2), pp.507--530. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00220-013-1849-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01068856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pinning model in random correlated environment: appearance of an infinite disorder regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 155 (3), pp.544-570. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10955-014-0965-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01413009v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comments on the Influence of Disorder for Pinning Model in Correlated Gaussian Environment</w:t>
+                <w:t xml:space="preserve">Hierarchical pinning model in correlated random environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Lucio Toninelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49, pp.781 - 816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/12-AIHP493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426319v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical pinning model in correlated random environment</w:t>
+                <w:t xml:space="preserve">Comments on the Influence of Disorder for Pinning Model in Correlated Gaussian Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabio Lucio Toninelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, X (2), pp.953-977</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426311v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sharp critical behavior for pinning models in a random correlated environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 122 (4), pp.1397-1436. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.spa.2011.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05210873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Disorder on the Free-Energy for the Random Walk Pinning Model: Smoothing of the Phase Transition and Low Temperature Asymptotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lacoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 142, pp.322-341. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10955-010-0110-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Critical Point of the Random Walk Pinning Model in Dimension d=3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Toninelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 15, pp.654-683. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1214/EJP.v15-761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426326v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4388,120 +4388,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An application of Sparre Andersen's fluctuation theorem for exchangeable and sign-invariant random variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Béthencourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Probabilités LII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LII, Springer Nature Switzerland, pp 367-388, 2025, Lecture Notes in Mathematics, 978-3-031-86421-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-86422-3_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075157v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4511,130 +4511,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction aux probabilités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Caravenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Dai Pra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Dai Pra</w:t>
-[...10 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dunod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 978-2-10-081486-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03907229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4644,91 +4644,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Random polymers and related models: disorder, localization and critical phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Probability [math.PR]. Sorbonne Université, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02424759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4738,180 +4738,180 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paradoxe de Simpson illustré par des données de vaccination contre le Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Caravenna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03907237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maths au quotidien : L’art et la manière de mélanger un paquet de cartes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03907234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId128"/>
+      <w:footerReference w:type="default" r:id="rId127"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4979,51 +4979,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3E017789"/>
+    <w:nsid w:val="8B15A122"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5210,51 +5210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-berger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9462-8143" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/163646236" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/berger_q_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.math.univ-paris13.fr/~quentin.berger/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210848v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouchot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210857v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legrand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poudevigne-Auboiron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sabot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250071v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lacoin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250053v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210710v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Caravenna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Turchi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553403v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ayuso Ventura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629186v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c B&#233;thencourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tardif" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075153v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075154v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Birkner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linglong Yuan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1802" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210861v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bonnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Laulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Raschel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202580051" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792510v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00440-024-01304-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210456v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brune Massouli&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2024.104299" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253083v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-EJP1232" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451454v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Chong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-023-04768-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907215v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torri Niccolo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Wei" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/22-EJP873" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977537v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.182" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481232v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Hao Huang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977536v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-021-04082-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706671v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Torri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/AIHPD/102" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102218v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Salvi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-EJP427" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852130v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giambattista Giacomin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Khatib" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02171994v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/19-EJP308" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659845v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00440-018-0870-9" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576409v3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00440-018-0887-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811267v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706666v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635371v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511318v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v15-37" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595875v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth S Alexander" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-018-2088-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576410v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank den Hollander" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poisat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141691v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1474748015000481" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362825v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth S. Alexander" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/18-EJP136" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170204v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/15-AIHP721" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291340v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-EJP17" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413024v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291344v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-EJP13" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01214672v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/EJP.v20-3514" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415104v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201551005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068856v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongfeng Sun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Zygouras" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-013-1849-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413009v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-014-0965-3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426319v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426311v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Lucio Toninelli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/12-AIHP493" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210873v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2011.12.007" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426338v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-010-0110-x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426326v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Toninelli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/EJP.v15-761" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075157v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-86422-3_9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907229v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dai Pra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-techniques/introduction-aux-probabilites-modeles-et-applications-mathematiques-physique" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02424759v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907237v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907234v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-berger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9462-8143" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/163646236" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/berger_q_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.math.univ-paris13.fr/~quentin.berger/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210857v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Legrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poudevigne-Auboiron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sabot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250071v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lacoin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250053v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210710v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Caravenna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Turchi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210848v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouchot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553403v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ayuso Ventura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629186v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c B&#233;thencourt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tardif" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075153v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075154v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Birkner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linglong Yuan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1802" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210861v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bonnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Laulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Raschel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202580051" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792510v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00440-024-01304-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210456v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brune Massouli&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2024.104299" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253083v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-EJP1232" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451454v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Chong" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-023-04768-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907215v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Torri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Wei" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/22-EJP873" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977537v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.182" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481232v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Hao Huang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977536v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-021-04082-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706671v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/AIHPD/102" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102218v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Salvi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-EJP427" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852130v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giambattista Giacomin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Khatib" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576409v3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00440-018-0887-0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659845v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00440-018-0870-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635371v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811267v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706666v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02171994v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/19-EJP308" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576410v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank den Hollander" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poisat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141691v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1474748015000481" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362825v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth S. Alexander" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/18-EJP136" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595875v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth S Alexander" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-018-2088-8" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511318v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v15-37" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170204v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/15-AIHP721" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291344v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-EJP13" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291340v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-EJP17" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413024v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01214672v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/EJP.v20-3514" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415104v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201551005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068856v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongfeng Sun" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Zygouras" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-013-1849-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413009v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-014-0965-3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426311v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Lucio Toninelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/12-AIHP493" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426319v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210873v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2011.12.007" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426338v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-010-0110-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426326v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Toninelli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/EJP.v15-761" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075157v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-86422-3_9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907229v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Dai Pra" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-techniques/introduction-aux-probabilites-modeles-et-applications-mathematiques-physique" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02424759v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907237v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907234v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>