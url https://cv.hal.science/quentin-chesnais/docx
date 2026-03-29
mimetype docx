--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -181,51 +181,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the viruses responsible for sugar beet yellows</w:t>
+                <w:t xml:space="preserve">Nouveaux éclairages sur les virus responsables de la jaunisse de la betterave sucrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Drucker</w:t>
@@ -264,1540 +264,1540 @@
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Schlaefli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 103, pp.19-28. </w:t>
+              <w:t xml:space="preserve">, 2025, 103, pp.20-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol103-art03-GB⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol103-art03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447181v1</w:t>
+                <w:t xml:space="preserve">hal-05155952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host specialisation or generalism? Population genetics of the aphid Myzus persicae reveals dominance of superclones across diverse host plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Meta‐analysis reveals strong evidence for adaptive host and vector manipulation by plant viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannis Nio</w:t>
+                <w:t xml:space="preserve">Christie A Bahlai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Buchard</w:t>
+                <w:t xml:space="preserve">Angela Peace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Duval</w:t>
+                <w:t xml:space="preserve">David W Crowder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Mahéo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ségolène Buzy</w:t>
+                <w:t xml:space="preserve">Nilsa A Bosque‐pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fevo.2025.1635527⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (12), pp.3628-3645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.70180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05166831v1</w:t>
+                <w:t xml:space="preserve">hal-05320117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux éclairages sur les virus responsables de la jaunisse de la betterave sucrière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Turnip Yellows Virus Capsid Protein Promotes Access of Its Main Aphid Vector Myzus persicae to Phloem Tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hélène Schlaefli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol103-art03⟩</w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (3), pp.2434-2444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.15303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05155952v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04861427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta‐analysis reveals strong evidence for adaptive host and vector manipulation by plant viruses</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David W Crowder</w:t>
+                <w:t xml:space="preserve">Co-acquisition of two sugar beet poleroviruses by M. persicae increased the transmission efficiency of both viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Schlaefli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Marmonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nilsa A Bosque‐pérez</w:t>
+                <w:t xml:space="preserve">Souheyla Khechmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Reinbold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Villeroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.70180⟩</w:t>
+              <w:t xml:space="preserve">Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 610, pp.110594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.virol.2025.110594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05320117v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Turnip Yellows Virus Capsid Protein Promotes Access of Its Main Aphid Vector Myzus persicae to Phloem Tissues</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Beet Chlorosis Virus Infection Mitigates Aphid‐Induced Plant Defences and Improves Plant Acceptability to Aphid Vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Negrel</w:t>
+                <w:t xml:space="preserve">Alessandra Maia‐grondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pce.15303⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (20), pp.e70092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.70092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04861427v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05231686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-acquisition of two sugar beet poleroviruses by M. persicae increased the transmission efficiency of both viruses</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Host specialisation or generalism? Population genetics of the aphid Myzus persicae reveals dominance of superclones across diverse host plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Reinbold</w:t>
+                <w:t xml:space="preserve">Yannis Nio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Villeroy</w:t>
+                <w:t xml:space="preserve">Christelle Buchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Mahéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Buzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virol.2025.110594⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2025.1635527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117459v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beet Chlorosis Virus Infection Mitigates Aphid‐Induced Plant Defences and Improves Plant Acceptability to Aphid Vectors</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New insights into the viruses responsible for sugar beet yellows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Marmonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Schlaefli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (20), pp.e70092. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 103, pp.19-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.70092⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol103-art03-GB⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05231686v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05447181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Sequencing Analysis of Virome Components, Viral Gene Expression and Antiviral RNAi Responses in Myzus persicae Aphids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Erratum for Chesnais et al., &amp;quot;Comparative Plant Transcriptome Profiling of Arabidopsis thaliana Col-0 and Camelina sativa var. Celine Infested with Myzus persicae Aphids Acquiring Circulative and Noncirculative Viruses Reveals Virus-and Plant-Specific Alterations Relevant to Aphid Feeding Behavior and Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Sukhikh</w:t>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Golyaev</w:t>
+                <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Laboureau</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Camille Rustenholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms252313199⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01924-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867733v1</w:t>
+                <w:t xml:space="preserve">hal-04861396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum for Chesnais et al., &amp;quot;Comparative Plant Transcriptome Profiling of Arabidopsis thaliana Col-0 and Camelina sativa var. Celine Infested with Myzus persicae Aphids Acquiring Circulative and Noncirculative Viruses Reveals Virus-and Plant-Specific Alterations Relevant to Aphid Feeding Behavior and Transmission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interplay between a polerovirus and a closterovirus decreases aphid transmission of the polerovirus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souheyla Khechmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Camille Rustenholz</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Villeroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology Spectrum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 12 (10), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/spectrum.01924-24⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 12 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01115-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04861396v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between a polerovirus and a closterovirus decreases aphid transmission of the polerovirus</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Deep Sequencing Analysis of Virome Components, Viral Gene Expression and Antiviral RNAi Responses in Myzus persicae Aphids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Sukhikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Laboureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Clavijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rustenholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (11), </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25, pp.13199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/spectrum.01115-24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms252313199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04750382v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cauliflower mosaic virus transmission helper protein P2 modifies directly the probing behavior of the aphid vector Myzus persicae to facilitate transmission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Verdier</w:t>
+                <w:t xml:space="preserve">Cowpea aphid resistance in cowpea line CB77 functions primarily through antibiosis and eliminates phytotoxic symptoms of aphid feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Macwilliams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Blanc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Drucker</w:t>
+                <w:t xml:space="preserve">Paul Nabity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerry Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isgouhi Kaloshian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1011161⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 96 (2), pp.539-553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10340-022-01529-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04094116v1</w:t>
+                <w:t xml:space="preserve">hal-04006304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cowpea aphid resistance in cowpea line CB77 functions primarily through antibiosis and eliminates phytotoxic symptoms of aphid feeding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacob Macwilliams</w:t>
+                <w:t xml:space="preserve">The cauliflower mosaic virus transmission helper protein P2 modifies directly the probing behavior of the aphid vector Myzus persicae to facilitate transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerry Mauck</w:t>
+                <w:t xml:space="preserve">Elodie Pirolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isgouhi Kaloshian</w:t>
+                <w:t xml:space="preserve">Stéphane Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pest Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 96 (2), pp.539-553. </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (2), pp.e1011161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10340-022-01529-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1011161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006304v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04094116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced infections by cucurbit yellow stunting disorder virus encourage whitefly vector colonization while discouraging non-vector aphid competitors</w:t>
               </w:r>
@@ -1809,51 +1809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penglin Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerry Mauck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 95 (1), pp.231-247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1881,364 +1881,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03484012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome responses of the aphid vector Myzus persicae are shaped by identities of the host plant and the virus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential gene expression in aphids following virus acquisition from plants or from an artificial medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Marmonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Velt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Villeroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rustenholz Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.208⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23, pp.333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-022-08545-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942207v1</w:t>
+                <w:t xml:space="preserve">hal-03659374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential gene expression in aphids following virus acquisition from plants or from an artificial medium</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Transcriptome responses of the aphid vector Myzus persicae are shaped by identities of the host plant and the virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rustenholz Russell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23, pp.333. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.e82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-022-08545-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659374v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Plant Transcriptome Profiling of Arabidopsis thaliana Col-0 and Camelina sativa var. &amp;lt;i&amp;gt;Celine&amp;lt;/i&amp;gt; Infested with Myzus persicae Aphids Acquiring Circulative and Noncirculative Viruses Reveals Virus- and Plant-Specific Alterations Relevant to Aphid Feeding Behavior and Transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Golyaev</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rustenholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2302,51 +2302,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cauliflower mosaic virus protein P6‐TAV plays a major role in alteration of aphid vector feeding behaviour but not performance on infected Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Burckbuchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2417,1805 +2417,1805 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03239295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Mutations in Arabidopsis thaliana Metabolic Pathways on Polerovirus Accumulation, Aphid Performance, and Feeding Behavior</w:t>
+                <w:t xml:space="preserve">A synthesis of virus-vector associations reveals important deficiencies in studies on host and vector manipulation by plant viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Bogaert</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kerry E. Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v12020146⟩</w:t>
+              <w:t xml:space="preserve">Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 285, pp.197957. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.virusres.2020.197957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02546443v1</w:t>
+                <w:t xml:space="preserve">hal-03208929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-acquisition effects of viruses on vector behavior are important components of manipulation strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AcDCXR Is a Cowpea Aphid Effector With Putative Roles in Altering Host Immunity and Physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Macwilliams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Dingwall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akiko Sugio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isgouhi Kaloshian</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00442-020-04763-0⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.00605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972219v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synthesis of virus-vector associations reveals important deficiencies in studies on host and vector manipulation by plant viruses</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of Mutations in Arabidopsis thaliana Metabolic Pathways on Polerovirus Accumulation, Aphid Performance, and Feeding Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bogaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Marmonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ziegler-Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virusres.2020.197957⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (2), pp.146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v12020146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208929v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AcDCXR Is a Cowpea Aphid Effector With Putative Roles in Altering Host Immunity and Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacob Macwilliams</w:t>
+                <w:t xml:space="preserve">Post-acquisition effects of viruses on vector behavior are important components of manipulation strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Caballero Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Dingwall</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+                <w:t xml:space="preserve">Roxane Coquelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akiko Sugio</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Yvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerry Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, </w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 194 (3), pp.429-440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2020.00605⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00442-020-04763-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973759v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02972219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and insecticidal activities of novel solanidine derivatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Progress and challenges in identifying molecular mechanisms underlying host and vector manipulation by plant viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerry Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Beaulieu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jacques Attoumbre</w:t>
+                <w:t xml:space="preserve">Jaimie Kenney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pest Management Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ps.5180⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33, pp.7-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02617912v1</w:t>
+                <w:t xml:space="preserve">hal-04120577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progress and challenges in identifying molecular mechanisms underlying host and vector manipulation by plant viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kerry Mauck</w:t>
+                <w:t xml:space="preserve">Aphid effector Me10 interacts with tomato TFT 7, a 14‐3‐3 isoform involved in aphid resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritu Chaudhary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsuan‐chieh Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiangman He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Macwilliams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaimie Kenney</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marcella Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 33, pp.7-18. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 221 (3), pp.1518-1528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.01.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.15475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04120577v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aphid effector Me10 interacts with tomato TFT 7, a 14‐3‐3 isoform involved in aphid resistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Virus effects on plant quality and vector behavior are species specific and do not depend on host physiological phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerry E. Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bogaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ritu Chaudhary</w:t>
+                <w:t xml:space="preserve">Antoine Bamiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hsuan‐chieh Peng</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marcella Teixeira</w:t>
+                <w:t xml:space="preserve">Manuella Catterou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.15475⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 92 (2), pp.791-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10340-019-01082-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04120329v1</w:t>
+                <w:t xml:space="preserve">hal-02627527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virus effects on plant quality and vector behavior are species specific and do not depend on host physiological phenotype</w:t>
+                <w:t xml:space="preserve">Plant infection by two different viruses induce contrasting changes of vectors fitness and behavior.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florent Bogaert</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Couty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Uzest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bamiere</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Ameline</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10340-019-01082-z⟩</w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (1), pp.86-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1744-7917.12508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627527v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant infection by two different viruses induce contrasting changes of vectors fitness and behavior.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and insecticidal activities of novel solanidine derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Stasik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Attoumbre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 26 (1), pp.86-96. </w:t>
+              <w:t xml:space="preserve">Pest Management Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 75 (3), pp.793-800. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1744-7917.12508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ps.5180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608155v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Aphid-Transmitted Turnip yellows virus Differentially Affects Volatiles Emission and Subsequent Vector Behavior in Two Brassicaceae Plants.</w:t>
+                <w:t xml:space="preserve">Plant virus infection influences bottom-up regulation of a plant-aphid-parasitoid system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Claudel</w:t>
+                <w:t xml:space="preserve">Joffrey Moiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Fouché</w:t>
+                <w:t xml:space="preserve">Fabien Spicher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia Krieger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Halter</w:t>
+                <w:t xml:space="preserve">Elise Verrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms19082316⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 91 (1), pp.361-372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10340-017-0911-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01930967v1</w:t>
+                <w:t xml:space="preserve">hal-02020949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary Determinants of Host and Vector Manipulation by Plant Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kerry Mauck</w:t>
+                <w:t xml:space="preserve">Effects of glyphosate application and nitrogen fertilization on the soil and the consequences on aboveground and belowground interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Nivelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Verzeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelie Chabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Virus Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/bs.aivir.2018.02.007⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 311, pp.45-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04120715v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of glyphosate application and nitrogen fertilization on the soil and the consequences on aboveground and belowground interactions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Choice of Tethering Material Influences the Magnitude and Significance of Treatment Effects in Whitefly Electrical Penetration Graph Recordings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerry Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.10.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Insect Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (6), pp.656-671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10905-018-9705-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03615044v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant virus infection influences bottom-up regulation of a plant-aphid-parasitoid system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Aphid-Transmitted Turnip yellows virus Differentially Affects Volatiles Emission and Subsequent Vector Behavior in Two Brassicaceae Plants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joffrey Moiroux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+                <w:t xml:space="preserve">Celia Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Spicher</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Ameline</w:t>
+                <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10340-017-0911-7⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms19082316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02020949v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choice of Tethering Material Influences the Magnitude and Significance of Treatment Effects in Whitefly Electrical Penetration Graph Recordings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary Determinants of Host and Vector Manipulation by Plant Viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerry Mauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kerry Mauck</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Shapiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 31 (6), pp.656-671. </w:t>
+              <w:t xml:space="preserve">Advances in Virus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Advances in Virus Research, 101, pp.189-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10905-018-9705-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/bs.aivir.2018.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04120722v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How the use of nitrogen fertiliser may switch plant suitability for aphids: the case of Miscanthus, a promising biomass crop, and the aphid pest Rhopalosiphum maidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bogaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuella Catterou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4292,77 +4292,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascading effects of N input on tritrophic (plant-aphid-parasitoid) interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Couty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuella Catterou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ameline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (21), pp.7882-7891. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4390,421 +4390,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aphid Parasitoid Mothers Don't Always Know Best through the Whole Host Selection Process</w:t>
+                <w:t xml:space="preserve">Is the Oil Seed Crop Camelina sativa a Potential Host for Aphid Pests?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Le Roux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aude Couty</w:t>
+                <w:t xml:space="preserve">J. Verzeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Couty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ameline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0135661⟩</w:t>
+              <w:t xml:space="preserve">BioEnergy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (1), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12155-014-9497-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04120342v1</w:t>
+                <w:t xml:space="preserve">hal-04120300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Status of the bioenergy crop miscanthus as a potential reservoir for aphid pests</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aphid Parasitoid Mothers Don't Always Know Best through the Whole Host Selection Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ameline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Doury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dubois</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Couty</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 74, pp.103 - 110. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (8), pp.e0135661. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2015.04.055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0135661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04689182v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the Oil Seed Crop Camelina sativa a Potential Host for Aphid Pests?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Status of the bioenergy crop miscanthus as a potential reservoir for aphid pests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ameline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Kerdellant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rombaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ameline</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEnergy Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 8 (1), pp.1-21. </w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74, pp.103 - 110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12155-014-9497-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2015.04.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04120300v1</w:t>
+                <w:t xml:space="preserve">hal-04689182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4848,51 +4848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Then</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiko Sugio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4930,51 +4930,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergistic interactions between the beet mosaic virus potyvirus and the beet yellows closterovirus decrease transmission of the closterovirus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souheyla Khechmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5032,549 +5032,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of CaMV and TuYV proteins responsible for the manipulation of host plant phenotype and aphid vector behavior</w:t>
+                <w:t xml:space="preserve">Identification of plant virus proteins responsible for the manipulation of host phenotype and vector behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024 Kyoto)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">1st European EPG Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05202012v1</w:t>
+                <w:t xml:space="preserve">hal-05202001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of plant virus proteins responsible for the manipulation of host phenotype and vector behavior</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reasons for decreased aphid vector transmission of beet chlorosis virus from sugar beets co-infected with beet yellows virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souheyla Khechmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st European EPG Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Masato Ono, Aug 2024, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05202001v1</w:t>
+                <w:t xml:space="preserve">hal-04916197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasons for decreased aphid vector transmission of beet chlorosis virus from sugar beets co-infected with beet yellows virus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of CaMV and TuYV proteins responsible for the manipulation of host plant phenotype and aphid vector behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Candresse</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Masato Ono, Aug 2024, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024 Kyoto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04916197v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05202012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-acquisition effects of TuYV and CaMV on an aphid vector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Do DCL proteins play a role in the viral manipulation of host plants and vectors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail M. Pooggin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e Rencontres de Virologie Végétale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Aussois (FR), France</w:t>
+              <w:t xml:space="preserve">19. Rencontres de virologie végétale (RVV 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04754055v1</w:t>
+                <w:t xml:space="preserve">hal-04753694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CaMV and TuYV modify the post-acquisition behavior of aphids with consequences on virus transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5619,316 +5645,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do DCL proteins play a role in the viral manipulation of host plants and vectors?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mikhail M. Pooggin</w:t>
+                <w:t xml:space="preserve">Development of an automated video tracking tool that quantifies aphid movement and feeding behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silène Lartigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Calcagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anabella Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Rencontres de virologie végétale (RVV 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Aussois, France</w:t>
+              <w:t xml:space="preserve">Réunion du Réseau "Biologie Adaptative des Pucerons et Organismes Associés"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753694v1</w:t>
+                <w:t xml:space="preserve">hal-05202019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an automated video tracking tool that quantifies aphid movement and feeding behavior</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anabella Heintz</w:t>
+                <w:t xml:space="preserve">Post-acquisition effects of TuYV and CaMV on an aphid vector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du Réseau "Biologie Adaptative des Pucerons et Organismes Associés"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">19e Rencontres de Virologie Végétale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Aussois (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05202019v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A direct effect of the CaMV transmission helper protein P2 on aphid vector behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5979,90 +5979,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome responses of the aphid vector Myzus persicae are shaped by the identities of the host plant and the virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Golyaev</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rustenholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du Réseau "Biologie Adaptative des Pucerons et Organismes Associés".</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
@@ -6091,51 +6091,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cauliflower mosaic protein P2 modulates aphid vector behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6212,51 +6212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Madrid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerry Mauck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shailendra Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6329,64 +6329,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vector manipulation by viruses: The pathosystem Brassicaceae-aphids-phytoviruses, a study case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Couty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyne Uzest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6491,77 +6491,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Sugar Beet Cultivars Exhibiting Antixenosis Through High-Throughput Video-Phenotyping of Aphid Behavior.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabin Mardoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuan Gao</w:t>
+                <w:t xml:space="preserve">Silène Lartigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Calcagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Maupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6603,51 +6603,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of aphid vector feeding behavior to select sugar beet genotypes with reduced yellows virus transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anabella Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6741,77 +6741,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential plant transcriptomic responses induced by phloem-restricted and non-phloem-restricted viruses: consequences for host-vector interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Golyaev</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6866,64 +6866,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between phytovirus and aphids vectors can be modulated depending on vector transmission efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Couty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyne Uzest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7280,51 +7280,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christie Bahlai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Peace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crowder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7565,51 +7565,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="28EA3C8D"/>
+    <w:nsid w:val="817D3BF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7796,51 +7796,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-chesnais" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0481-2335" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223511544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447181v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drucker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marmonier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Schlaefli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol103-art03-GB" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166831v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Nio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Buchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Duval" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mah&#233;o" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Buzy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2025.1635527" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol103-art03" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320117v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christie A Bahlai" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Peace" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W Crowder" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilsa A Bosque&#8208;p&#233;rez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.70180" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861427v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Boissinot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Negrel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15303" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117459v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheyla Khechmar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reinbold" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villeroy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2025.110594" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Armand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia&#8208;grondard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hugueney" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70092" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867733v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sukhikh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Golyaev" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Laboureau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Clavijo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252313199" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861396v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01924-24" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750382v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01115-24" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094116v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pirolles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011161" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006304v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Macwilliams" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Mauck" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isgouhi Kaloshian" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-022-01529-w" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03484012v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penglin Sun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-021-01394-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942207v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz Russell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.208" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659374v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Marmonier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08545-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747649v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00136-22" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239295v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Burckbuchler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail M. Pooggin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13069" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546443v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bogaert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pichon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ziegler-Graff" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12020146" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972219v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Caballero Vidal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Coquelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Yvon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-020-04763-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208929v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry E. Mauck" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2020.197957" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973759v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Dingwall" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Sugio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00605" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617912v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Beaulieu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Stasik" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Attoumbre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.5180" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120577v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaimie Kenney" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.01.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120329v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritu Chaudhary" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsuan&#8208;chieh Peng" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangman He" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Teixeira" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15475" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627527v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bamiere" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-019-01082-z" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608155v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couty" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Uzest" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ameline" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12508" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930967v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Claudel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fouch&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Krieger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Halter" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19082316" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120715v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Shapiro" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aivir.2018.02.007" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03615044v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nivelle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verzeaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Chabot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.10.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02020949v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Moiroux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Spicher" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-017-0911-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120722v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10905-018-9705-x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624070v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rambaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Doury" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.4505" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03615045v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2404" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120342v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135661" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689182v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ameline" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kerdellant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rombaut" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2015.04.055" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120300v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verzeaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couty" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Roux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ameline" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-014-9497-6" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343054v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Then" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343083v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brault" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202012v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202001v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916197v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754055v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753808v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753694v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202019v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Gao" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sil&#232;ne Lartigue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calcagno" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabella Heintz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753735v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202037v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754079v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233726v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Madrid" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailendra Singh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eamonn Keogh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA.2019.00061" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740738v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Arnaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/ICE.2016.93545" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144362v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Mardoc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maupas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208077v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Schechert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Otte" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754108v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743178v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456742v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mathieu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dumont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Dourdaine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniss Moussady" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233714v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herrbach" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-809633-8.21349-6" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233568v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christie Bahlai" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crowder" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilsa Bosque-P&#233;rez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03651140v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016AMIE0030" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-chesnais" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0481-2335" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/223511544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155952v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drucker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marmonier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Schlaefli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol103-art03" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320117v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christie A Bahlai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Peace" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W Crowder" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilsa A Bosque&#8208;p&#233;rez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.70180" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861427v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Boissinot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Negrel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15303" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117459v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheyla Khechmar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reinbold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villeroy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2025.110594" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231686v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Armand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia&#8208;grondard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hugueney" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70092" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166831v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Nio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Buchard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Duval" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mah&#233;o" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Buzy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2025.1635527" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05447181v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol103-art03-GB" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861396v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Golyaev" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01924-24" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750382v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01115-24" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867733v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sukhikh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Laboureau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Clavijo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252313199" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006304v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Macwilliams" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Mauck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isgouhi Kaloshian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-022-01529-w" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094116v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pirolles" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011161" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03484012v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penglin Sun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-021-01394-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659374v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Marmonier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz Russell" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08545-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942207v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.208" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747649v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00136-22" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239295v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Burckbuchler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail M. Pooggin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13069" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208929v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry E. Mauck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2020.197957" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973759v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Dingwall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Sugio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00605" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546443v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bogaert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pichon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ziegler-Graff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12020146" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02972219v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Caballero Vidal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Coquelle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Yvon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-020-04763-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120577v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaimie Kenney" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.01.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120329v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritu Chaudhary" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsuan&#8208;chieh Peng" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangman He" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Teixeira" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15475" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627527v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bamiere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-019-01082-z" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608155v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couty" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Uzest" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ameline" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.12508" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617912v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Beaulieu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Stasik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Attoumbre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.5180" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02020949v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Moiroux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Spicher" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verrier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-017-0911-7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03615044v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nivelle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verzeaux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Chabot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.10.002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120722v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10905-018-9705-x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930967v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Claudel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fouch&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Krieger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Halter" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19082316" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120715v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Shapiro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aivir.2018.02.007" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624070v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rambaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Doury" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.4505" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03615045v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2404" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04120300v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verzeaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couty" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Roux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ameline" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-014-9497-6" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120342v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Roux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135661" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689182v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ameline" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kerdellant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rombaut" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2015.04.055" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343054v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Then" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343083v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brault" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202001v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916197v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202012v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753694v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753808v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202019v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Gao" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sil&#232;ne Lartigue" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calcagno" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabella Heintz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754055v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753735v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202037v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754079v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233726v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Madrid" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shailendra Singh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eamonn Keogh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DSAA.2019.00061" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740738v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Arnaud" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/ICE.2016.93545" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144362v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Mardoc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Maupas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208077v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Schechert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Otte" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754108v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743178v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456742v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mathieu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dumont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Dourdaine" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniss Moussady" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233714v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herrbach" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-809633-8.21349-6" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233568v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christie Bahlai" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crowder" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilsa Bosque-P&#233;rez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03651140v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016AMIE0030" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>