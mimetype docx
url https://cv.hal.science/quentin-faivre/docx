--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -621,310 +621,310 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of PCB trajectories along French river corridors between 1945 and 2018</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconstruction of long-term water quality trends using sediment databases: insights from a multi-criteria analysis performed on the four main French River Basins (1945 - 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brice Mourier</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Coynel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CONTASED 2021 (2020 CoV postponed)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Berne, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02569277v1</w:t>
+                <w:t xml:space="preserve">hal-03837336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction of long-term water quality trends using sediment databases: insights from a multi-criteria analysis performed on the four main French River Basins (1945 - 2018)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of PCB trajectories along French river corridors between 1945 and 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Coynel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONTASED 2021 (2020 CoV postponed)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-2205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837336v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02569277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical equilibrium state, a key to highlight an anthropogenic disturbance: application to the Octeville dredge disposal sediment site (Le Havre harbour, Eastern Bay of Seine)</w:t>
+                <w:t xml:space="preserve">Utilisation de traceurs géochimiques pour étudier la dynamique sédimentaire et l'impact anthropique de dépôts de dragage à proximité d'une zone côtière : exemple en baie de Seine Orientale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Baux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Murat</w:t>
@@ -959,97 +959,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Méar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Estuaries and Coasts (ICEC 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Caen, France</w:t>
+              <w:t xml:space="preserve">26e Réunion des Sciences de la Terre (RST 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01864584v1</w:t>
+                <w:t xml:space="preserve">hal-01864589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de traceurs géochimiques pour étudier la dynamique sédimentaire et l'impact anthropique de dépôts de dragage à proximité d'une zone côtière : exemple en baie de Seine Orientale</w:t>
+                <w:t xml:space="preserve">Dynamical equilibrium state, a key to highlight an anthropogenic disturbance: application to the Octeville dredge disposal sediment site (Le Havre harbour, Eastern Bay of Seine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Baux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Murat</w:t>
@@ -1084,73 +1084,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Méar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Réunion des Sciences de la Terre (RST 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">International Conference on Estuaries and Coasts (ICEC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01864589v1</w:t>
+                <w:t xml:space="preserve">hal-01864584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId37"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1226,51 +1226,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A7E2960"/>
+    <w:nsid w:val="231ADCB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1457,51 +1457,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-faivre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9985-5118" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615076v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-12-1153-2020" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02556187v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deloffre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.138249" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022702v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Baux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Faivre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandric Lesourd" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.02.002" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02569277v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-2205" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837336v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01864584v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M&#233;ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01864589v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-faivre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9985-5118" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615076v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-12-1153-2020" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02556187v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deloffre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.138249" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022702v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Baux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Faivre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandric Lesourd" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.02.002" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837336v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02569277v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-2205" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01864589v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann M&#233;ar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01864584v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>