--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -640,295 +640,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04645973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New experimental measurements of X-ray emissions induced by protons of several tens of MeV on elements with Z=22 to Z=79: Toward quantitative high-energy PIXE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methodology for small animals targeted irradiations at conventional and ultra-high dose rates 65 MeV proton beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+                <w:t xml:space="preserve">Arthur Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mostafa Hazim</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 221, pp.111777. </w:t>
+              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 120, pp.103332. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2024.111777⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2024.103332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04559135v1</w:t>
+                <w:t xml:space="preserve">hal-04556782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for small animals targeted irradiations at conventional and ultra-high dose rates 65 MeV proton beam</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Evin</w:t>
+                <w:t xml:space="preserve">New experimental measurements of X-ray emissions induced by protons of several tens of MeV on elements with Z=22 to Z=79: Toward quantitative high-energy PIXE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Hazim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Grégory Delpon</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 120, pp.103332. </w:t>
+              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 221, pp.111777. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2024.103332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2024.111777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04556782v1</w:t>
+                <w:t xml:space="preserve">hal-04559135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First evidence of in vivo effect of FLASH radiotherapy with helium ions in zebrafish embryos</w:t>
               </w:r>
@@ -1100,51 +1100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Radiation Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (2), pp.101124. </w:t>
@@ -1368,51 +1368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiat.Phys.Chem.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 203, pp.110605. </w:t>
@@ -1502,51 +1502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 500-501, pp.76-82. </w:t>
@@ -2049,51 +2049,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2174,51 +2174,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2299,64 +2299,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2398,51 +2398,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle en ligne du faisceau FLASH au cyclotron ARRONAX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée Générale du GDR MI2B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR MI2B, Jun 2022, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2467,51 +2467,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plateforme d'irradiation du cyclotron ARRONAX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop RadioTransNet : Recherche Préclinique en Protonthérapie &amp; Hadronthérapie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RadioTransNet, Nov 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2530,402 +2530,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03887024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdosimetry and radiolytic species production in UHDR proton beam using GATE and Geant4-DNA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+                <w:t xml:space="preserve">Hydrogen peroxide formation to investigate the radiolytic ROS production mechanism under proton FLASH conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV Geant4 International User Conference at the physics-medicine-biology frontier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Giovanni Mettivier; Sébastien Incerti; Jeremy Brown; Susanna Guatelli; Paolo Russo; Antonio Sarno; Daniele Esposito; Gianfranco Paternò; Silvio Pardi, Oct 2022, Napoli, Italy</w:t>
+              <w:t xml:space="preserve">Assemblée Générale du GdR MI2B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GdR MI2B, Jun 2022, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03886937v1</w:t>
+                <w:t xml:space="preserve">hal-03963165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen peroxide formation to investigate the radiolytic ROS production mechanism under proton FLASH conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+                <w:t xml:space="preserve">High energy PIXE: new K-shell ionization cross-section</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ralite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale du GdR MI2B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GdR MI2B, Jun 2022, Orsay, France</w:t>
+              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03963165v1</w:t>
+                <w:t xml:space="preserve">hal-03752954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High energy PIXE: new K-shell ionization cross-section</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Ralite</w:t>
+                <w:t xml:space="preserve">Microdosimetry and radiolytic species production in UHDR proton beam using GATE and Geant4-DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">IV Geant4 International User Conference at the physics-medicine-biology frontier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Giovanni Mettivier; Sébastien Incerti; Jeremy Brown; Susanna Guatelli; Paolo Russo; Antonio Sarno; Daniele Esposito; Gianfranco Paternò; Silvio Pardi, Oct 2022, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03752954v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High energy ion beam monitoring: X-rays Bremsstrahlung production cross section measurements for carbon target</w:t>
               </w:r>
@@ -2937,51 +2937,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ralite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3291,51 +3291,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses à l'aide de PIXE à haute énergie, de pièces d'argent et de matrices de sceaux en cuivre, provenant des collections du musée Dobrée (France, XIIIe -XIXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pipelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3416,51 +3416,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High energy PIXE: measurements for Cu, Ag and Ti K-shell ionization cross sections and comparisons with theoretical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3541,51 +3541,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High energy PIXE: new K-shell ionization cross sections for titanium, copper, silver, and gold atoms and comparison with theoretical values of ECPSSR/RECPSSR models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3711,51 +3711,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BioALTO platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelia Maia Leite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lanièce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3832,51 +3832,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ralite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4069,64 +4069,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fiegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Craff Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4220,51 +4220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain</w:t>
@@ -4345,51 +4345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain. </w:t>
@@ -4418,51 +4418,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Upgrade of the flash beam monitoring system at ARRONAX cyclotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4793,51 +4793,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Section efficace de production de rayons X de la couche K : qu'en est-il à haute energie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4918,51 +4918,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-destructive analysis: PIXE with high-energy ion beam at the ARRONAX cyclotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5058,51 +5058,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures de sections efficaces d'ionisation et analyses d'objets du patrimoine avec des faisceaux d'ions légers aux énergies des accélérateurs médicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique Nucléaire Expérimentale [nucl-ex]. Ecole nationale supérieure Mines-Télécom Atlantique, 2021. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021IMTA0287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5219,51 +5219,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="22916A69"/>
+    <w:nsid w:val="5384E5AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5450,51 +5450,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-mouchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3002-732X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/263721264" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/177166060200480320865" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/HHS-1725-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304115v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ralite" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Evin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Koumeir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113353" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006269v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bogaerts" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Macaeva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiavassa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110848" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645973v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Rosa Fois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc Tran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fiegel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.17281" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559135v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mouchard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Hazim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2024.111777" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556782v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bongrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.103332" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201747v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghannam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2023.109820" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adro.2022.101124" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267829v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gillon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P Meziani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Louarn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-023-04570-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842584v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110605" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260027v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ralite" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2021.05.013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971995v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Armand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Ashkar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Bai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Bugnon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reina Camacho Toro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311108v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daeun Kwon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Tran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009133v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04246385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craff Emeline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04249398v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245917v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03918327v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03887024v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886937v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03963165v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752954v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Mouchard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752737v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;tivier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03620098v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bongrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01529-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934393v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283860v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pipelier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Echinard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414671v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340202v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hazim" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04700410v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Maia Leite" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lani&#232;ce" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827731v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839761v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Molle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Gallin-Martel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouly" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Collot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04112001v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03901615v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886326v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03885576v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03821657v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Leli&#232;vre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03811023v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283797v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347130v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03738337v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021IMTA0287" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-mouchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3002-732X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/263721264" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/177166060200480320865" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/HHS-1725-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304115v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ralite" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Evin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Koumeir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113353" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006269v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bogaerts" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Macaeva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiavassa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110848" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645973v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Rosa Fois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc Tran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fiegel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.17281" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556782v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bongrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.103332" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559135v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mouchard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Hazim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2024.111777" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201747v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghannam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2023.109820" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adro.2022.101124" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267829v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gillon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P Meziani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Louarn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-023-04570-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842584v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110605" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260027v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ralite" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2021.05.013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971995v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Armand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Ashkar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Bai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Bugnon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reina Camacho Toro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311108v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daeun Kwon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Tran" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009133v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04246385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craff Emeline" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04249398v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245917v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03918327v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03887024v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03963165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752954v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Mouchard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886937v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752737v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;tivier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03620098v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bongrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01529-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934393v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283860v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pipelier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Echinard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414671v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340202v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hazim" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04700410v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Maia Leite" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lani&#232;ce" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827731v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839761v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Molle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Gallin-Martel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouly" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Collot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04112001v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03901615v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886326v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03885576v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03821657v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Leli&#232;vre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03811023v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283797v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347130v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03738337v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021IMTA0287" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>