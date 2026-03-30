--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -1446,265 +1446,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03862279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A software engineering point of view on digital twin architecture</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mining Experienced Developers in Open-source Projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Urtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Vauttier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ETFA 2022 - IEEE 27th International Conference on Emerging Technologies and Factory Automation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Stuttgart, Germany. </w:t>
+              <w:t xml:space="preserve">ENASE 2022 - 17th International Conference on Evaluation of Novel Approaches to Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Online, France. pp.443-452, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ETFA52439.2022.9921617⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5220/0011071800003176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03832378v1</w:t>
+                <w:t xml:space="preserve">hal-03654959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining Experienced Developers in Open-source Projects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A software engineering point of view on digital twin architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlic Bechu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Beugnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gl Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Urtado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENASE 2022 - 17th International Conference on Evaluation of Novel Approaches to Software Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Online, France. pp.443-452, </w:t>
+              <w:t xml:space="preserve">ETFA 2022 - IEEE 27th International Conference on Emerging Technologies and Factory Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Stuttgart, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0011071800003176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ETFA52439.2022.9921617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03654959v1</w:t>
+                <w:t xml:space="preserve">hal-03832378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Profiling Runtime Architecture Code Contributors in Software Projects</w:t>
               </w:r>
@@ -2832,51 +2832,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7225C1C3"/>
+    <w:nsid w:val="7430ADAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2980,51 +2980,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1677A44D"/>
+    <w:nsid w:val="4B965416"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3214,51 +3214,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-perez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1534-4821" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/259347183" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insa-rennes.fr/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diverse-team.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irisa.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cv.hal.science/christelleurtado" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sylvainvauttier.wp.imt.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qperez.github.io/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quentin.perez@irisa.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03939933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Urtado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vauttier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108842" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479340v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel P&#233;lissier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naif Mehanna" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Rudametkin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3774904.3792414" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478146v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lefeuvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Le Goasteller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Galasso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Combemale" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090865v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Queiroz de Medeiros" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT4S68164.2025.00011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166140v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xhevahire T&#235;rnava" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Khelladi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Acher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3744915.3748463" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04425802v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vojtisek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Jansen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MODELS-C59198.2023.00076" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951403v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Latappy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Degueule" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;my Falleri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/saner56733.2023.00092" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03862279v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lic Bechu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beugnard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gl Cao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03832378v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA52439.2022.9921617" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03654959v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011071800003176" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03173312v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Le Borgne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010495804290436" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03177423v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Jean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPC52881.2021.00014" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194787v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18293/SEKE2019-202" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701748v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Asvadi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline G. L. Cao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lohr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03895898v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04157804v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Olmedo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ar&#233;valo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Cassol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-36597-3_8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753097v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Combemale" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03517320v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021EMAL0011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-perez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1534-4821" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/259347183" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.insa-rennes.fr/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diverse-team.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irisa.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cv.hal.science/christelleurtado" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sylvainvauttier.wp.imt.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qperez.github.io/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quentin.perez@irisa.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03939933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Urtado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vauttier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2022.108842" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479340v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel P&#233;lissier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naif Mehanna" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sterenn Roux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Rudametkin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3774904.3792414" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478146v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lefeuvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Le Goasteller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Galasso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Combemale" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090865v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Queiroz de Medeiros" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT4S68164.2025.00011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166140v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xhevahire T&#235;rnava" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Eddine Khelladi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Acher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3744915.3748463" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04425802v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vojtisek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Jansen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MODELS-C59198.2023.00076" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951403v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Latappy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Degueule" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-R&#233;my Falleri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/saner56733.2023.00092" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03862279v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lic Bechu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Beugnard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gl Cao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03654959v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011071800003176" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03832378v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA52439.2022.9921617" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03173312v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Le Borgne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010495804290436" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03177423v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Jean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPC52881.2021.00014" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194787v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18293/SEKE2019-202" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701748v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Asvadi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline G. L. Cao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lohr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03895898v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04157804v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n Olmedo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ar&#233;valo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Cassol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-36597-3_8" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753097v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Combemale" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03517320v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021EMAL0011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>