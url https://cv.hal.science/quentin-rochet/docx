--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Quentin Rochet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Archéologue médiéviste, ingénieur & responsable d'opération </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">quentin-rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4663-2228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">171186060</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">304925025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000416370962</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable d'opération - Archéologie Préventive</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum SAS - Agence de Lyon - 69970 Chaponnay </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page professionnelle - Archeodunum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur associé </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMR 5138 ARAR</w:t></w:r></w:hyperlink><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">, Archéologie & Archéométrie, Lyon.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opérations archéologiques (Préventives & Programmées)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Responsable d'opération :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2025-2026 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grâne (Drôme) « Prieuré Notre-Dame d’Andéa »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti et fouille sédimentaire – Prieuré médiéval et moderne ; 8 semaines ; 3 à 4 personnes ; Opérateur : Archeodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2025 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vaulnaveys-le-Haut (Isère) « Chartreuse de Prémol »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, opération d’archéologie programmée, acquisition LIDAR et prospection thématique – établissement monastique féminin médiéval et moderne ; 2 à 3 personnes ; Porteur de l’opération : Grenoble Alpes Métropole, Opérateur : Archeodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023-2025 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vienne (Isère) « Cloître de Saint-André-le-Haut, couvent des dames nobles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti – abbaye féminine médiévale et moderne ; 6 semaines ; 2 à 3 personnes ; Opérateur : Archeodunum  SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023-2024 ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villeneuve-lez-Avignon (Gard) « Chartreuse du Val de Bénédiction »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire) – chartreuse médiévale ; 6 semaines ; 2 à 3 personnes ; Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romans-sur-Isère (Drôme) « Loubat »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire) – village de potiers médiéval ; 17 semaines ; 11 personnes ; 10 000 m² Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vienne (Isère)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Cathédrale Saint Maurice - Massif occidental »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> étude archéologique du bâti – cathédrale médiévale ; 3 semaines ; 2 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chambéry (Savoie) « Musée Savoisien »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire et étude du bâti) – couvent médiéval et palais épiscopal moderne ; 28 semaines ; 4 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2018-2019 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vienne (Isère) « ancienne église Saint-Georges »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti – chapelle VIe-XIIIe siècle ; 6 semaines ; 4 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016-2017-2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Roche-des-Arnauds (Hautes-Alpes) « Chartreuse de Bertaud »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">](</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://bertaud.hypotheses.org/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), Prospections thématiques, microtopographie et sondages – Chartreuse de femme XIIIe-XVe ; 3 semaines ; 10 personnes. Fouille programmée / Association pour l’Histoire et l’Archéologie de la Chartreuse de Bertaud (AHACB)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2017 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chancelade (Dordogne) « abbaye de Chancelade »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réfection de l’abbatiale phase II », fouilles préventives (sédimentaire) – Nécropole médiévale et système d’adduction d’eau médiéval et moderne ; 3 semaines ; 5 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulon (Var) « Ancien hôpital Chalucet »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire et étude documentaire) – Hospice de charité et hôtel-Dieu moderne ; 9 semaines ; 7 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint-Gervais-les-Bains (Haute-Savoie) « Clocher Saint Gervais et Saint Potras »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti (bâti et étude documentaire) – Clocher médiéval (XIVe-XVe) ; 2 semaines ; 2 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016-2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thonon-les-bains (Haute-Savoie) « Ancien couvent de la Visitation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti et fouilles préventives (bâti, sédimentaire et étude documentaire) – Couvent XVIe-XXe ; 7 semaines ; 2 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villars-les-Dombes (Ain) « rue de l’Agriculture »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Occupation médiéval, atelier de tuilier, fossé castral ; 4 semaines ; 5 personnes ; 1200 m². Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livron-sur-Drôme (Drôme) « collégiale Saint-Prix »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique préalable (bâti et étude documentaire) – Collégiale XVe-XVIIe ; 1 semaine ; 1 personne ; Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Responsable Adjoint :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tremblay-en-France (Seine-Saint-Denis) « chemin du ruisseau 2 »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Occupation rurale médiévale ; 15 semaines ; 13 personnes ; 12000 m². Opérateur : Archéodunum SAS ; Responsable d’opération : Agata POIROT.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint Apollinaire (Côtes d’Or) « Val Sully »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Etablissement gallo-romain et haut moyen age ; 5 semaines ; 5 personnes ; 3800 m². Opérateur : Archéodunum SAS ; Responsable d’opération : François PRIOUX.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint Aubin (Aube) « La Gloriette »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Nécropole protohistorique, habitat et nécropole médiéval ; 10 semaines ; 10 personnes ; 35000 m². Opérateur : Archéodunum SAS & Paléotime ; Responsable d’opération : Guillaume VARENNES.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2013-2014 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colombier-Saugnieu (Rhône) « Arassieux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Habitat et nécropole médiéval ; 9 semaines ; 5 personnes ; 4800 m². Opérateur : Archéodunum SAS ; Responsable d’opération : David JOUNEAU.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2013 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaponost (Rhône) « Place Foch »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire et étude de bâti) – site castral, nécropole et église médiévale à contemporain ; 6 semaines ; 5 personnes ; 1100 m². Opérateur : Archéodunum SAS ; Responsable d’opération : Josselin DERBIER.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Responsable de Secteur :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epagny Metz Tessy (Haute-Savoie) « Change – Centre hospitalier Annecy Genevois »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire et étude du bâti) ; 3 semaines - 2 personnes (étude du bâti) ; Opérateur : Archéodunum SAS ; Responsable d’opération : David JOUNEAU.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Montbrison (Loire) « Couvent des Cordeliers »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Couvent franciscain médiéval et moderne ; 13 semaines ; 6 personnes ; 700 m². Opérateur : Archéodunum SAS ; Responsable d’opération : David JOUNEAU.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Technicien :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2007-auj. : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">19 chantiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - archéologie préventive et programmée - totalisant 92 semaines d'intervention terrain.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les filles de saint Bruno au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes. , 2013, Collection Mnémosyne, 978-2-7535-2750-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ancien hôpital Chalucet : histoire et archéologie d’un îlot toulonnais remarquable (XVIIe-XIXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du Centre archéologique du Var</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21, pp.129-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METZ-TESSY-ÉPAGNY, hameau du Petit-Metz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue savoisienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 161, pp. 257-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étude archéologique de la maison forte de Marandière à Estivareilles (42)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Groupe de Recherches Archéologiques de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30, pp.26-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04581653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers pas vers la chartreuse de Bertaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Derbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Léoncel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Actes du colloque de 2017, 28, pp.5-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensembles funéraires protohistoriques et occupations médiévales à &amp;quot; La Gloriette &amp;quot; (Saint-Aubin, Aube)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Varennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société archéologique champenoise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 109 (1/2016), pp.23-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étude archéologique de la maison forte de Marandière à Estivareilles (42)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vincent Georges; Michel Pouzadoux; Jean-François Parrot; Fédération des groupes de recherches archéologiques de la Loire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards sur l’archéologie dans la Loire 2018-2021. Actes des journées d’études de 2018 et 2021 organisées par la Fédération des groupes de recherches archéologiques de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 53, pp.203-228, 2025, Recueil de Mémoires et Documents sur le Forez, 978-2-911623-36-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Gervais-le-Bains, Clocher Saint Gervais et Saint Protais, étude d’archéologie du bâti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De cols en vallées, Parcours en Faucigny médiéval et moderne, Actes du colloque d'Archéologie et d'Histoire, Bonneville, 1 &amp; 2 octobre 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département de la Haut-Savoie, pp.153-155, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couvent des Cordeliers de Montbrison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Charbouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Montbrison médiéval, Actes du colloques de Montbrison du 6 avril 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Diana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-114, 2017, 978-2-911623-40-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03652667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ancienne église Saint-Georges de Vienne (38)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Archéologie du bâti, Aujourd'hui et demain" ABAD 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Auxerre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03105587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tremblay-en-France (93) - «chemin du ruisseau» tranche 1 et 2, établissements médiévaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationale de l'Archéologie 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaulnaveys-le-Haut, Chartreuse de Prémol : Campagne de prospection 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy Crochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum; Grenoble Alpes Metropole. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romans-sur-Isère &amp;quot;Loubat&amp;quot; : Un village de potiers des IXe-Xe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Tramon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat-Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vienne, Cathédrale Saint-Maurice, Massif Occidental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Zannettacci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archeodunum : Demande de renouvellement d'agrément 2024 à 2028. Bilan et perspectives scientifiques. Extraits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Caroline Kurzaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Alascia-Morado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat-Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chambéry (73), Musée Savoisien, ancien couvent franciscain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Lorphelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epagny Metz-Tessy, ZAC de la Bouvarde &amp;quot;Les Plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Lorphelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vienne de la fin de l'antiquité tardive à l'époque moderne : pour un atlas de la ville médiévale, Projet collectif de recherche, Rapport intermédiaire – 2ème année du programme triennal 2020-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Boissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Flammin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dessaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 5138 - Archéologie et Archéométrie; Service régional de l'Archéologie Rhône-Alpes; LUHCIE - Laboratoire Universitaire Histoire Cultures Italie Europe; Département de l'Isère. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thonon-les-Bains, Ancien Couvent de la Visitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Devillechaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vienne, Ancienne église Saint-Georges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Bouticourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulon, Ancien hôpital Chalucet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Gourvennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Foucras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chancelade (24) Abbaye - Restauration de l'abbatiale, phase II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giraud Cécile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estivareilles (42), Maison forte de Marandière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Polinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2018, pp.310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">St-Gervais-les-Bains, Clocher de Saint-Gervais et Saint-Protais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Bouticourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TREMBLAY-EN-FRANCE, RD 88, Route de Villepinte. Occupations rurales au bord du Sausset, étude diachronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum SAS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevoux. Maison des Sires de Villars - Hôtel de Pierre et Anne de Bourbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Bouticourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TREMBLAY-EN-FRANCE, Route de Villepinte, chemin des Ruisseaux. Occupations rurales au bord du Sausset, étude diachronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Flottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum SAS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude historique et documentaire sur l’ancienne chartreuse de Sainte-Croix-en-Jarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Derbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum; Parc naturel régional du Pilat. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villars-les-Dombes - Rue de l’Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ducreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Flori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livron-sur-Drôme, &amp;quot;Collégiale Saint-Prix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Veissière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaponost, Place Maréchal Foch - Place du 8 mai 1945</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Derbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Bonaventure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Charbouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habitat médiéval d’Arassieux (Colombier-Saugnieu, Rhône)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Blomjous-Senn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Foucras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04702175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montbrison (42), Place Eugène Beaume - Médiathèque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Boissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Charbouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2013, pp.1827 (3 Vol)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La-Voulte-sur-Rhône (07), Domaine de la Boissine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2012, pp.207 (2 Vol)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Remy-de-Blot (63), «Château Rocher» Logis Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Silvino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2009, pp.141 (3 VOL)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04793720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId100"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Quentin Rochet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Archéologue médiéviste, ingénieur & responsable d'opération </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">quentin-rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4663-2228</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">171186060</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">304925025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000416370962</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable d'opération - Archéologie Préventive</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum SAS - Agence de Lyon - 69970 Chaponnay </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page professionnelle - Archeodunum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur associé </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMR 5138 ARAR</w:t></w:r></w:hyperlink><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">, Archéologie & Archéométrie, Lyon.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opérations archéologiques (Préventives & Programmées)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Responsable d'opération :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2025-2026 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grâne (Drôme) « Prieuré Notre-Dame d’Andéa »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti et fouille sédimentaire – Prieuré médiéval et moderne ; 8 semaines ; 3 à 4 personnes ; Opérateur : Archeodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2025 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vaulnaveys-le-Haut (Isère) « Chartreuse de Prémol »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, opération d’archéologie programmée, acquisition LIDAR et prospection thématique – établissement monastique féminin médiéval et moderne ; 2 à 3 personnes ; Porteur de l’opération : Grenoble Alpes Métropole, Opérateur : Archeodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023-2025 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vienne (Isère) « Cloître de Saint-André-le-Haut, couvent des dames nobles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti – abbaye féminine médiévale et moderne ; 6 semaines ; 2 à 3 personnes ; Opérateur : Archeodunum  SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023-2024 ; </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villeneuve-lez-Avignon (Gard) « Chartreuse du Val de Bénédiction »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire) – chartreuse médiévale ; 6 semaines ; 2 à 3 personnes ; Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romans-sur-Isère (Drôme) « Loubat »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire) – village de potiers médiéval ; 17 semaines ; 11 personnes ; 10 000 m² Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vienne (Isère)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Cathédrale Saint Maurice - Massif occidental »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> étude archéologique du bâti – cathédrale médiévale ; 3 semaines ; 2 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chambéry (Savoie) « Musée Savoisien »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire et étude du bâti) – couvent médiéval et palais épiscopal moderne ; 28 semaines ; 4 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2018-2019 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vienne (Isère) « ancienne église Saint-Georges »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti – chapelle VIe-XIIIe siècle ; 6 semaines ; 4 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016-2017-2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Roche-des-Arnauds (Hautes-Alpes) « Chartreuse de Bertaud »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">](</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://bertaud.hypotheses.org/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), Prospections thématiques, microtopographie et sondages – Chartreuse de femme XIIIe-XVe ; 3 semaines ; 10 personnes. Fouille programmée / Association pour l’Histoire et l’Archéologie de la Chartreuse de Bertaud (AHACB)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2017 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chancelade (Dordogne) « abbaye de Chancelade »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réfection de l’abbatiale phase II », fouilles préventives (sédimentaire) – Nécropole médiévale et système d’adduction d’eau médiéval et moderne ; 3 semaines ; 5 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulon (Var) « Ancien hôpital Chalucet »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, fouilles préventives (sédimentaire et étude documentaire) – Hospice de charité et hôtel-Dieu moderne ; 9 semaines ; 7 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint-Gervais-les-Bains (Haute-Savoie) « Clocher Saint Gervais et Saint Potras »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti (bâti et étude documentaire) – Clocher médiéval (XIVe-XVe) ; 2 semaines ; 2 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2016-2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thonon-les-bains (Haute-Savoie) « Ancien couvent de la Visitation »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique du bâti et fouilles préventives (bâti, sédimentaire et étude documentaire) – Couvent XVIe-XXe ; 7 semaines ; 2 personnes. Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villars-les-Dombes (Ain) « rue de l’Agriculture »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Occupation médiéval, atelier de tuilier, fossé castral ; 4 semaines ; 5 personnes ; 1200 m². Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livron-sur-Drôme (Drôme) « collégiale Saint-Prix »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, étude archéologique préalable (bâti et étude documentaire) – Collégiale XVe-XVIIe ; 1 semaine ; 1 personne ; Opérateur : Archéodunum SAS</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Responsable Adjoint :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2015 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tremblay-en-France (Seine-Saint-Denis) « chemin du ruisseau 2 »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Occupation rurale médiévale ; 15 semaines ; 13 personnes ; 12000 m². Opérateur : Archéodunum SAS ; Responsable d’opération : Agata POIROT.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint Apollinaire (Côtes d’Or) « Val Sully »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Etablissement gallo-romain et haut moyen age ; 5 semaines ; 5 personnes ; 3800 m². Opérateur : Archéodunum SAS ; Responsable d’opération : François PRIOUX.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2014 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint Aubin (Aube) « La Gloriette »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Nécropole protohistorique, habitat et nécropole médiéval ; 10 semaines ; 10 personnes ; 35000 m². Opérateur : Archéodunum SAS & Paléotime ; Responsable d’opération : Guillaume VARENNES.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2013-2014 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colombier-Saugnieu (Rhône) « Arassieux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Habitat et nécropole médiéval ; 9 semaines ; 5 personnes ; 4800 m². Opérateur : Archéodunum SAS ; Responsable d’opération : David JOUNEAU.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2013 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaponost (Rhône) « Place Foch »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire et étude de bâti) – site castral, nécropole et église médiévale à contemporain ; 6 semaines ; 5 personnes ; 1100 m². Opérateur : Archéodunum SAS ; Responsable d’opération : Josselin DERBIER.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Responsable de Secteur :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2018 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epagny Metz Tessy (Haute-Savoie) « Change – Centre hospitalier Annecy Genevois »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire et étude du bâti) ; 3 semaines - 2 personnes (étude du bâti) ; Opérateur : Archéodunum SAS ; Responsable d’opération : David JOUNEAU.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Montbrison (Loire) « Couvent des Cordeliers »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fouilles préventives (sédimentaire) – Couvent franciscain médiéval et moderne ; 13 semaines ; 6 personnes ; 700 m². Opérateur : Archéodunum SAS ; Responsable d’opération : David JOUNEAU.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Opérations comme Technicien :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2007-auj. : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">19 chantiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - archéologie préventive et programmée - totalisant 92 semaines d'intervention terrain.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les filles de saint Bruno au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes. , 2013, Collection Mnémosyne, 978-2-7535-2750-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ancien hôpital Chalucet : histoire et archéologie d’un îlot toulonnais remarquable (XVIIe-XIXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue du Centre archéologique du Var</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21, pp.129-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METZ-TESSY-ÉPAGNY, hameau du Petit-Metz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue savoisienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 161, pp. 257-264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étude archéologique de la maison forte de Marandière à Estivareilles (42)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Groupe de Recherches Archéologiques de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30, pp.26-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04581653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers pas vers la chartreuse de Bertaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Derbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Léoncel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Actes du colloque de 2017, 28, pp.5-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensembles funéraires protohistoriques et occupations médiévales à &amp;quot; La Gloriette &amp;quot; (Saint-Aubin, Aube)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Varennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société archéologique champenoise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 109 (1/2016), pp.23-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étude archéologique de la maison forte de Marandière à Estivareilles (42)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vincent Georges; Michel Pouzadoux; Jean-François Parrot; Fédération des groupes de recherches archéologiques de la Loire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards sur l’archéologie dans la Loire 2018-2021. Actes des journées d’études de 2018 et 2021 organisées par la Fédération des groupes de recherches archéologiques de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 53, pp.203-228, 2025, Recueil de Mémoires et Documents sur le Forez, 978-2-911623-36-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Gervais-le-Bains, Clocher Saint Gervais et Saint Protais, étude d’archéologie du bâti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De cols en vallées, Parcours en Faucigny médiéval et moderne, Actes du colloque d'Archéologie et d'Histoire, Bonneville, 1 &amp; 2 octobre 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département de la Haut-Savoie, pp.153-155, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le couvent des Cordeliers de Montbrison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Charbouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Montbrison médiéval, Actes du colloques de Montbrison du 6 avril 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Diana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-114, 2017, 978-2-911623-40-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03652667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ancienne église Saint-Georges de Vienne (38)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Archéologie du bâti, Aujourd'hui et demain" ABAD 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Auxerre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03105587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tremblay-en-France (93) - «chemin du ruisseau» tranche 1 et 2, établissements médiévaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Nationale de l'Archéologie 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03106755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vaulnaveys-le-Haut, Chartreuse de Prémol : Campagne de prospection 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy Crochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum; Grenoble Alpes Metropole. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romans-sur-Isère &amp;quot;Loubat&amp;quot; : Un village de potiers des IXe-Xe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Tramon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat-Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05514791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archeodunum : Demande de renouvellement d'agrément 2024 à 2028. Bilan et perspectives scientifiques. Extraits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Caroline Kurzaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Alascia-Morado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat-Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vienne, Cathédrale Saint-Maurice, Massif Occidental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Zannettacci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04668830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chambéry (73), Musée Savoisien, ancien couvent franciscain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Lorphelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epagny Metz-Tessy, ZAC de la Bouvarde &amp;quot;Les Plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auriane Lorphelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vienne de la fin de l'antiquité tardive à l'époque moderne : pour un atlas de la ville médiévale, Projet collectif de recherche, Rapport intermédiaire – 2ème année du programme triennal 2020-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Boissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Flammin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Baud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cavero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dessaint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 5138 - Archéologie et Archéométrie; Service régional de l'Archéologie Rhône-Alpes; LUHCIE - Laboratoire Universitaire Histoire Cultures Italie Europe; Département de l'Isère. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thonon-les-Bains, Ancien Couvent de la Visitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Devillechaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vienne, Ancienne église Saint-Georges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Bouticourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toulon, Ancien hôpital Chalucet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Gourvennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Foucras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chancelade (24) Abbaye - Restauration de l'abbatiale, phase II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giraud Cécile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estivareilles (42), Maison forte de Marandière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Polinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2018, pp.310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">St-Gervais-les-Bains, Clocher de Saint-Gervais et Saint-Protais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Bouticourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Turgis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TREMBLAY-EN-FRANCE, RD 88, Route de Villepinte. Occupations rurales au bord du Sausset, étude diachronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum SAS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevoux. Maison des Sires de Villars - Hôtel de Pierre et Anne de Bourbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Bouticourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TREMBLAY-EN-FRANCE, Route de Villepinte, chemin des Ruisseaux. Occupations rurales au bord du Sausset, étude diachronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Poirot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurie Flottes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum SAS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03672269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude historique et documentaire sur l’ancienne chartreuse de Sainte-Croix-en-Jarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Derbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum; Parc naturel régional du Pilat. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Villars-les-Dombes - Rue de l’Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Ducreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Faisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Flori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01429294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livron-sur-Drôme, &amp;quot;Collégiale Saint-Prix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Veissière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaponost, Place Maréchal Foch - Place du 8 mai 1945</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Derbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Bonaventure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Charbouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Collomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01522110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habitat médiéval d’Arassieux (Colombier-Saugnieu, Rhône)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Ancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Blomjous-Senn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Foucras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archeodunum. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04702175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montbrison (42), Place Eugène Beaume - Médiathèque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jouneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baradat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Boissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Charbouillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Collombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2013, pp.1827 (3 Vol)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La-Voulte-sur-Rhône (07), Domaine de la Boissine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2012, pp.207 (2 Vol)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Remy-de-Blot (63), «Château Rocher» Logis Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Silvino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Rochet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2009, pp.141 (3 VOL)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04793720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId100"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="64A7173F"/>
+    <w:nsid w:val="8A53DB26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="ABD0DFC3"/>
+    <w:nsid w:val="4D8C3706"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="32A4771E"/>
+    <w:nsid w:val="9B6D72BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="16404F46"/>
+    <w:nsid w:val="61D02DBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -699,51 +699,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="69C986B6"/>
+    <w:nsid w:val="9B84FE36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -942,51 +942,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-rochet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4663-2228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171186060" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/304925025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000416370962" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeodunum.com/notice_auteur/quentin-rochet/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arar.mom.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bertaud.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522175v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rochet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686184v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866742v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04581653v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Briand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Collomb" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649757v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Derbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699843v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503783v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929795v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652667v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jouneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Charbouillot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladiana.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105587v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106755v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Poirot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514876v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Crochat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Turgis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514791v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gary" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tramon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat-Joly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668830v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zannettacci" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04637922v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Kurzaj" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blanchard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia-Morado" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04397980v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Lorphelin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gandia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976327v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649756v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boissard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Flammin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessaint" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584936v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Devillechaise" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000676v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Bouticourt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996602v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gourvennec" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meunier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foucras" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575903v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giraud C&#233;cile" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Joly" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Polinski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161193v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672296v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284389v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672269v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522080v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429294v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducreux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faisse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Flori" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Veissi&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522110v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bonaventure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702175v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Blomjous-Senn" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803069v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802745v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacob" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793720v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/quentin-rochet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4663-2228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171186060" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/304925025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000416370962" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archeodunum.com/notice_auteur/quentin-rochet/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arar.mom.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bertaud.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522175v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rochet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686184v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866742v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04581653v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Briand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Collomb" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649757v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Derbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699843v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503783v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929795v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652667v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jouneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Charbouillot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladiana.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105587v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106755v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Poirot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514876v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Crochat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Turgis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514791v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gary" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tramon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat-Joly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04637922v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Kurzaj" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blanchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Alascia-Morado" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668830v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zannettacci" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04397980v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Lorphelin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gandia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976327v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649756v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boissard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Flammin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cavero" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessaint" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584936v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Devillechaise" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000676v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Bouticourt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996602v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gourvennec" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meunier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foucras" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575903v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giraud C&#233;cile" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Joly" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Polinski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161193v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672296v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284389v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672269v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522080v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429294v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducreux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faisse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Flori" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Veissi&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522110v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bonaventure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702175v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Blomjous-Senn" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803069v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802745v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacob" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793720v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Dupuis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>