--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1361,204 +1361,204 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plio-Pleistocene continental molluscs from the Bresse (Eastern France): early steps in the reappraisal of J.J. Puisségur’s collection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ecology and distribution of the terrestrial molluscs living in the 'Catacombs of Paris' (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Wackenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lozouet</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th European Congress of Malacological Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Heraklion, Greece</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Herakleion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717961v1</w:t>
+                <w:t xml:space="preserve">hal-04717954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecology and distribution of the terrestrial molluscs living in the 'Catacombs of Paris' (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plio-Pleistocene continental molluscs from the Bresse (Eastern France): early steps in the reappraisal of J.J. Puisségur’s collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Wackenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marina Ferrand</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lozouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th European Congress of Malacological Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Herakleion, France</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717954v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions of the study of continental Mediterranean Holocene fossil mollusc assemblages to the conservation of an endangered group</w:t>
               </w:r>
@@ -3107,273 +3107,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03887647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Middle Holocene palaeoenvironments and paleoclimates in the Middle Atlas: the multidisciplinary study of a ‘real’ tufa in Morocco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude paléoenvironnementale d’un tuf calcaire holocène du Moyen Atlas marocain (Aït Said ou Idder) : observations de terrain et données préliminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Wackenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dabkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larbi Boudad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Central European Conference on Geomorphology and Quaternary Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Giessen, Germany</w:t>
+              <w:t xml:space="preserve">Colloque AFEQ-CNF-INQUA Q12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887644v1</w:t>
+                <w:t xml:space="preserve">hal-03887643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude paléoenvironnementale d’un tuf calcaire holocène du Moyen Atlas marocain (Aït Said ou Idder) : observations de terrain et données préliminaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Middle Holocene palaeoenvironments and paleoclimates in the Middle Atlas: the multidisciplinary study of a ‘real’ tufa in Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dabkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Wackenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larbi Boudad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Fiorillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque AFEQ-CNF-INQUA Q12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">Central European Conference on Geomorphology and Quaternary Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Giessen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887643v1</w:t>
+                <w:t xml:space="preserve">hal-03887644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3737,51 +3737,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ryelandt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wackenheim" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bichain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61733/jconch/4517" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669290v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Durr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Schoenfelder" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12657/folmal.032.015" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419839v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Sirdeys" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollivier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.18641" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940286v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Richter" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wolf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Juan Garc&#237;a-Tortosa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyac033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614708v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egqsj-71-45-2022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03670310v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Depreux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lef&#232;vre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-11353-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boudad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.13783" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946435v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Fichet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hesnard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Hors&#225;k" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2020a7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005786v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Jochum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Est&#233;e Bochud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ferrand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/subtbiol.36.58977" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529954v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717961v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lozouet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717954v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385377v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701940v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Preece" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701933v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Faust" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bussi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701918v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701910v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526714v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529983v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530087v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Horsak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717971v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286592v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Granai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887650v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887647v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887644v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887643v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887639v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ryelandt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wackenheim" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bichain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61733/jconch/4517" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669290v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Durr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Schoenfelder" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12657/folmal.032.015" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419839v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Sirdeys" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollivier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dabkowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.18641" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940286v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Richter" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wolf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Juan Garc&#237;a-Tortosa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyac033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614708v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egqsj-71-45-2022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03670310v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Depreux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lef&#232;vre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-11353-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boudad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.13783" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946435v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Fichet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hesnard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Hors&#225;k" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2020a7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005786v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Jochum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Est&#233;e Bochud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ferrand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/subtbiol.36.58977" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529954v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717954v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717961v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lozouet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385365v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385377v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701940v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Preece" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701933v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Faust" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bussi&#232;re" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701918v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701910v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526714v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02529983v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530087v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Horsak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717971v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286592v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Granai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887650v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887647v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887643v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887644v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887639v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>