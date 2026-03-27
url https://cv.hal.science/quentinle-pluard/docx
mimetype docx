--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,91 +100,91 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antigone en Lusitanie : De l'étendue du devoir de conseil d'une société de pompes funèbres et de l'obligation y afférente de se renseigner sur l'usage concrètement envisagé du cercueil vendu : Note sous Cass. com., 13 nov. 2025, n° 23-22.932, FS-BR</w:t>
+                <w:t xml:space="preserve">Antigone en Lusitanie. De l'étendue du devoir de conseil d'une société de pompes funèbres et de l'obligation y afférente de se renseigner sur l'usage concrètement envisagé du cercueil vendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 2, pp.38-42</w:t>
+              <w:t xml:space="preserve">, 2026, 2, pp.38-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05526643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -264,2306 +264,2306 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Droit et de l’éthique en matière d’obstination déraisonnable</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Hazif-Thomas</w:t>
+                <w:t xml:space="preserve">De la dignité de docteur ou « y a-t-il un docteur dans l’avion ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 96, pp.119-133</w:t>
+              <w:t xml:space="preserve">, 2025, 95 (2), pp.119-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05510374v1</w:t>
+                <w:t xml:space="preserve">hal-05138496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tiers digne de confiance. « S'il vous plait... dessine-moi un tiers digne de confiance ! »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Le tiers dans le code civil, Suppl. 235, pp.28-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05030655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le transhumanisme et le Droit [résumé de thèse]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+                <w:t xml:space="preserve">Du Droit et de l’éthique en matière d’obstination déraisonnable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Hazif-Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 96, pp.119-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le transhumanisme et le Droit [résumé de thèse]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale de droit médical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2025, 96, pp.109-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'utilisation du métal humain. L’humanité du droit funéraire, entre économie et écologie : Note sous CE, 5e ch., no 472830, 7 mai 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 22, pp.15-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05138482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du principe de préférence familiale et du rappel de son applicabilité à la révision des mesures de protection juridique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 31, pp.21-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horresco referens! Droit médical et recherche dans une nouvelle d’H.P. Lovecraft (&amp;quot;Herbert West, Réanimateur&amp;quot; (1921-1922) ou le dévoiement de la curiosité médicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers François Citoys : Études et recherches sanitaires et médico-sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Droit médical et littérature, 1, pp.153-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Valentin au Conseil constitutionnel : dignités, humains et êtres vivants doués de sensibilités, distinctions et spectacles d’animaux, Note sous Cons. const., 14 févr. 2025, décision n° 2024-1211 QPC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 13, pp.25-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05030639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards juridiques sur l’asile d’Arkham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 97, pp.39-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tempête dans un clystère : Déontologie médicale et figure du médecin chez Molière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers François Citoys : Études et recherches sanitaires et médico-sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Droit médical et littérature, 1, pp.63-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fins du droit médical dans la littérature de science-fiction. En finir et définir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers François Citoys : Études et recherches sanitaires et médico-sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Droit médical et littérature, 1, pp.167-177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">De la dignité de docteur ou « y a-t-il un docteur dans l’avion ? »</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeux antiques, santé et droit : D’Olympie à Paris, en passant par Rome et Jérusalem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue droit &amp; santé : la revue juridique des entreprises de santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 120, pp.465-473</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’immortalité en ce jardin. Immortalité humaine et bioéthique : la condition de mortel est-elle vraiment d’ordre public ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (3), pp.103-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.54695/jibes.353.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transhumanisme et droit naturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de philosophie du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.11-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scolie sur l’évolution du droit médical érotique : Des maladies vénériennes aux remèdes aphrodisiaques, &amp;quot;iatrique ou pas&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médecine &amp; Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 185, pp.23-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meddro.2023.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relecture juridique de la nouvelle &amp;quot;Le molosse&amp;quot; d’H. P. Lovecraft : Cave canem !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Fantastique et droit, 2 (54), pp.58-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/otra.054.0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La confirmation administrative du caractère indélébile de la mention du baptême sur les registres paroissiaux : note sous CE, 10e et 9e ss-sect. réunies, 2 févr. 2024, no 461093</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.15-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le médecin, homme de l’art ou homme de science aux yeux du droit : Choisir entre Apollon et Hermès au chevet de la médecine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éthique &amp; Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (3), pp.183-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.etiqe.2024.05.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’article 1192 du Code civil interdisant la dénaturation des clauses claires et précises à l’aune de la jurisprudence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 222 (2), pp.45-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’espèce… Frontière de l’infini !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 95 (2), pp.119-151</w:t>
+              <w:t xml:space="preserve">, 2024, 93, pp.81-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...392 lines deleted...]
-                <w:t xml:space="preserve">La confirmation administrative du caractère indélébile de la mention du baptême sur les registres paroissiaux : note sous CE, 10e et 9e ss-sect. réunies, 2 févr. 2024, no 461093</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halloween au Conseil constitutionnel : Dignité de la personne humaine, reprise de sépulture, crémation et information des tiers : Note sous Cons. const., 31 oct. 2024, décision no 2024-1110 QPC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 12, pp.15-18</w:t>
+              <w:t xml:space="preserve">, 2024, 12, pp.23-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...266 lines deleted...]
-                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les directives anticipées psychiatriques : un dispositif juridique issu du droit des malades et des personnes en fin de vie et réorienté au bénéfice des personnes souffrant de troubles psychiatriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Hazif-Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 93, pp.81-86</w:t>
+              <w:t xml:space="preserve">, 2023, 89, pp.55-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Halloween au Conseil constitutionnel : Dignité de la personne humaine, reprise de sépulture, crémation et information des tiers : Note sous Cons. const., 31 oct. 2024, décision no 2024-1110 QPC</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La main, le sacré et le droit : Réflexions sur le symbolisme de la main de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signatures internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7, pp.22-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dénaturation d’un contrat d’assurance portant sur l’activité de transitaire : Le juge de cassation, entre précision et flou artistique : Note sous Cass., com., 4 oct. 2023, no 21-19.681</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 12, pp.23-26</w:t>
+              <w:t xml:space="preserve">, 2023, 38, pp.22-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...123 lines deleted...]
-                <w:t xml:space="preserve">Cyril Hazif-Thomas</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insigne des professions médicales : Un serpent : ça va, deux : bonjour les dégâts !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 89, pp.55-70</w:t>
+              <w:t xml:space="preserve">, 2023, 87 (2), pp.105-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Insigne des professions médicales : Un serpent : ça va, deux : bonjour les dégâts !</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’égide de Zeus et le droit de la bioéthique : Reforger le bouclier juridique de la personne humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue générale de droit médical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 87 (2), pp.105-112</w:t>
+              <w:t xml:space="preserve">, 2023, 88 (3), pp.63-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dénaturation d’un contrat d’assurance portant sur l’activité de transitaire : Le juge de cassation, entre précision et flou artistique : Note sous Cass., com., 4 oct. 2023, no 21-19.681</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méconnaissance dirimante de la langue du testament olographe par le testateur : note sous Cass., civ. 1e, 9 juin 2021, n°19-21.770</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 38, pp.22-25</w:t>
+              <w:t xml:space="preserve">, 2021, 26, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fañch et le juge constitutionnel : note sous Cons. const., décision n° 2021-818 DC du 21 mai 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue générale de droit médical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 88 (3), pp.63-75</w:t>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 873</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'incapacité de recevoir à titre gratuit du professionnel de santé et l'existence de la maladie létale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Raoul-Cormeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 09, pp.509</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03162356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Maxime Péron</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fin de l'humanisme juridique ? Vers un dépassement de l'Homme comme seule fin du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, L'humain en transformation : Entre transhumanisme et humanité, 11, pp.109-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.2798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La loi des truands et la loi des caves : exemple inspirant de pluralisme normatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temps Noir. La Revue des Littératures Policière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22 (Les tontons flingueurs), pp.249-261</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...76 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le transhumanisme face au droit et à l’éthique de Jean Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Hazif-Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éthique &amp; Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 16 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2683,378 +2683,378 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.0 - 14/04/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-0-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le transhumanisme et le Droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Raoul-Cormeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Mémeteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Hazif-Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LEH Édition, 758 p., 2025, (Collection Thèses), 978-2-38612-098-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.134 - 05/08/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Cottet</w:t>
+                <w:t xml:space="preserve">Tommy Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-1-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034957v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.240 - 01/10/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">LEH Édition, 758 p., 2025, (Collection Thèses), 978-2-38612-098-5</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-2-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...78 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034957v3</w:t>
-              </w:r>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">hal-05034957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droits, mythes et légendes, tome III</w:t>
               </w:r>
@@ -3821,51 +3821,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le droit des personnes (13 décisions)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Raoul-Cormeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4071,51 +4071,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comme saint Christophe, le Droit doit-il porter les petits ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Raoul-Cormeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4151,182 +4151,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04463703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Libres propos sur les responsabilités civile et pénale du Ragnarök</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mare et Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit, mythes et légendes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, pp.241, 2023, 9782849347041</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La nature humaine dans le droit… et la mythologie grecque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Naître ou ne pas naître : de l'Antiquité au XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LEH éditions, pp.35-42, 2023, À la croisée des regards, 978-2-84874-987-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04435700v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-04886379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’hérésie du concept de &amp;quot;personne humaine&amp;quot; en droit : Éléments de catéchisme juridique en matière de personnes</w:t>
               </w:r>
@@ -4899,51 +4899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526643v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Pluard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime P&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490597v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510374v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hazif-Thomas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510392v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290439v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510362v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030639v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510384v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510366v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510365v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138496v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030655v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856264v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510359v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/otra.054.0017" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856261v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/jibes.353.0103" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856253v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529472v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617868v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meddro.2023.10.001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856270v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etiqe.2024.05.005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464709v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856258v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856274v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168713v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168714v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317677v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317659v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351238v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03162356v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Raoul-Cormeil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351243v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510368v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058576v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.2798" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02010701v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02010674v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346331v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cottet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard M&#233;meteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Leroux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426470v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Talbot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/droit-mythes-et-legendes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317895v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640233v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971346v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02106904v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ran Plouhinec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510357v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510355v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510351v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290468v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787236v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/iejuc.pelle.2024.01.0467" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856268v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425318v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463703v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435700v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886379v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Le Roux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510371v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351249v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971351v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058592v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058586v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02144594v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526643v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Pluard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime P&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490597v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138496v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030655v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510374v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hazif-Thomas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510392v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138482v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290439v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510362v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030639v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510384v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510366v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510365v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856264v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856261v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/jibes.353.0103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856253v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617868v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meddro.2023.10.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510359v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/otra.054.0017" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529472v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856270v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.etiqe.2024.05.005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464709v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856258v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856274v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510377v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168713v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317677v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168714v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317659v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351238v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351243v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03162356v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Raoul-Cormeil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058576v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.2798" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510368v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02010701v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02010674v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Leroux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346331v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cottet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard M&#233;meteau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426470v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Talbot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/droit-mythes-et-legendes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317895v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640233v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971346v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02106904v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ran Plouhinec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510357v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510355v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510353v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510351v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290468v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787236v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/iejuc.pelle.2024.01.0467" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856268v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425318v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463703v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886379v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Le Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435700v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510371v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03351249v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971351v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058592v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058586v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02144594v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>