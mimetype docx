--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raoul Blin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bibliographie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(en cours de construction)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution de l’ambiguïté sémantique des noms propres par utilisation des croyances sur les connaissances d’autrui – application au prénom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (2), pp.200 - 227. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/li.00004.bli⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding of others' knowledge in French and Japanese children: A comparative study with a disambiguation task on 16-38-month-olds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhide Hashiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiromi Kobayashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infant Behavior &amp; Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.632-643</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Addition of Genre Information in a Japanese Dictionary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Linguistica Asiatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalisation des contraintes d'association des groupes numériques avec spécifiques et noms communs en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de linguistique - Asie Orientale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 35, 2 (241-275 ), </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/clao.2006.1758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement automatique du japonais et études linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire Epistémologie Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 23 (1), pp.33-48. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/hel.2001.2816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les démonstratifs indéfinis en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2 (4), pp.65-71. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/flang.1994.939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une base de données des morphèmes sino-japonais à une unité phonologique, et à caractère nominal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rie Urasoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38e Journées de linguistique d'Asie orientale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherches linguistiques sur l'Asie Orientale sur le Campus Condorcet Aubervilliers, France, Jul 2025, Aubervilliers (Campus Condorcet), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05166005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus multilingue annoté pour l'étude sémantique des expressions quantifiantes – Problèmes de segmentation du coréen et du japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinnam Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.196-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segmentation of Sino-origin words to enhance the representation of Korean and Japanese in S/UD-format treebanks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinnam Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SyntaxFest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourcer, dater et mémoriser les informations d'origine verbaleproposition de modèle symbolique et opérationnel de l'interface langage/mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JIAF-JFPDA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of mind ability in French and Japanese 16-38 month-olds: a study with the “disambiguation task”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhide Hashiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiromi Kobayashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR French BABYLabs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris &amp; Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les suﬀixoides sino-japonais en japonais — Une proposition de classement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36e Journées de Linguistique d'Asie Orientale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does partial pretranslation can improve low ressourced-languages pairs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Asian Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Séoul, France. pp.82--88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quantification des noms nus en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Bordelaises de Linguistique Coréenne et Japonaise État des lieux et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Bordeaux &amp; Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie de l’esprit et compétence mnésique chez les enfants âgés de 1 à 4 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interdisciplinaire du GDR Mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Mémoire, Oct 2021, Vers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire des corpus pour construire des modèles de traduction neuronaux : une solution pour toutes les langues peu dotées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 2 : Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.172-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784765v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family practices of teasing and Theory of Mind development in 18-to-39-month-old children.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Solomiac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Psychology (ICP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction automatique du japonais vers le français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement Automatique du Langage Naturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Evaluation of Alignments without using a Gold-Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Language Resources and Evaluation (LREC 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Language Resources Association (ELRA), May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01789350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ToM ability tested with the &amp;quot;disambiguation task&amp;quot; in French & Japanese children aged 16-38 month</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhide Hashiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiromi Kobayashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Congress of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de deux outils d'analyse de corpus japonais pour l'aide au linguiste, Sagace et MeCab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marseilles, France. pp.497</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminer automatiquement le genre et le style d’expressions idiomatiques en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFEJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation sémantique des noms propres dérivés par suffixation, en japonais. Le cas du suffixe go « langue (linguistique) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier Symposium International de Morphologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphosémantique des noms de la forme 'déverbal + sha' en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décembrettes 6 Colloque international de morphologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la linguistique formelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécifiques numériques japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Antonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yumi Goto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blin Raoul. 2004, 2-9521843-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature quantificationnelle des arguments nominaux nus en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique coréenne et japonaise : approches contrastives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">測量名詞の意味・統語的特徴に関する考察</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kageyama Taro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexicon Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hituji Shobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-202, 2013, 4894766167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données des morphèmes sino-japonais d’une unité morphophonologique, à caractère nominal; kunc-bd-v1.0.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rie Urasoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Database of nominal Sino-Japanese monomorphemes consisting of a single morphophonological unit, kunc-bd-v1.0.2.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rie Urasoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.18739587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CompCor-v0.1.2 : Corpus Comparable Coréen Français Japonais Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Delaporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaine Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Arslangul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinyue Cécilia Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864542v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CJaFr-v3 : A Freely Available Filtered Japanese-French Aligned Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cromières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kittajafr-v1-1.0.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kittajafr-v2baseline-2.0.1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03503325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALIGNJaFr_public-v0.8.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency of the passive form of Japanese verbal nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural machine translation, corpus and frugality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interprétation du verbe &amp;quot;chercher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse lexicométrique du roman japonais kokoro (« Le pauvre coeur des hommes ») de Natsume Soseki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473996v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantics of the Sino-Japanese derived noun ' verbal noun + sha (“person”)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on déterminer la prévalence d'une maladie en fonction de la fréquence de son nom sur le web ? Le cas du cancer au Japon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214311v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JaLexGram v-0.14 Lexique Grammaire du Japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noms japonais préfixables de 元 moto-(« ex-, ancien-»)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'intérêt de lister les collocations [ nom de grandeur , argument (de la grandeur) , unité de mesure ] en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01175790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des temps de traitement de corpus en japonais par Sagace et un système basé sur MeCab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d'un dictionnaire de fréquences du français à l'aide de SAGACE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01100728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des traductions automatiques en français des titres de presse japonais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01062005v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréquences des verbes japonais dans un corpus de grande taille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glossaire japonais-français de linguistique japonaise et linguistique générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00870480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId79"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raoul Blin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bibliographie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(en cours de construction)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution de l’ambiguïté sémantique des noms propres par utilisation des croyances sur les connaissances d’autrui – application au prénom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (2), pp.200 - 227. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/li.00004.bli⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding of others' knowledge in French and Japanese children: A comparative study with a disambiguation task on 16-38-month-olds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhide Hashiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiromi Kobayashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infant Behavior &amp; Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.632-643</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Addition of Genre Information in a Japanese Dictionary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Linguistica Asiatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalisation des contraintes d'association des groupes numériques avec spécifiques et noms communs en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de linguistique - Asie Orientale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 35, 2 (241-275 ), </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/clao.2006.1758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traitement automatique du japonais et études linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire Epistémologie Langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 23 (1), pp.33-48. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/hel.2001.2816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les démonstratifs indéfinis en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2 (4), pp.65-71. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/flang.1994.939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus multilingue annoté pour l'étude sémantique des expressions quantifiantes – Problèmes de segmentation du coréen et du japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinnam Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.196-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une base de données des morphèmes sino-japonais à une unité phonologique, et à caractère nominal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rie Urasoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38e Journées de linguistique d'Asie orientale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherches linguistiques sur l'Asie Orientale sur le Campus Condorcet Aubervilliers, France, Jul 2025, Aubervilliers (Campus Condorcet), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05166005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segmentation of Sino-origin words to enhance the representation of Korean and Japanese in S/UD-format treebanks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinnam Choi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SyntaxFest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05413536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sourcer, dater et mémoriser les informations d'origine verbaleproposition de modèle symbolique et opérationnel de l'interface langage/mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JIAF-JFPDA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of mind ability in French and Japanese 16-38 month-olds: a study with the “disambiguation task”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhide Hashiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiromi Kobayashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR French BABYLabs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris &amp; Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04715614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les suﬀixoides sino-japonais en japonais — Une proposition de classement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36e Journées de Linguistique d'Asie Orientale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does partial pretranslation can improve low ressourced-languages pairs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Asian Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Séoul, France. pp.82--88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie de l’esprit et compétence mnésique chez les enfants âgés de 1 à 4 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interdisciplinaire du GDR Mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Mémoire, Oct 2021, Vers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La quantification des noms nus en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Bordelaises de Linguistique Coréenne et Japonaise État des lieux et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Bordeaux &amp; Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduire des corpus pour construire des modèles de traduction neuronaux : une solution pour toutes les langues peu dotées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 2 : Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.172-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784765v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family practices of teasing and Theory of Mind development in 18-to-39-month-old children.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Solomiac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress of Psychology (ICP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction automatique du japonais vers le français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement Automatique du Langage Naturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Evaluation of Alignments without using a Gold-Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Language Resources and Evaluation (LREC 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Language Resources Association (ELRA), May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01789350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ToM ability tested with the &amp;quot;disambiguation task&amp;quot; in French & Japanese children aged 16-38 month</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroko Norimatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Sorsana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhide Hashiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiromi Kobayashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Congress of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01707878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de deux outils d'analyse de corpus japonais pour l'aide au linguiste, Sagace et MeCab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marseilles, France. pp.497</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminer automatiquement le genre et le style d’expressions idiomatiques en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFEJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation sémantique des noms propres dérivés par suffixation, en japonais. Le cas du suffixe go « langue (linguistique) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier Symposium International de Morphologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphosémantique des noms de la forme 'déverbal + sha' en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décembrettes 6 Colloque international de morphologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la linguistique formelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécifiques numériques japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Antonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yumi Goto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blin Raoul. 2004, 2-9521843-0-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02264637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature quantificationnelle des arguments nominaux nus en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique coréenne et japonaise : approches contrastives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">測量名詞の意味・統語的特徴に関する考察</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kageyama Taro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexicon Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hituji Shobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-202, 2013, 4894766167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données des morphèmes sino-japonais d’une unité morphophonologique, à caractère nominal; kunc-bd-v1.0.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rie Urasoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Database of nominal Sino-Japanese monomorphemes consisting of a single morphophonological unit, kunc-bd-v1.0.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rie Urasoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.18739587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CompCor-v0.1.2 : Corpus Comparable Coréen Français Japonais Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Delaporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilaine Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Arslangul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinyue Cécilia Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864542v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CJaFr-v3 : A Freely Available Filtered Japanese-French Aligned Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Cromières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03764157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kittajafr-v2baseline-2.0.1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03503325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kittajafr-v1-1.0.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALIGNJaFr_public-v0.8.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency of the passive form of Japanese verbal nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural machine translation, corpus and frugality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interprétation du verbe &amp;quot;chercher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse lexicométrique du roman japonais kokoro (« Le pauvre coeur des hommes ») de Natsume Soseki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473996v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantics of the Sino-Japanese derived noun ' verbal noun + sha (“person”)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on déterminer la prévalence d'une maladie en fonction de la fréquence de son nom sur le web ? Le cas du cancer au Japon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214311v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JaLexGram v-0.14 Lexique Grammaire du Japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noms japonais préfixables de 元 moto-(« ex-, ancien-»)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'intérêt de lister les collocations [ nom de grandeur , argument (de la grandeur) , unité de mesure ] en japonais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01175790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d'un dictionnaire de fréquences du français à l'aide de SAGACE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01100728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des temps de traitement de corpus en japonais par Sagace et un système basé sur MeCab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des traductions automatiques en français des titres de presse japonais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01062005v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréquences des verbes japonais dans un corpus de grande taille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glossaire japonais-français de linguistique japonaise et linguistique générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raoul Blin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00870480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId79"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674582v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00004.bli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099820v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroko Norimatsu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhide Hashiya" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sorsana" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Kobayashi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725270v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706355v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/clao.2006.1758" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172423v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hel.2001.2816" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172418v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/flang.1994.939" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166005v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rie Urasoko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330622v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinnam Choi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413536v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715614v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324207v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890729v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329393v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324072v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Guillon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784765v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323998v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Solomiac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789350v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054370v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110150v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674591v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706311v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264637v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Antonov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Goto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330448v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725322v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hituzi.co.jp/hituzibooks/ISBN978-4-89476-616-7.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248281v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523030v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18739587" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764157v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cromi&#232;res" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172321v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503325v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847339v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161792v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123565v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428476v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473996v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571625v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214311v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383651v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279394v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175790v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054409v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100728v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062005v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870480v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674582v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00004.bli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099820v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroko Norimatsu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhide Hashiya" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sorsana" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromi Kobayashi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725270v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706355v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/clao.2006.1758" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172423v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hel.2001.2816" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172418v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/flang.1994.939" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330622v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinnam Choi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166005v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rie Urasoko" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413536v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715614v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324207v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890729v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324072v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Guillon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouvet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329393v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784765v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323998v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Solomiac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789350v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707878v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054370v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110150v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674591v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706311v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264637v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Antonov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Goto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330448v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725322v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hituzi.co.jp/hituzibooks/ISBN978-4-89476-616-7.htm" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248281v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523030v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18739587" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764157v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cromi&#232;res" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172321v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847339v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161792v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123565v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428476v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473996v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571625v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214311v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383651v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279394v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175790v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100728v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054409v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062005v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510425v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870480v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>