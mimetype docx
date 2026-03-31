--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -163,51 +163,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">Jeannette Schaeffer; Rama Novogrodsky; Alexandra Perovic; Philippe Prévost; Laurice Tuller. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Language in Autism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiley-Blackwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 978-1-394-18038-7</w:t>
+              <w:t xml:space="preserve">, pp.291-312, 2025, 978-1-394-18038-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>