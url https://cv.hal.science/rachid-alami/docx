--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.4375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Rachid Alami </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve"> Senior Scientist at LAAS-CNRS.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dr. Rachid Alami is Senior Scientist at CNRS. He holds since 2019 the Academic Chair of Cognitive and Interactive Robotics at the Artificial and Natural Intelligence Toulouse Institute (ANITI)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachid Alami received an engineer diploma in computer science in 1978 from ENSEEIHT, a Ph.D. in Robotics in 1983 from Institut National Polytechnique Toulouse and a Habilitation HDR in 1996 from Université Paul Sabatier.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">He joined CNRS as Junior Scientist in October 1984.Rachid Alami is the founder and served as the head of the Robotics and InteractionS (RIS) team at LAAS during 10 years.He served 8 years as the head of the LAAS Robotics Department.He served 6 years as co-chair of the Interactive Robotics SIG at the French Research Group in Robotics (GDR Robotique)He also coordinated  the Ambient Intelligence initiative of LAAS.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">His main research contributions cover several key aspects of cognitive robotics and AI related topics:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Decisional abilities for Cognitive and Interactive Robots (Decision for HRI)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Human-Aware Motion Planning</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Combined Task and Motion Planning (Intricate Symbolic and Geometric Reasoning)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Multi-robot coordination and cooperation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Control Architectures and tools for building autonomous robot systems</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Action and Task Planning</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Robot Motion Planning</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Flexible Assembly Cells Programming and Control</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Google Scholar:</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.fr/citations?user=lda-c1UAAAAJ&hl=fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human–Robot Interaction: Successes, Hurdles, and Remaining Challenges [Opinion]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Albu-Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamim Asfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (4), pp.101-106. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MRA.2025.3619329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey on Socially Aware Robot Navigation: Taxonomy and Future Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Bachiller-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaís Garrell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Sanfeliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (10), pp.1-33. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/02783649241230562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04421740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principles and Guidelines for Evaluating Social Robot Navigation Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Francis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pérez-d'Arpino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengshu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3700599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Impact of Time-to-Collision Constraint and Head Gaze on Usability for Robot Navigation in a Corridor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Compan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Human-Machine Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 53 (6), pp.965-974. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/THMS.2023.3314894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Robots able to Measure in Real-time the Quality of Interaction in HRI Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14, pp.713-731. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-021-00814-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326954v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing joint action challenges in HRI: Insights from psychology and philosophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Fernández-Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 222, pp.103476. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2021.103476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Human-Robot Interaction with a Tethered Aerial Vehicle: Application to a Force-based Human Guiding Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Siciliano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (3), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2020.3038700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573035v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot assistant : coopération et interaction pour agir, percevoir, communiquer et faire à la place de l'humain en situation de handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Vella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le petit illustré, regards croisés de chercheur.es</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Le Petit Illustré "Intelligence Artificielle" 2020, 44, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03448043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Self-Aware Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Renaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Andries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ricardo Chavez-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Luce-Vayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Robotics and AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.88. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/frobt.2018.00088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial Cognition for Social Human-Robot Interaction: An Implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 247, pp.45-69. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2016.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action, Joint Action and Learning in Robot Cognitive Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Khamassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Renaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016/1 (65), pp.169-203. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/intel.2016.1794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Social Robotics: An Applied Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawamura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (4), pp.417-420. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-015-0312-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingredients and a Framework of Dexterous Manipulation Skills for Robots in Human Centered Environment and HRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Robotics Society of Japan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32 (4), pp.347-353. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7210/jrsj.32.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Human-Level Semantics Understanding of Human-Centered Object Manipulation Tasks for HRI: Reasoning About Effect, Ability, Effort and Perspective Taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6 (4), pp.593 - 620. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-014-0246-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Task-Aware Proactive Sociable Robot Based on Multi-state Perspective-Taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (2), pp.215 - 236. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-013-0181-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Aware Robot Navigation: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (12), pp.1726-1743</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grounding the Interaction: Anchoring Situated Discourse in Everyday Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (2), pp.181-199. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-011-0123-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Platform-Independent Cooperative Human Robot Interaction System: III An Architecture for Learning and Executing Actions and Shared Plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Pattacini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lenz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Melhuish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Autonomous Mental Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (3), pp.239 - 253. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAMD.2012.2199754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Aware Manipulation Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28 (5), pp.1045 - 1057. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2012.2196303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological and subjective evaluation of a human–robot object hand-over task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dehais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Causse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 42 (6), pp.785-791. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apergo.2010.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pivoting based manipulation by a humanoid robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiichi Yoshida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Kanoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lamiraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28 (1), pp.77-88. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-009-9143-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesizing Robot Motions Adapted to Human Presence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Broquère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (3), pp.329 - 343. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-010-0059-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plan-based Control of Joint Human-Robot Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lawitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KI - Künstliche Intelligenz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 24 (3), pp.223-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach to Intricate Motion, Manipulation and Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (1), pp.104-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A plan manager for multi-robot systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Philippsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (2), pp.220-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A FRAMEWORK FOR SIMULTANEOUS PLAN EXECUTION AND ADAPTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Proceedings Volumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 40 (15), pp.409-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous configuration control for UAV formation flight in hostile environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Proceedings Volumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 40 (15), pp.451-456. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20070903-3-FR-2921.00077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human Aware Mobile Robot Motion Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Félipé Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (5), pp.874 - 883. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2007.904911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The analysis of repetitive sequencing at the workcell level: from workcell tasks to workcell cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Freedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 28 (6), pp.1195-1213. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207549008942785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe proactive plans and their execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (3), pp.244-255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AAAI 2006 Spring Symposium Reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chitta Baral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim Bickmore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed Durfee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence Magazine (AI Magazine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple eyes in the skies - Architecture and perception issues in the comets unmanned air vehicles project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ollero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Merino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gancet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wiklund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12 (2), pp.46-57. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MRA.2005.1458323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-robot cooperation in the MARTHA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 5 (1), pp.36 - 47. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/100.667325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Architecture for Autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Ghallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 17 (4), pp.315-337. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/027836499801700402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123273v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning with non-deterministic events for enhanced robot autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 18 (3), pp.311-317. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0921-8890(95)00086-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning robust motion strategies for a mobile robot in a polygonal world , Vol 8 N°4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (202)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Human Cooperation for Enhancing Social Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hariharan Arunachalam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2025 Advances in Social Navigation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Geometric Reasoning Networks for Robot Task and Motion Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Learning Representations (ICLR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextual social navigation through integrated task and motion planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello Tascioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Umbrico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Orlandini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Social Robotics, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Odense, Denmark. pp.404-416, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-3525-2_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05007628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Concurrent Actions and Decisions in Human-Robot Joint Action Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI'24 Workshop Symbiotic Society with Avatars (SSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Boulder, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Aware Epistemic Task Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The HAXP: Human-Aware and Explainable Planning Workshop at ICAPS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Banff, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04587617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Task and Motion Planning with Feasibility Prediction: Towards Multi-Robot Manipulation Planning of Realistic Objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AEGO: Modeling Attention for HRI in Ego-Sphere Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/RSJ, Oct 2024, Abu Dhabi, United Arab Emirates. pp.2549-2555, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS58592.2024.10802086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of Concurrent and Compliant Human-Robot Joint Action to Plan and Supervise Collaborative Robot Actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Cognitive Systems (ACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Palermo (Italy), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Epistemic Human-Aware Task Planner which Anticipates Human Beliefs and Decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Social Robotic (ICSR 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Odense, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Benchmarking Human-Aware Social Robot Navigation: A New Perspective and Metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robot and Human Interactive Communication (RO-MAN), 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Busan, South Korea. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN57019.2023.10309398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196832v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOP-JAM: A bio-inspired topology-based model of joint attention for human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2023, London, United Kingdom. pp.7621-7627, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA48891.2023.10160488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04023355v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Action and Grasp Feasibility Prediction for Task and Motion Planning through Multi-Task Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Detroy, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04016581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Robot Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, London, United Kingdom. pp.9793-9799, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA48891.2023.10161406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive Planning for Coordinated Handover of an Autonomous Aerial Manipulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IEEE International Conference on Human-Robot Interaction (HRI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Stockholm, Sweden. pp.122-126, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3568294.3580055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Predict Action Feasibility for Task and Motion Planning in 3D Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808885v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models and Algorithms for Human-Aware Task Planning with Integrated Theory of Mind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Busan, South Korea. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN57019.2023.10309437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging Human-Aware Robot Navigation with an Intelligent Human Simulation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Simulation Conference (SSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211919v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logic-Based Ethical Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umberto Grandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Lorini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference of the Italian Association for Artificial Intelligence: Advances in Artificial Intelligence (AIxIA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Italian Association for Artificial Intelligence, Nov 2022, Udine, Italy. pp.198--211, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-27181-6_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Robot Navigation through Integrated Task and Motion Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Umbrico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Orlandini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PlanRob Workshop - International Conference on Automated Planning and Scheduling (ICAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Knowledge Rich Task Planning Framework for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madalina Croitoru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI 2023 - 43rd SGAI International Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Cambridge, United Kingdom. pp.259-265, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-47994-6_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipating False Beliefs and Planning Pertinent Reactions in Human-Aware Task Planning with Models of Theory of Mind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PlanRob Workshop - International Conference on Automated Planning and Scheduling (ICAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethical Planning with Multiple Temporal Values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umberto Grandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Lorini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th biennial Robophilosophy Conference : Social Robots in Social Institutions (Robophilosophy 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Helsiinki, Finland. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA220644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KHAOS: a Kinematic Human Aware Optimization-based System for Reactive Planning of Flying-Coworker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA46639.2022.9811803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585262v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Watch out! There may be a Human. Addressing Invisible Humans in Social Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS47612.2022.9982186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invisible Humans in Human-aware Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Planning for Human-Robot Joint Tasks with Explicit Reasoning on Human Mental State</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI-HRI Symposium at AAAI Fall Symposium Series (FSS) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Arlington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03909319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification robuste pour la collaboration homme-robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones Planification, Décision et Apprentissage (JFPDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Schwarzentruber, Jun 2022, Saint Etienne (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMHuS: Intelligent Multi-Human Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hauterville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camino Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Matellán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS2022 Workshop: Artificial Intelligence for Social Robots Interacting with Humans in the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KHAOS improvements using BSpline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCAS - The International Conference on Cognitive Aircraft Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Intelligent Human Avatar to Debug and Challenge Human-aware Robot Navigation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Late Breaking Report 2022 ACM/IEEE International Conference on Human-Robot Interaction (HRI '22)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JAHRVIS, a Supervision System for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st IEEE International Conference on Robot and Human Interactive Communication (RO-MAN 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Napoli, Italy. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN53752.2022.9900665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Social Agents Simulation Tool for Designing Choreographies for Human-Robot-Interaction Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hauterville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camino Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Matellán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBOT2022: Fifth Iberian Robotics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Zaragoza, Spain. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-21062-4_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATP/EHDA: A Robot Task Planner Anticipating and Eliciting Human Decisions and Actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference On Robotics and Automation (ICRA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA46639.2022.9812227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Aware Task Planner Explicitly Reasoning About Human and Robot Decision, Action and Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI '21: ACM/IEEE International Conference on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Boulder CO USA (virtual), United States. pp.544-548, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3434074.3447231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating Intelligent Human Agents for Intricate Social Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSS Workshop on Social Robot Navigation 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Aware Navigation Planner for Diverse Human-Robot Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague (online), Czech Republic. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS51168.2021.9636613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262888v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Referring Expression Generation through shared knowledge about past Human-Robot collaborative activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague (online), Czech Republic. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS51168.2021.9636796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Unexpected Daily Situations (UDS) Dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katie Winkle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IEEE International Conference on Human-Robot Interaction (HRI '20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Cambridge, United Kingdom. pp.427-429, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3371382.3378270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient, Situated and Ontology based Referring Expression Generation for Human-Robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Bit-Monnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 29th IEEE International Conference on Robot &amp; Human Interactive Communication ( RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Naples (on line), Italy. pp.349-356, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN47096.2020.9223485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922098v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Robot Computing an Online Estimation of the Quality of its Interaction with its Human Partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 29th IEEE International Conference on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, (Virtual Conference ), Italy. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN47096.2020.9223464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Aware Task Planning Using Verbal Communication Feasibility and Costs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Social Robotics (ICSR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Golden, Colorado, France. pp.554-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATEB-2: Reactive Planning and Decision making in Human-Robot Co-navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robot &amp; Human Interactive Communication, 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Online, Italy. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN47096.2020.9223463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards methodological principles for user studies in Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Test Methods and Metrics for Effective HRI in Collaborative Human-Robot Teams Workshop, ACM/IEEE International Conference on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Daegu, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontologenius : A long-term semantic memory for robotic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robot &amp; Human Interactive Communication (IEEE Ro-MAN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Spatial Representation: a unique representation of an environment based on an ontology for robotic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combined Workshop on Spatial Language Understanding (SpLU) and Grounded Communication for Robotics (RoboNLP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning on Shared Visual Perspective to Improve Route Directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 28th IEEE International Conference on Robot &amp; Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should a robot guide like a human? A qualitative four-phase study of a shopping mall robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Päivi Heikkilä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Lammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketta Niemelä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Eleventh International Conference on Social Robotics (ICSR 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02285035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation-based physics reasoning for consistent scene estimation in an HRI context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Macau, China. pp.7834-7841, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS40897.2019.8968106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MuMMER: Socially Intelligent Human-Robot Interaction in Public Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Ellen Foster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Craenen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amol Deshmukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Lemon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Bastianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence for Human-Robot Interaction Symposium (AI-HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AAAI Fall Symposium Series 2019, Nov 2019, Arlington, VA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Quality of Interaction from the robot point of view in Human-Robot Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Edition of Quality of Interaction in Socially Assistive Robots (QISAR) Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The 11th International Conference on Social Robotics (ICSR 2019), Nov 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Pertinence of Robot Decisions in a Human-Robot Joint Action Context: The PeRDITA Questionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Vrignaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th IEEE International Conference on Robot and Human Interactive Communication (RO-MAN 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Nanjing, China. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2018.8525785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Human and Robot Placements for Shared Visual Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Robotic Co-workers 4.0: Human Safety and Comfort in Human-Robot Interactive Social Environments 2018 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATP: Hierarchical Agent-based Task Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNDERWORLDS: Cascading Situation Assessment for Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Wallbridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Belpaeme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2018.8594094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Robot Cooperative Navigation Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Vienne, Austria. pp.161-162, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3029798.3038374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with On-Line Human-Robot Negotiations in Hierarchical Agent-Based Task Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Iocchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Automated Planning and Scheduling (ICAPS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Pittsburgh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viewing Robot Navigation in Human Environment as a Cooperative Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics Research (ISSR 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Puerto Varas, Chile. 18p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Social Criteria for Human-Robot Collaborative Navigation: A Comparison of Human-Aware Navigation Planners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. IEEE International Symposium on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lisbonne, Portugal. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head-Body Motion Coordination for Human Aware Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Rios-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International workshop on Human-Friendlly Robotics (HFR 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Gênes, Italy. 8p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel concept of Human-Robot competition for evaluating a robot's reasoning capabilities in HRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ACM/IEEE International Conference on Human-Robot Interaction (HRI 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots Learning How and Where to Approach People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar A Islas Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chetouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, New York, NY, United States. pp.347-353, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2016.7745154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPENCER: A Socially Aware Service Robot for Passenger Guidance and Help in Busy Airports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Triebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai A Arras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Beyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Breuers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Field and Service Robotics (FSR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Toronto, Canada. pp.607-622, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-27702-8_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Implemented Theory of Mind to Improve Human-Robot Shared Plans Execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Eleventh ACM/IEEE International Conference on Human Robot Interation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand. pp.319-326, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HRI.2016.7451768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01330339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attentional supervision of human-robot collaborative plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Cacace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Caccavale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Finzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Robot and Human Interactive Communication (RO-MAN 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, New-York, United States. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2016.7745221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Software Combining Task and Motion Planning for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 AAAI Fall Symposium Series, Artificial Intelligence for Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using human knowledge awareness to adapt collaborative plan generation, explanation and monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ACM/IEEE International Conference on Human-Robot Interaction (HRI 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand. pp.43-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some essential skills and their combination in an architecture for a cognitive and interactive robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the Eleventh ACM/IEEE International Conference on Human Robot Interation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01330340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing sampling-based kinodynamic motion planning for quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning handovers involving humans and robots in constrained environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Robots and Systems (IROS), 2015 IEEE/RSJ International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2015.7354302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining symbolic and geometric planning to synthesize human-aware plans: toward more efficient combined search.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FJA@HRI15 - Toward a Framework for Joint Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cordula Vesper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilge Mutlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI 2015 Workshop "Towards a Framework for Joint Action"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Verifiable and Correct-by-Construction Controller for Robots in Human Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongjie Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saddek Bensalem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding HRI'15 Extended Abstracts Proceedings of the Tenth Annual ACM/IEEE International Conference on Human-Robot Interaction Extended Abstracts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Adaptive and Proactive Human-Aware Robot Guide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Social Robotics (ICSR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.194-203, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-25554-5_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a better understanding of the communication cues involved in a human-robot object transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Vincent Paubel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Symposium on Robot and Human Interactive Communication, IEEE RO-MAN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Kobe, Japan. pp.319-324, </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2015.7333626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attentional Plan Execution for Human-Robot Cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Cacace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Caccavale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Finzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Italian Workshop on Artificial Intelligence and Robotics (AIRO 2015), A workshop of the XIV International Conference of the Italian Association for Artificial Intelligence (AI*IA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Ferrare, Italy. pp.19-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The HATP hierarchical planner: Formalisation and an initial study of its usability and practicality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra De Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2015.7354301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to interact with humans using goal-directed and habitual behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Renaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ro-Man 2015, Workshop on Learning for Human-Robot Collaboration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On human-aware task and motion planning abilities for a teammate robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Suarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Collaboration for Industrial Manufacturing Workshop, RSS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, UC Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online trajectory tracking based on model predictive control for Service Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ren Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai C Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Automation Science and Engineering (CASE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoASE.2014.6899485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key elements for joint human-robot action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robo-Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Aarhus, Denmark. pp.23-33, </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-480-0-23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01309414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning agile motions for quadrotors in constrained environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. 6p., </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6942564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating directional cost models in navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Bielefeld, Germany. pp.350 - 357, </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2559636.2559662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach to combined symbolic-geometric backtracking in the context of human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Hong Kong, China. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2014.6907403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATP: An HTN Planner for Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd ICAPS Workshop on Planning and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Portsmouth, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being safe around the robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithmic Human Robot Interaction Workshop, HRI 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Bielefeld, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romeo2 Project: Humanoid Robot Assistant and Companion for Everyday Life: I. Situation Assessment for Social Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Gelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Viry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Buendia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIC: Artificial Intelligence and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Torino, Italy. pp.140-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mobile manipulator robot that brings objects to assist people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Conference of Gerontechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating Human-Robot Interactions for Dialogue Strategy Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMPAR2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Bergamo, Italy. pp.62-73, </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11900-7_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Planning and Task achievement Modalities for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Experimental Robotics (ISER 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Marrakech, Morocco. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for endowing an interactive robot with reasoning capabilities about perspective-taking and belief management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Edinburgh, United Kingdom. pp.FrAT2.4, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2014.6926399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affordance Graph: A Framework to Encode Perspective Taking and Effort based Affordances for day-to-day Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Combining HTN Planning and Geometric Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSS Workshop on Combined Robot Motion Planning and AI Planning for Practical Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural interaction for object hand-over</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interface for interleaved symbolic-geometric planning and backtracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On human models for collaborative robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 International Conference on Collaboration Technologies and Systems (CTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des robots socialement intelligents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence III - Intercompréhension de l’Intraspécifique à l’Interspécifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Guidel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit Knowledge and the Deliberative Layer: Lessons Learned</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taskability Graph: Towards Analyzing Effort based Agent-Agent Affordances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN: The 21st IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belief Management for HRI Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Artificial Intelligence - Workshop on Belief change, Non-monotonic reasoning and Conflict Resolution BNC@ECAI 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gestion des croyances pour la planification Homme - Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones sur la planification, la décision et l'apprentissage pour le contrôle des systèmes - JFPDA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Villers-lès-Nancy, France. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharing effort in planning human-robot handover tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN: The 21st IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards planning Human-Robot Interactive manipulation tasks: Task dependent and human oriented autonomous selection of grasp and placement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Saut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE RAS &amp; EMBS International Conference on Biomedical Robotics and Biomechatronics (BioRob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BioRob.2012.6290776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roboscopie: A Theatre Performance for a Human and a Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction Conference (HRI 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Boston, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the robot puts itself in your shoes. Managing and exploiting human and robot beliefs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN: The 21st IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Paris, France. 7p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction in the MORSE Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Echeverria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Karg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction Conference (HRI 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Boston, United States. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning human-aware motions using a sampling-based costmap planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Shanghai, China. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2011.5980048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anchoring interaction through symbolic knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction Pioneers workshop (HRI 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Lausanne, Switzerland. 3p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the robot considers the human</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th International Symposium on Robotics Research (ISRR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Flagstaff, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards multi-state visuo-spatial reasoning based proactive human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Advanced Robotics (ICAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue in situated environments: A symbolic approach to perspective-aware grounding, clarification and reasoning for robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics, Science and Systems, Grounding Human-Robot Dialog for Spatial Tasks workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Task Understanding through Multi-State Visuo-Spatial Perspective Taking for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Joint Conference on Artificial Intelligence-Workshop on Agents Learning Interactively from Human Teachers (IJCAI-ALIHT 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are you talking about? Grounding dialogue in a perspective-aware robotic architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium in Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Atlanta, United States. p.107-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Safe and Legible Hand-over Motions for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP/IEEE-RAS/EURON workshop on technical challenges for dependable robots in human environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework towards a socially aware Mobile Robot motion in Human-Centered dynamic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Human Cooperation in Human-Centered Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium in Robot and Human Interactive Communication (Ro-Man)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Viareggio, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interleaving symbolic and geometric reasoning for a robotic assistant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAPS Workshop on Combining Action and Motion Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which One? Grounding the Referent Based on Efficient Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasmin Steinwender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Symposium in Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Viareggio, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Generation and Execution of Human Aware Navigation Plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International Conference on Autonomous Agents and Multiagent Systems (AAMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mightability maps: A perceptual level decisional framework for co-operative and competitive human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving Ambiguities with Perspective Taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasmin Steinwender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Hamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORO, a knowledge management module for cognitive architectures in robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Mösenlechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Shared Attention through Geometric Reasoning for Human Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riichiro Tadakuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE-RAS International Conference on Humanoid Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A step towards a sociable robot guide which monitors and adapts to the person's activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regrasp planning for pivoting manipulation by a humanoid robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiichi Yoshida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Kanoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lamiraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for adapting social conventions in a mobile robot motion in human-centered environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Architecture Supporting Proactive Robot Companion Behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AISB 2009 Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning and Plan-execution for Human-Robot Cooperative Task achievement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th international conference on automated planning and scheduling (ICAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Tools for Perspective Taking for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Félipé Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh Mexican International Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Atizapan de Zaragoza, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision and Motion Planning for a Mobile Manipulator Interacting with Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Ransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pivoting based manipulation by humanoids: a controllability analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiichi Yoshida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yokoi Kazuhito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of interaction between dialog and decision for human-robot collaborative task achievement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuyin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Britta Wrede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RO-MAN 2007 - The 16th IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploratory Study of a Robot Approaching a Person in the Context of Handing Over an Object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken L Koay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D S Syrdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M L Walters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI spring symposium: multidisciplinary collaboration for socially assistive robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Stanford, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation Flight: Evaluation of autonomous configuration control algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Plan Manager for Multi-Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Field and Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Human Centered Robot Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Systems, Man and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Software Component for Simultaneous Plan Execution and Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A management of mutual belief for human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Ransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Systems, Man and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Simultaneous Plan Execution and Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th IFAC Symposium on Intelligent Autonomous Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Human-Aware Robot Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI spring symposium: to boldly go where no human-robot team has gone before</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Palo Alto, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mobile robot that performs human acceptable motions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.1811-1816</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How May I Serve You? A Robot Companion Approaching a Seated Person in a Helping Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Walters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Woods</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheng Lee Koay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher L Nehaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st ACM SIGCHI/SIGART conference on Human-robot interaction (HRI '06 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Utah, United States. </w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1121241.1121272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning and control for Unmanned Air Vehicle formation flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe and dependable physical human-robot interaction in anthropic domains: State of the art and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albu-Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bicchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bischoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'06 Workshop on Physical Human-Robot Interaction in Anthropic Domains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.6936985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing a Human-Aware Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Felipe Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Fontmarty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Brèthes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMAN 2006 - The 15th IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hatfield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rackham: An Interactive Robot-Guide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Robots and Human Interactive Communications (ROMAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hatfield, United Kingdom. pp.502-509</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodological approach relating the classification of gesture to identification of human intent in the context of human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystopher L Nehaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kubacki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Haegele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Parlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMAN 2005. IEEE International Workshop on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-robot Cooperation : Architectures and Paradigms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquièmes Journées Nationales de Recherche en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Guidel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation in the LAAS Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lampe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotics and Automation - Workshop on Software Development in Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Decisional Framework for Autonomous Robots Interacting with Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Robot and Human Interactive Communication (ROMAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task planning and control for a multi-UAV system: architecture and algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Gancet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation in the presence of humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Walters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEEE-RAS International Conference on Humanoid Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Tsukuba, Japan. </w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICHR.2005.1573565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision and Interaction Analysis of an Autonomous Tour-guide Robot Deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Advanced Robotics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Tasks Allocation Scheme in Multi-UAV Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Robot Task Planner that Merges Symbolic and Geometric Reasoning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of aSyMov: Integrating Motion, Manipulation and Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Automated Planning &amp; Scheduling (ICAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving Safely but not Slowly - reactively Adapting Paths for Better Trajectory Times</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependability Issues in a Robot Control Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2002, pp.PP23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00131261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraire et utiliser la structure des domaines en planification de tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA : Reconnaissance des Formes et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the influence of sensor capacities and environment dynamics onto collision-free motion plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe, Reliable and Friendly Intera ction Between Humans And Humanoids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pettré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IARP International Workshop on Humanoid and Human Friendly Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Playing with several roadmaps to solve manipulation problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Lausanne, Switzerland. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRDS.2002.1041612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building topological models for navigation in large scale environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique van Zwynsvoorde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 2001 ICRA. IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.933283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's reduce the gap between task planning and motion planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.932523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One action is enough to plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI'01 Proceedings of the 17th international joint conference on Artificial intelligence - Volume 1 Pages 439-444</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2001, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation Assessment for Human-Robot Interactive Object Manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-robot cooperation through the common use of &amp;quot;mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Maui, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global nearness diagram navigation (GND)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Minguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Montano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 2001 ICRA. IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extension of the plan-merging paradigm for multi-robot coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental Topological Modeling using Local Voronoi-like Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique van Zwynsvoorde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/FSR International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Takamatsu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-robot cooperative task achievement system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2000, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une planification en environnement dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA : Reconnaissance des Formes et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An accessibility graph learning approach for task planning in large domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Artificial Intelligence (ECAI 2000) - 4th Workshop "New Results in Planning, Scheduling and Design" (PuK2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2000, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning sensor-based motions for mobile robot navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2000, San-Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diligent: towards a human-friendly navigation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Belousov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Takamatsu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Possibilistic Planner that Deals with Non-Determinism and Contingency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI '99 Proceedings of the Sixteenth International Joint Conference on Artificial Intelligence Pages 996-1001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1999, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M+: a scheme for multi-robot cooperation through negotiated task allocation and achievement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia .C. Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1999, Detroit, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scheme for Coordinating Multi-robot Planning Activities and Plans Execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Conference on Artificial Intelligence (ECAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operating a large fleet of mobile robots using the plan-merging paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Albuquerque, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Coordination and Execution in Multi-robots Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Advanced Robotics. Proceedings. ICAR'97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1997, Monterey, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to solve deadlock situations within the plan-merging paradigm for multi-robot cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robot and Systems. (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRS: a high level supervision and control language for autonomous mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fleet of autonomous and cooperative mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in: Proceedings of IEEE/RSJ International Conference on Intelligent Robots and Systems. IROS '96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1996, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental mission allocation to a large team of robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Ghallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mission Planning and Execution Control for Intervention Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Undersea Robotics and Intelligent Control Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Robot Cooperation through Incremental Plan-Merging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sho'Ji Suzuki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 1995 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ten autonomous mobile robots (and even more) in a route network like environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 1995 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Pittsburgh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A numerical technique for planning motion strategies of a mobile robot in presence of uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Bouilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 1995 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Nagoya, Japan. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1995.525463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A paradigm for plan-merging and its use for multi-robot cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sho'Ji Suzuki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1994, San Antonio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to teleprogram a remote intelligent robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning robust motion strategies for a mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1994 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1994, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing an Intelligent Control Architecture for Autonomous Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Espiau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Advanced Robotics (ICAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1993, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote intervention, robot autonomy, and teleprogramming: generic concepts and real-world application cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Giralt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1993, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated planning and execution control of autonomous robot actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Degallaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Laruelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics} and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1992, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task Level Programming And Robot Autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Giralt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1992, Raleigh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion planning for a robot and a movable object amidst polygonal obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dacre-Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1992, Nice, France. </w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1992.220094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardware and software architecture for execution control of an autonomous mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.F. Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Industrial Electronics, Control, Instrumentation, and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed evolvable control architecture for mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.F. de Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1991, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision and control of the AMR intervention robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Laurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Saint Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Perebaskine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1991, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repetitive sequencing: from workcell tasks to workcell cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Freedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1990, Cincinnati, United States. </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1990.126294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic planning of pick and place operations in presence of uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mazon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Violero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1990, Ibaraki, Japan. </w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.1990.262366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A failure recovery scheme for assembly workcells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. López-Mellado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1990, Cincinnati, United States. </w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1990.126067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representation and propagation of positioning uncertainties through manipulation robot programs-integration into a task-level programming system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mazon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1989, Scottsdale, United States. </w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1989.100057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commitments in Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Fernández Castro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Joint Action Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Genova, Italy. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Children to Robots: How the parallel with developmental psychology can improve human-robot joint activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Guidetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Action Meeting (JAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Gênes, Italy. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing an implicit false belief task by cascading situation assessment with UNDERWORLDS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "toward a Framework for Joint Action" at Robotics Science and Systems (RSS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Pittsburg, United States. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On robot decisional abilities for human-robot joint action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Action Meeting V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Berlin, Germany. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bottom up development of a robot's basic socio-cognitive abilities for joint action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Joint Action Meeting (JAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RoboCup 2021: Robot World Cup XXIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joydeep Biswas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Cakmak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Obst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RoboCup 2021: Robot World Cup XXIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13132, Springer International Publishing, 2022, Lecture Notes in Computer Science, 978-3-030-98681-0. </w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-98682-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot Behavior Adaptation to Human Social Norms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Roesler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elahe Bagheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make a robot guide?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30, </w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Nature Switzerland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.483-494, 2024, Springer Proceedings in Advanced Robotics, 978-3-031-63595-3. </w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-63596-0_43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is It to Implement a Human-Robot Joint Action?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics, AI, and Humanity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.229-238, 2021, 978-3-030-54172-9. </w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-54173-6_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Love with a Corporation without Knowing It: An Asymetrical Relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Boine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Castets-Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nørskov, M., Seibt J., Quick O. 2020. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culturally Sustainable Social Robotics—Proceedings of Robophilosophy 2020.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IOS Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Frontiers of AI and Its Applications,, </w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA200923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02963070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Assembly Planning and Geometric Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anibal Ollero; Bruno Siciliano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerial Robotic Manipulation. Research, Development and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 129, Springer, pp.299-316, 2019, Springer Tracts in Advanced Robotics, 978-3-030-12945-3. </w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-12945-3_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Pertinence of Social Practices for Social Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Vázquez-Salceda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Dignum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Mascarenhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Dignum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IOS Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Envisioning Robots in Society – Power, Politics, and Public Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.36-74, 2018, 978-1-61499-931-7. </w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-931-7-63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key Elements for Human Robot Joint Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociality and Normativity for Robots Philosophical Inquiries into Human-Robot Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.159-177, 2017, Studies in the Philosophy of Sociality, </w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53133-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ijn_03084126v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About Decisions During Human-Robot Shared Plan Achievement: Who Should Act and How?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Robotics,9th International Conference, ICSR 2017, Tsukuba, Japan, November 22-24, 2017, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10652, </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.453-463, 2017, Lecture Notes in Computer Science book series, 978-3-319-70022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Robot Competition: Towards Evaluating Robots’ Reasoning Abilities for HRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Robotics. ICSR 2016. Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.138-147, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MuMMER Project: Engaging Human-Robot Interaction in Real-World Public Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Ellen Foster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olli Gestranius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Lemon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketta Niemelä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Robotics. 8th International Conference, ICSR 2016, Kansas City, MO, USA, November 1-3, 2016 Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.753-763, 2016, Lecture Notes in Computer Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Users' Belief Awareness in Reinforcement Learning-based Situated Human-Robot Dialogue Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G.G. Lee, H.K. Kim, M. Jeong, J.-H. Kim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Language Dialog Systems and Intelligent Assistants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.73-86, 2015, 978-3-319-19291-8. </w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-19291-8_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mightability: A Multi-State Visuo-Spatial Reasoning for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oussama Khatib, Vijay Kumar, Gaurav Sukhatme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Robotics. The 12th International Symposium on Experimental Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 79, Springer, pp.49-63, 2014, Springer Tracts in Advanced Robotics, </w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28572-1_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Task Planner for an Autonomous Social Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Asama H., Kurokawa H., Ota J., Sekiyama K. (eds) Distributed Autonomous Robotic Systems 8. Springer, Berlin, Heidelberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.335-344, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHARY: a supervision system adapted to Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Khatib O., Kumar V., Pappas G.J. (eds) Experimental Robotics. Springer Tracts in Advanced Robotics, vol 54. Springer, Berlin, Heidelberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-238, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Provably Safe Motions Strategies for Mobile Robots in Dynamic Domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Navigation in Dynamic Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, Springer Berlin Heidelberg, pp.85-106, 2007, Springer Tracts in Advanced Robotics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision making in multi-UAVs systems: Architecture and Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Gancet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Ollero A., Maza I. (eds) Multiple Heterogeneous Unmanned Aerial Vehicles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 37, Springer Berlin Heidelberg, pp.15-48, 2007, Springer Tracts in Advanced Robotics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A general framework for multi-robot cooperation and its implementation on a set of three Hilare robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Bullata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in: Khatib O., Salisbury J.K. (eds) Experimental Robotics IV.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 223, Springer-Verlag, pp.26-39, 2005, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">aSyMov: A Planner That Deals with Intricate Symbolic and Geometric Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics Research. The Eleventh International Symposium. Springer Tracts in Advanced Robotics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, pp.100-110, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plan-Based Multi-robot Cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Beetz M., Hertzberg J., Ghallab M., Pollack M.E. (eds) Advances in Plan-Based Control of Robotic Agents. Lecture Notes in Computer Science, vol 2466</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-20, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative plan enhancement in multi-robot context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Autonomous Systems – 6. E. Pagello, F. Groen, T. Arai, R. Dillmann, and A. Stentz (Eds) IOS Press 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots that cooperatively enhance their plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Parker L.E., Bekey G., Barhen J. (eds) Distributed Autonomous Robotic Systems 4.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Japan, pp.55-65, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Robot Cooperation Scheme Based on Incremental Plan-Merging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Giralt G., Hirzinger G. (eds) Robotics Research.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer London, pp.323-332, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two manipulation planning algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ken Goldberg, Dan Halperin, Jean-Claude Latombe, Randall Wilson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WAFR Proceedings of the workshop on Algorithmic foundations of robotics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A. K. Peters, Ltd. Natick, MA, USA, pp.109-125, 1994, ISBN:1-56881-045-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An architecture for task interpretation and execution control for intervention robots: Preliminary experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Degallaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Pérébaskine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Robotics III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 190, Springer-Verlag, pp.207-221, 1993, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An architecture for task interpretation and execution control for intervention robots: Preliminary experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Degallaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Pérébaskine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2nd International} Symposium of Experimental Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 190, Springer-Verlag, pp.207-221, 1991, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A geometrical approach to planning manipulation tasks. The case of discrete placements and grasps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hirofumi Miura. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The fifth international symposium on Robotics research </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT Press, pp.453-463, 1990, 0-262-13253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01309950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with Time in Planning and Execution Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Ghallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics Research 4, Bolles and Roth (Eds.) p.431-444, MIT Press,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socially Acceptable Robot Behavior: Approaches for Learning, Adaptation and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Roesler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elahe Bagheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Human Motion Prediction Quality Shapes Social Robot Navigation Performance in Constrained Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Stratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranav Goyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoforos Mavrogiannis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Horizon Task and Motion Planning with Learning-Based Geometric Reasoning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Merlau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Task and Motion Planning with Feasibility Prediction: Towards Multi-Robot Manipulation Planning of Realistic Objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04284213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging Human-Aware Robot Navigation with an Intelligent Human Simulation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Intelligent Human Simulation (InHuS) for developing and experimenting human-aware and interactive robot abilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03268150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commitments in Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Fernandez Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ijn_03084105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots autonomes : du concept au robot. Architectures, représentations et algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Automatique / Robotique. Université Paul Sabatier - Toulouse III, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00165562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Physical Guidance by a Tethered Aerial Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Siciliano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId649"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.4375px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Rachid Alami </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve"> Senior Scientist at LAAS-CNRS.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dr. Rachid Alami is Senior Scientist at CNRS. He holds since 2019 the Academic Chair of Cognitive and Interactive Robotics at the Artificial and Natural Intelligence Toulouse Institute (ANITI)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rachid Alami received an engineer diploma in computer science in 1978 from ENSEEIHT, a Ph.D. in Robotics in 1983 from Institut National Polytechnique Toulouse and a Habilitation HDR in 1996 from Université Paul Sabatier.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">He joined CNRS as Junior Scientist in October 1984.Rachid Alami is the founder and served as the head of the Robotics and InteractionS (RIS) team at LAAS during 10 years.He served 8 years as the head of the LAAS Robotics Department.He served 6 years as co-chair of the Interactive Robotics SIG at the French Research Group in Robotics (GDR Robotique)He also coordinated  the Ambient Intelligence initiative of LAAS.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">His main research contributions cover several key aspects of cognitive robotics and AI related topics:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Decisional abilities for Cognitive and Interactive Robots (Decision for HRI)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Human-Aware Motion Planning</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Combined Task and Motion Planning (Intricate Symbolic and Geometric Reasoning)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Multi-robot coordination and cooperation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Control Architectures and tools for building autonomous robot systems</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Action and Task Planning</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Robot Motion Planning</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Flexible Assembly Cells Programming and Control</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Google Scholar:</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.fr/citations?user=lda-c1UAAAAJ&hl=fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human–Robot Interaction: Successes, Hurdles, and Remaining Challenges [Opinion]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alin Albu-Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamim Asfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (4), pp.101-106. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MRA.2025.3619329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey on Socially Aware Robot Navigation: Taxonomy and Future Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Bachiller-Burgos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaís Garrell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Sanfeliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (10), pp.1-33. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/02783649241230562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04421740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principles and Guidelines for Evaluating Social Robot Navigation Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Francis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Pérez-d'Arpino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chengshu Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fei Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Alahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3700599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Impact of Time-to-Collision Constraint and Head Gaze on Usability for Robot Navigation in a Corridor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Compan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Human-Machine Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 53 (6), pp.965-974. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/THMS.2023.3314894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Robots able to Measure in Real-time the Quality of Interaction in HRI Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14, pp.713-731. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-021-00814-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03326954v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing joint action challenges in HRI: Insights from psychology and philosophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Fernández-Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 222, pp.103476. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2021.103476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Human-Robot Interaction with a Tethered Aerial Vehicle: Application to a Force-based Human Guiding Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Siciliano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (3), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2020.3038700⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573035v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot assistant : coopération et interaction pour agir, percevoir, communiquer et faire à la place de l'humain en situation de handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Vella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le petit illustré, regards croisés de chercheur.es</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Le Petit Illustré "Intelligence Artificielle" 2020, 44, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03448043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Self-Aware Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Renaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Andries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ricardo Chavez-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Luce-Vayrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Robotics and AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.88. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/frobt.2018.00088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial Cognition for Social Human-Robot Interaction: An Implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence (AIJ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 247, pp.45-69. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.artint.2016.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action, Joint Action and Learning in Robot Cognitive Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Khamassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Renaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016/1 (65), pp.169-203. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/intel.2016.1794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01375666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Social Robotics: An Applied Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazuhiko Kawamura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (4), pp.417-420. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-015-0312-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingredients and a Framework of Dexterous Manipulation Skills for Robots in Human Centered Environment and HRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Robotics Society of Japan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 32 (4), pp.347-353. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7210/jrsj.32.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Human-Level Semantics Understanding of Human-Centered Object Manipulation Tasks for HRI: Reasoning About Effect, Ability, Effort and Perspective Taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 6 (4), pp.593 - 620. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-014-0246-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Task-Aware Proactive Sociable Robot Based on Multi-state Perspective-Taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (2), pp.215 - 236. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-013-0181-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Aware Robot Navigation: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (12), pp.1726-1743</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grounding the Interaction: Anchoring Situated Discourse in Everyday Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (2), pp.181-199. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-011-0123-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Platform-Independent Cooperative Human Robot Interaction System: III An Architecture for Learning and Executing Actions and Shared Plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lallee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Pattacini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lenz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Melhuish</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Autonomous Mental Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (3), pp.239 - 253. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAMD.2012.2199754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Aware Manipulation Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28 (5), pp.1045 - 1057. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2012.2196303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological and subjective evaluation of a human–robot object hand-over task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dehais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Causse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 42 (6), pp.785-791. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apergo.2010.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pivoting based manipulation by a humanoid robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiichi Yoshida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Kanoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lamiraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28 (1), pp.77-88. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-009-9143-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesizing Robot Motions Adapted to Human Presence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Broquère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (3), pp.329 - 343. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-010-0059-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plan-based Control of Joint Human-Robot Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lawitzky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KI - Künstliche Intelligenz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 24 (3), pp.223-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach to Intricate Motion, Manipulation and Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (1), pp.104-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A plan manager for multi-robot systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Philippsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (2), pp.220-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A FRAMEWORK FOR SIMULTANEOUS PLAN EXECUTION AND ADAPTATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Proceedings Volumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 40 (15), pp.409-414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous configuration control for UAV formation flight in hostile environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAC Proceedings Volumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 40 (15), pp.451-456. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3182/20070903-3-FR-2921.00077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human Aware Mobile Robot Motion Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Félipé Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (5), pp.874 - 883. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TRO.2007.904911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The analysis of repetitive sequencing at the workcell level: from workcell tasks to workcell cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Freedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Production Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 28 (6), pp.1195-1213. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207549008942785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe proactive plans and their execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (3), pp.244-255</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AAAI 2006 Spring Symposium Reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chitta Baral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim Bickmore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed Durfee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence Magazine (AI Magazine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple eyes in the skies - Architecture and perception issues in the comets unmanned air vehicles project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ollero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Merino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gancet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Wiklund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12 (2), pp.46-57. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MRA.2005.1458323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-robot cooperation in the MARTHA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 5 (1), pp.36 - 47. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/100.667325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Architecture for Autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Ghallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 17 (4), pp.315-337. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/027836499801700402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123273v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning with non-deterministic events for enhanced robot autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics and Autonomous Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 18 (3), pp.311-317. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0921-8890(95)00086-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning robust motion strategies for a mobile robot in a polygonal world , Vol 8 N°4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série RIA : Revue d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (204)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LATENT PERSPECTIVE-TAKING VIA A SCHR ÖDINGER BRIDGE IN INFLUENCE-AUGMENTED LOCAL MODELS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Alcedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro U Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Modeling Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2026, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05562006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective-Shifted Neuro-Symbolic World Models: A Framework for Socially-Aware Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Alcedo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro U Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th IEEE International Conference on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Human Cooperation for Enhancing Social Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hariharan Arunachalam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRA 2025 Advances in Social Navigation Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Geometric Reasoning Networks for Robot Task and Motion Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Learning Representations (ICLR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextual social navigation through integrated task and motion planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello Tascioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Umbrico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Orlandini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Social Robotics, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Odense, Denmark. pp.404-416, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-3525-2_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05007628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Concurrent Actions and Decisions in Human-Robot Joint Action Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI'24 Workshop Symbiotic Society with Avatars (SSA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Boulder, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04511507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Aware Epistemic Task Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The HAXP: Human-Aware and Explainable Planning Workshop at ICAPS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Banff, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04587617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Task and Motion Planning with Feasibility Prediction: Towards Multi-Robot Manipulation Planning of Realistic Objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AEGO: Modeling Attention for HRI in Ego-Sphere Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/RSJ, Oct 2024, Abu Dhabi, United Arab Emirates. pp.2549-2555, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS58592.2024.10802086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model of Concurrent and Compliant Human-Robot Joint Action to Plan and Supervise Collaborative Robot Actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Cognitive Systems (ACS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Palermo (Italy), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Epistemic Human-Aware Task Planner which Anticipates Human Beliefs and Decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Social Robotic (ICSR 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Odense, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactive Planning for Coordinated Handover of an Autonomous Aerial Manipulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IEEE International Conference on Human-Robot Interaction (HRI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Stockholm, Sweden. pp.122-126, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3568294.3580055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Action and Grasp Feasibility Prediction for Task and Motion Planning through Multi-Task Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Detroy, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04016581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Predict Action Feasibility for Task and Motion Planning in 3D Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808885v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Robot Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, London, United Kingdom. pp.9793-9799, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA48891.2023.10161406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models and Algorithms for Human-Aware Task Planning with Integrated Theory of Mind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Busan, South Korea. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN57019.2023.10309437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Benchmarking Human-Aware Social Robot Navigation: A New Perspective and Metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robot and Human Interactive Communication (RO-MAN), 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Busan, South Korea. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN57019.2023.10309398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196832v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOP-JAM: A bio-inspired topology-based model of joint attention for human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendry Ferreira Chame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2023, London, United Kingdom. pp.7621-7627, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA48891.2023.10160488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04023355v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging Human-Aware Robot Navigation with an Intelligent Human Simulation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Simulation Conference (SSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04211919v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logic-Based Ethical Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umberto Grandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Lorini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Conference of the Italian Association for Artificial Intelligence: Advances in Artificial Intelligence (AIxIA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Italian Association for Artificial Intelligence, Nov 2022, Udine, Italy. pp.198--211, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-27181-6_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Robot Navigation through Integrated Task and Motion Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Umbrico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Orlandini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PlanRob Workshop - International Conference on Automated Planning and Scheduling (ICAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Knowledge Rich Task Planning Framework for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madalina Croitoru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI 2023 - 43rd SGAI International Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Cambridge, United Kingdom. pp.259-265, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-47994-6_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04385641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethical Planning with Multiple Temporal Values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umberto Grandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Lorini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th biennial Robophilosophy Conference : Social Robots in Social Institutions (Robophilosophy 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Helsiinki, Finland. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA220644⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipating False Beliefs and Planning Pertinent Reactions in Human-Aware Task Planning with Models of Theory of Mind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PlanRob Workshop - International Conference on Automated Planning and Scheduling (ICAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Watch out! There may be a Human. Addressing Invisible Humans in Social Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Kyoto, Japan. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS47612.2022.9982186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invisible Humans in Human-aware Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KHAOS: a Kinematic Human Aware Optimization-based System for Reactive Planning of Flying-Coworker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA46639.2022.9811803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03585262v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Planning for Human-Robot Joint Tasks with Explicit Reasoning on Human Mental State</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shashank Shekhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI-HRI Symposium at AAAI Fall Symposium Series (FSS) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Arlington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03909319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification robuste pour la collaboration homme-robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones Planification, Décision et Apprentissage (JFPDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Schwarzentruber, Jun 2022, Saint Etienne (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMHuS: Intelligent Multi-Human Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hauterville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camino Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Matellán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS2022 Workshop: Artificial Intelligence for Social Robots Interacting with Humans in the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KHAOS improvements using BSpline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCAS - The International Conference on Cognitive Aircraft Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Intelligent Human Avatar to Debug and Challenge Human-aware Robot Navigation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Late Breaking Report 2022 ACM/IEEE International Conference on Human-Robot Interaction (HRI '22)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03987659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JAHRVIS, a Supervision System for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st IEEE International Conference on Robot and Human Interactive Communication (RO-MAN 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Napoli, Italy. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN53752.2022.9900665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Social Agents Simulation Tool for Designing Choreographies for Human-Robot-Interaction Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hauterville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camino Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Matellán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROBOT2022: Fifth Iberian Robotics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Zaragoza, Spain. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-21062-4_42⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATP/EHDA: A Robot Task Planner Anticipating and Eliciting Human Decisions and Actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference On Robotics and Automation (ICRA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Philadelphia, United States. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA46639.2022.9812227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Aware Task Planner Explicitly Reasoning About Human and Robot Decision, Action and Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI '21: ACM/IEEE International Conference on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Boulder CO USA (virtual), United States. pp.544-548, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3434074.3447231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating Intelligent Human Agents for Intricate Social Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSS Workshop on Social Robot Navigation 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Aware Navigation Planner for Diverse Human-Robot Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague (online), Czech Republic. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS51168.2021.9636613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262888v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Referring Expression Generation through shared knowledge about past Human-Robot collaborative activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Prague (online), Czech Republic. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS51168.2021.9636796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Unexpected Daily Situations (UDS) Dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katie Winkle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IEEE International Conference on Human-Robot Interaction (HRI '20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Cambridge, United Kingdom. pp.427-429, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3371382.3378270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient, Situated and Ontology based Referring Expression Generation for Human-Robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Bit-Monnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 29th IEEE International Conference on Robot &amp; Human Interactive Communication ( RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Naples (on line), Italy. pp.349-356, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN47096.2020.9223485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922098v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Aware Task Planning Using Verbal Communication Feasibility and Costs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Social Robotics (ICSR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Golden, Colorado, France. pp.554-565</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Robot Computing an Online Estimation of the Quality of its Interaction with its Human Partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 29th IEEE International Conference on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, (Virtual Conference ), Italy. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN47096.2020.9223464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATEB-2: Reactive Planning and Decision making in Human-Robot Co-navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robot &amp; Human Interactive Communication, 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Online, Italy. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RO-MAN47096.2020.9223463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards methodological principles for user studies in Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Test Methods and Metrics for Effective HRI in Collaborative Human-Robot Teams Workshop, ACM/IEEE International Conference on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Daegu, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontologenius : A long-term semantic memory for robotic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robot &amp; Human Interactive Communication (IEEE Ro-MAN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Spatial Representation: a unique representation of an environment based on an ontology for robotic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combined Workshop on Spatial Language Understanding (SpLU) and Grounded Communication for Robotics (RoboNLP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reasoning on Shared Visual Perspective to Improve Route Directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 28th IEEE International Conference on Robot &amp; Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should a robot guide like a human? A qualitative four-phase study of a shopping mall robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Päivi Heikkilä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Lammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketta Niemelä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Eleventh International Conference on Social Robotics (ICSR 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02285035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation-based physics reasoning for consistent scene estimation in an HRI context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Macau, China. pp.7834-7841, </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS40897.2019.8968106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MuMMER: Socially Intelligent Human-Robot Interaction in Public Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Ellen Foster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Craenen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amol Deshmukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Lemon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Bastianelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Intelligence for Human-Robot Interaction Symposium (AI-HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AAAI Fall Symposium Series 2019, Nov 2019, Arlington, VA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02291690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Quality of Interaction from the robot point of view in Human-Robot Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Edition of Quality of Interaction in Socially Assistive Robots (QISAR) Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The 11th International Conference on Social Robotics (ICSR 2019), Nov 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Pertinence of Robot Decisions in a Human-Robot Joint Action Context: The PeRDITA Questionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Vrignaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th IEEE International Conference on Robot and Human Interactive Communication (RO-MAN 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Nanjing, China. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2018.8525785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Human and Robot Placements for Shared Visual Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Robotic Co-workers 4.0: Human Safety and Comfort in Human-Robot Interactive Social Environments 2018 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATP: Hierarchical Agent-based Task Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNDERWORLDS: Cascading Situation Assessment for Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Wallbridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Belpaeme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2018.8594094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viewing Robot Navigation in Human Environment as a Cooperative Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Robotics Research (ISSR 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Puerto Varas, Chile. 18p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01572555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with On-Line Human-Robot Negotiations in Hierarchical Agent-Based Task Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Iocchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Automated Planning and Scheduling (ICAPS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Pittsburgh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Robot Cooperative Navigation Planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Vienne, Austria. pp.161-162, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3029798.3038374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Social Criteria for Human-Robot Collaborative Navigation: A Comparison of Human-Aware Navigation Planners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. IEEE International Symposium on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lisbonne, Portugal. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel concept of Human-Robot competition for evaluating a robot's reasoning capabilities in HRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ACM/IEEE International Conference on Human-Robot Interaction (HRI 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Head-Body Motion Coordination for Human Aware Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Rios-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International workshop on Human-Friendlly Robotics (HFR 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Gênes, Italy. 8p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPENCER: A Socially Aware Service Robot for Passenger Guidance and Help in Busy Airports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Triebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai A Arras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Beyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Breuers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Field and Service Robotics (FSR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Toronto, Canada. pp.607-622, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-27702-8_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots Learning How and Where to Approach People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar A Islas Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chetouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Robot and Human Interactive Communication (RO-MAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, New York, NY, United States. pp.347-353, </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2016.7745154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Implemented Theory of Mind to Improve Human-Robot Shared Plans Execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Eleventh ACM/IEEE International Conference on Human Robot Interation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand. pp.319-326, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/HRI.2016.7451768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01330339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attentional supervision of human-robot collaborative plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Cacace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Caccavale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Finzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Robot and Human Interactive Communication (RO-MAN 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, New-York, United States. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2016.7745221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Software Combining Task and Motion Planning for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 AAAI Fall Symposium Series, Artificial Intelligence for Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using human knowledge awareness to adapt collaborative plan generation, explanation and monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th ACM/IEEE International Conference on Human-Robot Interaction (HRI 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand. pp.43-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some essential skills and their combination in an architecture for a cognitive and interactive robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the Eleventh ACM/IEEE International Conference on Human Robot Interation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Christchurch, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01330340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing sampling-based kinodynamic motion planning for quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning handovers involving humans and robots in constrained environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Waldhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Robots and Systems (IROS), 2015 IEEE/RSJ International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2015.7354302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FJA@HRI15 - Toward a Framework for Joint Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cordula Vesper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilge Mutlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI 2015 Workshop "Towards a Framework for Joint Action"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Verifiable and Correct-by-Construction Controller for Robots in Human Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rongjie Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saddek Bensalem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding HRI'15 Extended Abstracts Proceedings of the Tenth Annual ACM/IEEE International Conference on Human-Robot Interaction Extended Abstracts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining symbolic and geometric planning to synthesize human-aware plans: toward more efficient combined search.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Adaptive and Proactive Human-Aware Robot Guide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Social Robotics (ICSR 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Paris, France. pp.194-203, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-25554-5_20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a better understanding of the communication cues involved in a human-robot object transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Vincent Paubel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Symposium on Robot and Human Interactive Communication, IEEE RO-MAN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Kobe, Japan. pp.319-324, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2015.7333626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The HATP hierarchical planner: Formalisation and an initial study of its usability and practicality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra De Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hamburg, Germany. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2015.7354301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attentional Plan Execution for Human-Robot Cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Cacace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riccardo Caccavale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Finzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Italian Workshop on Artificial Intelligence and Robotics (AIRO 2015), A workshop of the XIV International Conference of the Italian Association for Artificial Intelligence (AI*IA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Ferrare, Italy. pp.19-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to interact with humans using goal-directed and habitual behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Renaudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ro-Man 2015, Workshop on Learning for Human-Robot Collaboration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mobile manipulator robot that brings objects to assist people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Conference of Gerontechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being safe around the robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithmic Human Robot Interaction Workshop, HRI 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Bielefeld, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romeo2 Project: Humanoid Robot Assistant and Companion for Everyday Life: I. Situation Assessment for Social Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Gelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Viry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Buendia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIC: Artificial Intelligence and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Torino, Italy. pp.140-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On human-aware task and motion planning abilities for a teammate robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vadant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adolfo Suarez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Collaboration for Industrial Manufacturing Workshop, RSS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, UC Berkeley, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01110191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online trajectory tracking based on model predictive control for Service Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ren Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kai C Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Automation Science and Engineering (CASE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Taipei, Taiwan. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoASE.2014.6899485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01971608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning agile motions for quadrotors in constrained environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Chicago, United States. 6p., </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2014.6942564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01187138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key elements for joint human-robot action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robo-Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Aarhus, Denmark. pp.23-33, </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-480-0-23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01309414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating directional cost models in navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmish Khambhaita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc. ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Bielefeld, Germany. pp.350 - 357, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2559636.2559662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01568842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new approach to combined symbolic-geometric backtracking in the context of human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Hong Kong, China. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2014.6907403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HATP: An HTN Planner for Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd ICAPS Workshop on Planning and Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Portsmouth, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating Human-Robot Interactions for Dialogue Strategy Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lefèvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIMPAR2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Bergamo, Italy. pp.62-73, </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-11900-7_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Planning and Task achievement Modalities for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelangelo Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Experimental Robotics (ISER 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Marrakech, Morocco. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for endowing an interactive robot with reasoning capabilities about perspective-taking and belief management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Edinburgh, United Kingdom. pp.FrAT2.4, </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROMAN.2014.6926399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers des robots socialement intelligents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence III - Intercompréhension de l’Intraspécifique à l’Interspécifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Guidel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affordance Graph: A Framework to Encode Perspective Taking and Effort based Affordances for day-to-day Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Combining HTN Planning and Geometric Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSS Workshop on Combined Robot Motion Planning and AI Planning for Practical Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural interaction for object hand-over</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interface for interleaved symbolic-geometric planning and backtracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On human models for collaborative robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 International Conference on Collaboration Technologies and Systems (CTS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit Knowledge and the Deliberative Layer: Lessons Learned</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une gestion des croyances pour la planification Homme - Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones sur la planification, la décision et l'apprentissage pour le contrôle des systèmes - JFPDA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Villers-lès-Nancy, France. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00736219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belief Management for HRI Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Artificial Intelligence - Workshop on Belief change, Non-monotonic reasoning and Conflict Resolution BNC@ECAI 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taskability Graph: Towards Analyzing Effort based Agent-Agent Affordances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN: The 21st IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharing effort in planning human-robot handover tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN: The 21st IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards planning Human-Robot Interactive manipulation tasks: Task dependent and human oriented autonomous selection of grasp and placement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Saut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sidobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IEEE RAS &amp; EMBS International Conference on Biomedical Robotics and Biomechatronics (BioRob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BioRob.2012.6290776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roboscopie: A Theatre Performance for a Human and a Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction Conference (HRI 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Boston, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the robot puts itself in your shoes. Managing and exploiting human and robot beliefs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN: The 21st IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Paris, France. 7p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction in the MORSE Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Echeverria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Karg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction Conference (HRI 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Boston, United States. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anchoring interaction through symbolic knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human-Robot Interaction Pioneers workshop (HRI 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Lausanne, Switzerland. 3p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning human-aware motions using a sampling-based costmap planner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Jaillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Shanghai, China. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2011.5980048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the robot considers the human</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Guitton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 15th International Symposium on Robotics Research (ISRR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Flagstaff, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards multi-state visuo-spatial reasoning based proactive human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Advanced Robotics (ICAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue in situated environments: A symbolic approach to perspective-aware grounding, clarification and reasoning for robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics, Science and Systems, Grounding Human-Robot Dialog for Spatial Tasks workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, United States. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Task Understanding through Multi-State Visuo-Spatial Perspective Taking for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Joint Conference on Artificial Intelligence-Workshop on Agents Learning Interactively from Human Teachers (IJCAI-ALIHT 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are you talking about? Grounding dialogue in a perspective-aware robotic architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium in Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Atlanta, United States. p.107-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interleaving symbolic and geometric reasoning for a robotic assistant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAPS Workshop on Combining Action and Motion Planning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Human Cooperation in Human-Centered Robot Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium in Robot and Human Interactive Communication (Ro-Man)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Viareggio, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Safe and Legible Hand-over Motions for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Mainprice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IARP/IEEE-RAS/EURON workshop on technical challenges for dependable robots in human environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework towards a socially aware Mobile Robot motion in Human-Centered dynamic environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which One? Grounding the Referent Based on Efficient Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasmin Steinwender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Symposium in Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Viareggio, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Generation and Execution of Human Aware Navigation Plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Kruse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Kirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International Conference on Autonomous Agents and Multiagent Systems (AAMAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mightability maps: A perceptual level decisional framework for co-operative and competitive human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving Ambiguities with Perspective Taking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jasmin Steinwender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Hamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ORO, a knowledge management module for cognitive architectures in robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Mösenlechner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Beetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Shared Attention through Geometric Reasoning for Human Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riichiro Tadakuma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IEEE-RAS International Conference on Humanoid Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regrasp planning for pivoting manipulation by a humanoid robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiichi Yoshida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Kanoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lamiraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Kobe, Japan. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A step towards a sociable robot guide which monitors and adapts to the person's activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for adapting social conventions in a mobile robot motion in human-centered environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Architecture Supporting Proactive Robot Companion Behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AISB 2009 Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning and Plan-execution for Human-Robot Cooperative Task achievement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th international conference on automated planning and scheduling (ICAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Tools for Perspective Taking for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Félipé Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh Mexican International Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Atizapan de Zaragoza, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision and Motion Planning for a Mobile Manipulator Interacting with Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Ransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd ACM/IEEE International Conference on Human-Robot Interaction (HRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of interaction between dialog and decision for human-robot collaborative task achievement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuyin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Britta Wrede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RO-MAN 2007 - The 16th IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pivoting based manipulation by humanoids: a controllability analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eiichi Yoshida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yokoi Kazuhito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2007.4399212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploratory Study of a Robot Approaching a Person in the Context of Handing Over an Object</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken L Koay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D S Syrdal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M L Walters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI spring symposium: multidisciplinary collaboration for socially assistive robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Stanford, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation Flight: Evaluation of autonomous configuration control algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Plan Manager for Multi-Robot Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Field and Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Chamonix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Software Component for Simultaneous Plan Execution and Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Human Centered Robot Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Systems, Man and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A management of mutual belief for human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Ransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Conference on Systems, Man and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Framework for Simultaneous Plan Execution and Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th IFAC Symposium on Intelligent Autonomous Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mobile robot that performs human acceptable motions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. pp.1811-1816</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Human-Aware Robot Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI spring symposium: to boldly go where no human-robot team has gone before</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Palo Alto, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How May I Serve You? A Robot Companion Approaching a Seated Person in a Helping Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Walters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Woods</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheng Lee Koay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher L Nehaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st ACM SIGCHI/SIGART conference on Human-robot interaction (HRI '06 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Utah, United States. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1121241.1121272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe and dependable physical human-robot interaction in anthropic domains: State of the art and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albu-Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bicchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bischoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS'06 Workshop on Physical Human-Robot Interaction in Anthropic Domains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2006.6936985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01295366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning and control for Unmanned Air Vehicle formation flight</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rackham: An Interactive Robot-Guide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMAN 2006 - IEEE International Workshop on Robots and Human Interactive Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hatfield, United Kingdom. pp.502-509</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing a Human-Aware Robot System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Felipe Marin-Urias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Fontmarty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Brèthes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMAN 2006 - The 15th IEEE International Symposium on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Hatfield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A methodological approach relating the classification of gesture to identification of human intent in the context of human-robot interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystopher L Nehaniv</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Kubacki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Haegele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Parlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROMAN 2005. IEEE International Workshop on Robot and Human Interactive Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-robot Cooperation : Architectures and Paradigms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquièmes Journées Nationales de Recherche en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Guidel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation in the LAAS Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lampe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Robotics and Automation - Workshop on Software Development in Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00166799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Decisional Framework for Autonomous Robots Interacting with Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Robot and Human Interactive Communication (ROMAN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigation in the presence of humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerstin Dautenhahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Walters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEEE-RAS International Conference on Humanoid Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Tsukuba, Japan. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICHR.2005.1573565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task planning and control for a multi-UAV system: architecture and algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Gancet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Edmonton, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision and Interaction Analysis of an Autonomous Tour-guide Robot Deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Advanced Robotics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Tasks Allocation Scheme in Multi-UAV Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Robot Task Planner that Merges Symbolic and Geometric Reasoning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moving Safely but not Slowly - reactively Adapting Paths for Better Trajectory Times</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of aSyMov: Integrating Motion, Manipulation and Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Automated Planning &amp; Scheduling (ICAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraire et utiliser la structure des domaines en planification de tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA : Reconnaissance des Formes et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependability Issues in a Robot Control Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Py</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oct 2002, pp.PP23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00131261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the influence of sensor capacities and environment dynamics onto collision-free motion plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Playing with several roadmaps to solve manipulation problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Lausanne, Switzerland. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRDS.2002.1041612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safe, Reliable and Friendly Intera ction Between Humans And Humanoids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Pettré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Jaillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IARP International Workshop on Humanoid and Human Friendly Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global nearness diagram navigation (GND)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Minguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Montano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 2001 ICRA. IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-robot cooperation through the common use of &amp;quot;mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2001, Maui, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building topological models for navigation in large scale environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique van Zwynsvoorde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 2001 ICRA. IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. </w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.933283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Let's reduce the gap between task planning and motion planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea. </w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.2001.932523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One action is enough to plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI'01 Proceedings of the 17th international joint conference on Artificial intelligence - Volume 1 Pages 439-444</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2001, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation Assessment for Human-Robot Interactive Object Manipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emrah Akin Sisbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raquel Ros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extension of the plan-merging paradigm for multi-robot coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, Seoul, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-robot cooperative task achievement system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2000, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental Topological Modeling using Local Voronoi-like Graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique van Zwynsvoorde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/FSR International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Takamatsu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une planification en environnement dynamique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RFIA : Reconnaissance des Formes et Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning sensor-based motions for mobile robot navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2000, San-Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diligent: towards a human-friendly navigation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Belousov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Takamatsu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An accessibility graph learning approach for task planning in large domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Artificial Intelligence (ECAI 2000) - 4th Workshop "New Results in Planning, Scheduling and Design" (PuK2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2000, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Possibilistic Planner that Deals with Non-Determinism and Contingency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCAI '99 Proceedings of the Sixteenth International Joint Conference on Artificial Intelligence Pages 996-1001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1999, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M+: a scheme for multi-robot cooperation through negotiated task allocation and achievement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia .C. Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1999, Detroit, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scheme for Coordinating Multi-robot Planning Activities and Plans Execution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th European Conference on Artificial Intelligence (ECAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Coordination and Execution in Multi-robots Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Advanced Robotics. Proceedings. ICAR'97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1997, Monterey, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operating a large fleet of mobile robots using the plan-merging paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Albuquerque, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to solve deadlock situations within the plan-merging paradigm for multi-robot cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samer Qutub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robot and Systems. (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1997, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRS: a high level supervision and control language for autonomous mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fleet of autonomous and cooperative mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in: Proceedings of IEEE/RSJ International Conference on Intelligent Robots and Systems. IROS '96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1996, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental mission allocation to a large team of robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Ghallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Minneapolis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Robot Cooperation through Incremental Plan-Merging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sho'Ji Suzuki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 1995 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ten autonomous mobile robots (and even more) in a route network like environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings 1995 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Pittsburgh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mission Planning and Execution Control for Intervention Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Undersea Robotics and Intelligent Control Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A numerical technique for planning motion strategies of a mobile robot in presence of uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Bouilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of 1995 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Nagoya, Japan. </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1995.525463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A paradigm for plan-merging and its use for multi-robot cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sho'Ji Suzuki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1994, San Antonio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to teleprogram a remote intelligent robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Proust</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1994, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning robust motion strategies for a mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1994 IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1994, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing an Intelligent Control Architecture for Autonomous Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Espiau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Advanced Robotics (ICAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1993, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remote intervention, robot autonomy, and teleprogramming: generic concepts and real-world application cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Giralt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1993, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion planning for a robot and a movable object amidst polygonal obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dacre-Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1992, Nice, France. </w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1992.220094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated planning and execution control of autonomous robot actions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Degallaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Laruelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics} and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1992, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task Level Programming And Robot Autonomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Giralt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1992, Raleigh, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardware and software architecture for execution control of an autonomous mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.F. Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Industrial Electronics, Control, Instrumentation, and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed evolvable control architecture for mobile robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.F. de Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1991, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision and control of the AMR intervention robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Laurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Saint Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Perebaskine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth International Conference on Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1991, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic planning of pick and place operations in presence of uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mazon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Violero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Workshop on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1990, Ibaraki, Japan. </w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.1990.262366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repetitive sequencing: from workcell tasks to workcell cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Freedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1990, Cincinnati, United States. </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1990.126294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A failure recovery scheme for assembly workcells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. López-Mellado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1990, Cincinnati, United States. </w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1990.126067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representation and propagation of positioning uncertainties through manipulation robot programs-integration into a task-level programming system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Mazon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1989, Scottsdale, United States. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBOT.1989.100057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commitments in Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Fernández Castro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Joint Action Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Genova, Italy. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Children to Robots: How the parallel with developmental psychology can improve human-robot joint activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathleen Belhassein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Cochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Guidetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Action Meeting (JAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Gênes, Italy. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing an implicit false belief task by cascading situation assessment with UNDERWORLDS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "toward a Framework for Joint Action" at Robotics Science and Systems (RSS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Pittsburg, United States. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On robot decisional abilities for human-robot joint action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Action Meeting V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Berlin, Germany. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bottom up development of a robot's basic socio-cognitive abilities for joint action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverin Lemaignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Warnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Joint Action Meeting (JAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RoboCup 2021: Robot World Cup XXIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joydeep Biswas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Cakmak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Obst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RoboCup 2021: Robot World Cup XXIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13132, Springer International Publishing, 2022, Lecture Notes in Computer Science, 978-3-030-98681-0. </w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-98682-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robot Behavior Adaptation to Human Social Norms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Roesler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elahe Bagheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Models of the Situation, the Explanandum, and the Interaction Partner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heike Buhl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Lisa Vollmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Booshehri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kary Främling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Explainable AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.269-295, 2026, 978-981-96-5290-7. </w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-5290-7_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the sXAI Interaction: Beliefs, Goals, and Decisional Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Britta Wrede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Explainable AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.197-223, 2026, 978-981-96-5290-7. </w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-5290-7_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Components of an Explanation for Co-constructive sXAI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Lisa Vollmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heike Buhl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Grimminger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel-Cyrille Ngonga Ngomo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Explainable AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.39-53, 2026, 978-981-96-5290-7. </w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-5290-7_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scenarios of Social Explainable AI in Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kary Främling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Hulstijn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Tchappi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Grimminger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Explainable AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.19-38, 2026, 978-981-96-5290-7. </w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-96-5290-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make a robot guide?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Mayima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Buisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoan Sallami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30, </w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Nature Switzerland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.483-494, 2024, Springer Proceedings in Advanced Robotics, 978-3-031-63595-3. </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-63596-0_43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is It to Implement a Human-Robot Joint Action?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics, AI, and Humanity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.229-238, 2021, 978-3-030-54172-9. </w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-54173-6_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Love with a Corporation without Knowing It: An Asymetrical Relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Boine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Castets-Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nørskov, M., Seibt J., Quick O. 2020. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culturally Sustainable Social Robotics—Proceedings of Robophilosophy 2020.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IOS Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Frontiers of AI and Its Applications,, </w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA200923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02963070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Assembly Planning and Geometric Task Planning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Lallement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Cortés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamoun Gharbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anibal Ollero; Bruno Siciliano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerial Robotic Manipulation. Research, Development and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 129, Springer, pp.299-316, 2019, Springer Tracts in Advanced Robotics, 978-3-030-12945-3. </w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-12945-3_22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02191294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Pertinence of Social Practices for Social Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Vázquez-Salceda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Dignum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Mascarenhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Dignum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IOS Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Envisioning Robots in Society – Power, Politics, and Public Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.36-74, 2018, 978-1-61499-931-7. </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-931-7-63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key Elements for Human Robot Joint Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociality and Normativity for Robots Philosophical Inquiries into Human-Robot Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.159-177, 2017, Studies in the Philosophy of Sociality, </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53133-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ijn_03084126v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About Decisions During Human-Robot Shared Plan Achievement: Who Should Act and How?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Devin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Robotics,9th International Conference, ICSR 2017, Tsukuba, Japan, November 22-24, 2017, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10652, </w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.453-463, 2017, Lecture Notes in Computer Science book series, 978-3-319-70022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Human-Robot Competition: Towards Evaluating Robots’ Reasoning Abilities for HRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavindra de Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Robotics. ICSR 2016. Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.138-147, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MuMMER Project: Engaging Human-Robot Interaction in Real-World Public Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Ellen Foster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olli Gestranius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Lemon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketta Niemelä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Robotics. 8th International Conference, ICSR 2016, Kansas City, MO, USA, November 1-3, 2016 Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.753-763, 2016, Lecture Notes in Computer Science</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Users' Belief Awareness in Reinforcement Learning-based Situated Human-Robot Dialogue Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Milliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lefèvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">G.G. Lee, H.K. Kim, M. Jeong, J.-H. Kim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Language Dialog Systems and Intelligent Assistants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.73-86, 2015, 978-3-319-19291-8. </w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-19291-8_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mightability: A Multi-State Visuo-Spatial Reasoning for Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Kumar Pandey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Oussama Khatib, Vijay Kumar, Gaurav Sukhatme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Robotics. The 12th International Symposium on Experimental Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 79, Springer, pp.49-63, 2014, Springer Tracts in Advanced Robotics, </w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-28572-1_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Task Planner for an Autonomous Social Robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Asama H., Kurokawa H., Ota J., Sekiyama K. (eds) Distributed Autonomous Robotic Systems 8. Springer, Berlin, Heidelberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.335-344, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHARY: a supervision system adapted to Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Montreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Khatib O., Kumar V., Pappas G.J. (eds) Experimental Robotics. Springer Tracts in Advanced Robotics, vol 54. Springer, Berlin, Heidelberg</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.229-238, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Provably Safe Motions Strategies for Mobile Robots in Dynamic Domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Madhava Krishna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Navigation in Dynamic Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, Springer Berlin Heidelberg, pp.85-106, 2007, Springer Tracts in Advanced Robotics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision making in multi-UAVs systems: Architecture and Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Hattenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Gancet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Ollero A., Maza I. (eds) Multiple Heterogeneous Unmanned Aerial Vehicles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 37, Springer Berlin Heidelberg, pp.15-48, 2007, Springer Tracts in Advanced Robotics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A general framework for multi-robot cooperation and its implementation on a set of three Hilare robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Bullata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Herrb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in: Khatib O., Salisbury J.K. (eds) Experimental Robotics IV.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 223, Springer-Verlag, pp.26-39, 2005, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">aSyMov: A Planner That Deals with Intricate Symbolic and Geometric Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Gravot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics Research. The Eleventh International Symposium. Springer Tracts in Advanced Robotics,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, pp.100-110, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01972666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plan-Based Multi-robot Cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Beetz M., Hertzberg J., Ghallab M., Pollack M.E. (eds) Advances in Plan-Based Control of Robotic Agents. Lecture Notes in Computer Science, vol 2466</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-20, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative plan enhancement in multi-robot context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Autonomous Systems – 6. E. Pagello, F. Groen, T. Arai, R. Dillmann, and A. Stentz (Eds) IOS Press 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots that cooperatively enhance their plans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Silva da Costa Botelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Parker L.E., Bekey G., Barhen J. (eds) Distributed Autonomous Robotic Systems 4.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Japan, pp.55-65, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Robot Cooperation Scheme Based on Incremental Plan-Merging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In: Giralt G., Hirzinger G. (eds) Robotics Research.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer London, pp.323-332, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two manipulation planning algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ken Goldberg, Dan Halperin, Jean-Claude Latombe, Randall Wilson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WAFR Proceedings of the workshop on Algorithmic foundations of robotics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A. K. Peters, Ltd. Natick, MA, USA, pp.109-125, 1994, ISBN:1-56881-045-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01310030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An architecture for task interpretation and execution control for intervention robots: Preliminary experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Degallaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Pérébaskine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Robotics III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 190, Springer-Verlag, pp.207-221, 1993, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An architecture for task interpretation and execution control for intervention robots: Preliminary experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Degallaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Pérébaskine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2nd International} Symposium of Experimental Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 190, Springer-Verlag, pp.207-221, 1991, Lecture Notes in Control and Information Sciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A geometrical approach to planning manipulation tasks. The case of discrete placements and grasps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Laumond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hirofumi Miura. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The fifth international symposium on Robotics research </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT Press, pp.453-463, 1990, 0-262-13253-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01309950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing with Time in Planning and Execution Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malik Ghallab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Robotics Research 4, Bolles and Roth (Eds.) p.431-444, MIT Press,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socially Acceptable Robot Behavior: Approaches for Learning, Adaptation and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Roesler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elahe Bagheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Aly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03893441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Human Motion Prediction Quality Shapes Social Robot Navigation Performance in Constrained Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Stratton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranav Goyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoforos Mavrogiannis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Horizon Task and Motion Planning with Learning-Based Geometric Reasoning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Merlau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05392791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Task and Motion Planning with Feasibility Prediction: Towards Multi-Robot Manipulation Planning of Realistic Objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Ait Bouhsain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04284213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging Human-Aware Robot Navigation with an Intelligent Human Simulation System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Intelligent Human Simulation (InHuS) for developing and experimenting human-aware and interactive robot abilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phani-Teja Singamaneni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03268150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commitments in Human-Robot Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Fernandez Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Clodic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pacherie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ijn_03084105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots autonomes : du concept au robot. Architectures, représentations et algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Automatique / Robotique. Université Paul Sabatier - Toulouse III, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00165562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Physical Guidance by a Tethered Aerial Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Tognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Siciliano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId669"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="42A9B054"/>
+    <w:nsid w:val="E14EE8EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.fr/citations?user=lda-c1UAAAAJ&amp;hl=fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448964v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Billard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Albu-Schaeffer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamim Asfour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2025.3619329" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04421740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phani Teja Singamaneni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Bachiller-Burgos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Manso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#237;s Garrell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Sanfeliu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649241230562" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164243v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Francis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia P&#233;rez-d'Arpino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengshu Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alahi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3700599" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240696v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Buisan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Compan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Caroux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Clodic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Carreras" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2023.3314894" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03326954v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mayima" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-021-00814-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505047v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Belhassein" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Fern&#225;ndez-Castro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pacherie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2021.103476" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573035v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tognon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siciliano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2020.3038700" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Vigouroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vella" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856931v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Renaudo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ricardo Chavez-Garcia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Luce-Vayrac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2018.00088" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857498v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Lemaignan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Warnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrah Akin Sisbot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2016.07.002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Girard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Devin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2016.1794" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955055v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar Pandey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Kawamura" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-015-0312-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976761v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7210/jrsj.32.347" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857578v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-014-0246-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857577v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-013-0181-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BBB3EE991DB8D32C40B5C9646F048EB9145E009/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684295v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kruse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kirsch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664546v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Ros" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Beetz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-011-0123-x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8EF96288F5BFF6EDCAA97FA05B0B868C261EFF24/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857587v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lallee" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Pattacini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lenz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Melhuish" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAMD.2012.2199754" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857548v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2012.2196303" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979357v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Causse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2010.12.005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972688v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiichi Yoshida" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Poirier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laumond" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Kanoun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lamiraux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-009-9143-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RHWF6QKC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857574v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Marin-Urias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Broqu&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sidobre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-010-0059-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/41BF19B311F5509BC79E3047A4167F64F5AF98E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405769v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lawitzky" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976081v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cambon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gravot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979786v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Joyeux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lacroix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Philippsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979772v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979770v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Hattenberger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070903-3-FR-2921.00077" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857545v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F&#233;lip&#233; Marin-Urias" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simeon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2007.904911" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972577v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Freedman" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207549008942785" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976206v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Madhava Krishna" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976841v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Becker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chitta Baral" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Bickmore" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Durfee" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979751v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ollero" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Merino" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gancet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wiklund" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2005.1458323" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857573v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fleury" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Herrb" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Ingrand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Robert" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/100.667325" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123273v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fleury" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Ghallab" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/027836499801700402" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BADB06B9F3503630433C4540C3C7D57B9581DB01/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979797v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Perret" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-8890(95)00086-0" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BCE5C3FF87C79A42B5539E54A5A35B6A46BC7CA6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979371v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460445v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hariharan Arunachalam" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phani-Teja Singamaneni" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04914376v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Ait Bouhsain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007628v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Tascioni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Umbrico" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Orlandini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-3525-2_34" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511507v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Favier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587617v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashank Shekhar" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04636503v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682884v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendry Ferreira Chame" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS58592.2024.10802086" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609442v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942435v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196832v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN57019.2023.10309398" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023355v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10160488" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04016581v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04029293v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Truc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3568294.3580055" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03808885v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04210921v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN57019.2023.10309437" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04211919v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308082v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Grandi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Lorini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Parker" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27181-6_14" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163587v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04385641v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Croitoru" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47994-6_25" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163435v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308824v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA220644" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585262v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA46639.2022.9811803" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03865565v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS47612.2022.9982186" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696158v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03909319v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03865622v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hauterville" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camino Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Matell&#225;n" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03699845v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03987659v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03702389v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN53752.2022.9900665" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03865658v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21062-4_42" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03684211v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA46639.2022.9812227" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192891v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3434074.3447231" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388382v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262888v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS51168.2021.9636613" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389504v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarthou" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS51168.2021.9636796" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927549v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Sallami" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Winkle" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Webb" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3371382.3378270" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922098v2" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bit-Monnot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN47096.2020.9223485" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02910899v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN47096.2020.9223464" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927562v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02922029v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN47096.2020.9223463" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02282600v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283342v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177140v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283904v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Waldhart" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02285035v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#228;ivi Heikkil&#228;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Lammi" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketta Niemel&#228;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925945v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS40897.2019.8968106" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291690v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Ellen Foster" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Craenen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amol Deshmukh" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Lemon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Bastianelli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02403081v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01906101v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vrignaud" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2018.8525785" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972096v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01944178v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lallement" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavindra de Silva" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943917v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wallbridge" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Belpaeme" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2018.8594094" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568840v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmish Khambhaita" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3029798.3038374" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01947890v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Sebastiani" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Iocchi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01572555v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568841v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568838v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rios-Martinez" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954974v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568834v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar A Islas Ram&#237;rez" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2016.7745154" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568853v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Triebel" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai A Arras" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Beyer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Breuers" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27702-8_40" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330339v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HRI.2016.7451768" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954990v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cacace" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Caccavale" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelangelo Fiore" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Finzi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2016.7745221" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954954v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoun Gharbi" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954964v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Milliez" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330340v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231717v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boeuf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cort&#233;s" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275105v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2015.7354302" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955200v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01944239v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordula Vesper" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilge Mutlu" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955184v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongjie Yan" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddek Bensalem" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568756v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25554-5_20" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628249v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Paubel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2015.7333626" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955070v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955208v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavindra De Silva" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2015.7354301" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01944380v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110191v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vadant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Suarez" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01971608v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren Luo" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai C Huang" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoASE.2014.6899485" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309414v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-480-0-23" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187138v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6942564" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568842v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2559636.2559662" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976153v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2014.6907403" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055493v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110185v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096094v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Gelin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Viry" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Buendia" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764114v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071216v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferreira" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11900-7_6" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149109v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064546v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2014.6926399" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977534v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976143v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976735v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Mainprice" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976115v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053642v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943658v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979215v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977526v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979213v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guitton" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00736219v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976706v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976231v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Saut" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BioRob.2012.6290776" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667021v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977529v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Warnier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667026v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Echeverria" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Karg" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976227v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Jaillet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2011.5980048" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667039v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979210v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977501v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667030v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977507v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664548v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976223v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977475v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405752v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976107v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alili" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977495v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Steinwender" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405747v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977478v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977468v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Hamann" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979203v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz M&#246;senlechner" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976928v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riichiro Tadakuma" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976216v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976059v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152540" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976213v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979148v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979172v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976921v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979138v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ransan" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972683v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yokoi Kazuhito" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399212" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977573v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Montreuil" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyin Li" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britta Wrede" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979353v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken L Koay" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Syrdal" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L Walters" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Dautenhahn" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979777v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166798v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977579v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166797v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977577v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166796v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977564v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987513v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F Marin" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976200v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Walters" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Woods" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheng Lee Koay" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher L Nehaniv" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1121241.1121272" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979766v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295366v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albu-Schaeffer" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bicchi" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bischoff" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.6936985" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977571v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Marin-Urias" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fontmarty" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Br&#232;thes" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480381v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bailly" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976823v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystopher L Nehaniv" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kubacki" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Haegele" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Parlitz" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979748v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166799v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lampe" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977560v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979746v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Gancet" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976196v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICHR.2005.1573565" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977554v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979743v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lemaire" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972672v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972660v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976192v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131261v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Py" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979824v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guere" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979379v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299672v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pettr&#233;" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972650v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRDS.2002.1041612" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979376v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique van Zwynsvoorde" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.933283" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972648v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.932523" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979817v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977510v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979740v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Silva da Costa Botelho" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979373v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Minguez" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Montano" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979733v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04292673v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979723v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979814v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979813v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04295765v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976177v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Belousov" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979804v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979717v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia .C. Botelho" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979716v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Qutub" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979708v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979706v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979710v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972550v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robert" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979702v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979700v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vidal" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01981902v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979392v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho'Ji Suzuki" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979400v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Aguilar" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979369v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bouilly" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1995.525463" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979386v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969131v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perret" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Proust" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979364v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969115v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Espiau" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969120v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Giralt" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969077v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Degallaix" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laruelle" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969090v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972642v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dacre-Wright" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1992.220094" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969084v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. Camargo" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969051v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. de Camargo" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969061v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laurette" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Saint Vincent" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Perebaskine" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972622v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Freedman" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1990.126294" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972596v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mazon" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Violero" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.1990.262366" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972612v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L&#243;pez-Mellado" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1990.126067" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972631v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1989.100057" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02272349v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Fern&#225;ndez Castro" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02282577v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cochet" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guidetti" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925962v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979217v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977538v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945904v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joydeep Biswas" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Cakmak" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Obst" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98682-7" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320066v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Roesler" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elahe Bagheri" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aly" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rossi" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243068v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iser2023.org/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63596-0_43" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03184727v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54173-6_19" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963070v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boine" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Castets-Renard" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://conferences.au.dk/robo-philosophy/aarhus2020" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA200923" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02191294v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12945-3_22" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943774v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier V&#225;zquez-Salceda" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Dignum" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mascarenhas" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Dignum" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-931-7-63" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/ijn_03084126v2" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783319531311" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53133-5_8" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943959v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-70022-9_45" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955005v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955015v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olli Gestranius" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955213v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19291-8_7" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977480v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28572-1_4" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979160v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979196v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Cao" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976209v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979781v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979405v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Bullata" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972666v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979727v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979722v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979720v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979704v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310030v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969124v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P&#233;r&#233;baskine" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gaborit" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969067v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309950v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979793v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893441v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463565v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Stratton" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranav Goyal" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoforos Mavrogiannis" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392791v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Merlau" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04284213v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03684245v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268150v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03084105v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Fernandez Castro" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00165562v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02594623v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.fr/citations?user=lda-c1UAAAAJ&amp;hl=fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448964v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Billard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Albu-Schaeffer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamim Asfour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2025.3619329" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04421740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phani Teja Singamaneni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Bachiller-Burgos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Manso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#237;s Garrell" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Sanfeliu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649241230562" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164243v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Francis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia P&#233;rez-d'Arpino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengshu Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Xia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alahi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3700599" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240696v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Buisan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Compan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Caroux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Clodic" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Carreras" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2023.3314894" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03326954v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Mayima" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-021-00814-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505047v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Belhassein" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Fern&#225;ndez-Castro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pacherie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2021.103476" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573035v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tognon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Siciliano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2020.3038700" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Vigouroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vella" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856931v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Renaudo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ricardo Chavez-Garcia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Luce-Vayrac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2018.00088" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857498v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Lemaignan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Warnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrah Akin Sisbot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2016.07.002" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375666v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Girard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Devin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2016.1794" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955055v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar Pandey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Kawamura" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-015-0312-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976761v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7210/jrsj.32.347" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857578v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-014-0246-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857577v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-013-0181-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5BBB3EE991DB8D32C40B5C9646F048EB9145E009/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684295v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kruse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Kirsch" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664546v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Ros" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Beetz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-011-0123-x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8EF96288F5BFF6EDCAA97FA05B0B868C261EFF24/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857587v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lallee" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Pattacini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lenz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Melhuish" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAMD.2012.2199754" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857548v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2012.2196303" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979357v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Causse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2010.12.005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972688v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eiichi Yoshida" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Poirier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laumond" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Kanoun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lamiraux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-009-9143-x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RHWF6QKC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857574v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Marin-Urias" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Broqu&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sidobre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-010-0059-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/41BF19B311F5509BC79E3047A4167F64F5AF98E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405769v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lawitzky" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976081v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cambon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gravot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979786v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Joyeux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lacroix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Philippsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979772v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979770v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Hattenberger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20070903-3-FR-2921.00077" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857545v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F&#233;lip&#233; Marin-Urias" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simeon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2007.904911" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972577v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Freedman" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207549008942785" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976206v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Madhava Krishna" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976841v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Becker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chitta Baral" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Bickmore" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Durfee" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979751v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ollero" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Merino" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gancet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wiklund" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2005.1458323" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857573v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fleury" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Herrb" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Ingrand" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Robert" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/100.667325" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123273v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fleury" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Ghallab" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/027836499801700402" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BADB06B9F3503630433C4540C3C7D57B9581DB01/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979797v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Perret" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-8890(95)00086-0" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BCE5C3FF87C79A42B5539E54A5A35B6A46BC7CA6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979371v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562006v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Alcedo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro U Lima" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561997v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460445v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hariharan Arunachalam" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phani-Teja Singamaneni" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04914376v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Ait Bouhsain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007628v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Tascioni" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Umbrico" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Orlandini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-3525-2_34" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511507v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Favier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587617v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashank Shekhar" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04636503v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682884v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendry Ferreira Chame" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS58592.2024.10802086" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609442v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942435v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04029293v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Truc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3568294.3580055" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04016581v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03808885v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04210921v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN57019.2023.10309437" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196832v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN57019.2023.10309398" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023355v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10160488" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04211919v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308082v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Grandi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Lorini" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Parker" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27181-6_14" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163587v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04385641v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Croitoru" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47994-6_25" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308824v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA220644" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163435v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03865565v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS47612.2022.9982186" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696158v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585262v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA46639.2022.9811803" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03909319v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03865622v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hauterville" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camino Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Matell&#225;n" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03699845v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03987659v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03702389v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN53752.2022.9900665" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03865658v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21062-4_42" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03684211v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA46639.2022.9812227" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192891v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3434074.3447231" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388382v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262888v2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS51168.2021.9636613" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389504v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarthou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS51168.2021.9636796" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927549v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Sallami" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Winkle" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Webb" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3371382.3378270" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922098v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bit-Monnot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN47096.2020.9223485" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927562v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02910899v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN47096.2020.9223464" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02922029v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RO-MAN47096.2020.9223463" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02282600v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283342v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177140v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283904v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Waldhart" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02285035v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#228;ivi Heikkil&#228;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Lammi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marketta Niemel&#228;" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925945v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS40897.2019.8968106" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291690v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Ellen Foster" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Craenen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amol Deshmukh" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Lemon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Bastianelli" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02403081v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01906101v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vrignaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2018.8525785" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972096v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01944178v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lallement" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavindra de Silva" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943917v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wallbridge" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Belpaeme" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2018.8594094" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01572555v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmish Khambhaita" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01947890v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Sebastiani" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Iocchi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568840v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3029798.3038374" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568841v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954974v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568838v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rios-Martinez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568853v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Triebel" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai A Arras" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Beyer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Breuers" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27702-8_40" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568834v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar A Islas Ram&#237;rez" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2016.7745154" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330339v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HRI.2016.7451768" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954990v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cacace" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Caccavale" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelangelo Fiore" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Finzi" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2016.7745221" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954954v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoun Gharbi" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954964v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Milliez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330340v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231717v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boeuf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cort&#233;s" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275105v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2015.7354302" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01944239v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordula Vesper" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilge Mutlu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955184v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongjie Yan" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddek Bensalem" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955200v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568756v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25554-5_20" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628249v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Paubel" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2015.7333626" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955208v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavindra De Silva" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2015.7354301" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955070v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01944380v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764114v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110185v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vadant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096094v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Gelin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Viry" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Buendia" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110191v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo Suarez" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01971608v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren Luo" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai C Huang" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoASE.2014.6899485" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187138v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6942564" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309414v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-480-0-23" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01568842v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2559636.2559662" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976153v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2014.6907403" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055493v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071216v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferreira" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11900-7_6" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149109v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064546v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROMAN.2014.6926399" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943658v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977534v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976143v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976735v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Mainprice" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976115v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053642v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979215v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00736219v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guitton" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979213v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977526v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976706v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976231v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Saut" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BioRob.2012.6290776" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667021v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977529v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Warnier" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667026v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Echeverria" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Karg" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667039v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976227v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Jaillet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2011.5980048" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979210v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977501v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667030v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977507v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664548v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976107v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alili" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405752v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976223v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977475v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977495v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmin Steinwender" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405747v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977478v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977468v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Hamann" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979203v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz M&#246;senlechner" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976928v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riichiro Tadakuma" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976059v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152540" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976216v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976213v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979148v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979172v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976921v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979138v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ransan" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977573v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Montreuil" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyin Li" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britta Wrede" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972683v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yokoi Kazuhito" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2007.4399212" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979353v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken L Koay" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Syrdal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L Walters" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Dautenhahn" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979777v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166798v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166797v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977579v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977577v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166796v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987513v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F Marin" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977564v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976200v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Walters" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Woods" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheng Lee Koay" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher L Nehaniv" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1121241.1121272" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295366v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albu-Schaeffer" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bicchi" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bischoff" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2006.6936985" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979766v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480381v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bailly" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977571v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Marin-Urias" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fontmarty" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Br&#232;thes" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976823v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystopher L Nehaniv" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kubacki" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Haegele" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Parlitz" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979748v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166799v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lampe" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977560v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976196v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICHR.2005.1573565" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979746v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Gancet" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977554v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979743v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lemaire" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972672v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976192v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972660v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979824v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guere" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131261v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Py" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979379v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972650v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRDS.2002.1041612" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299672v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pettr&#233;" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979373v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Minguez" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Montano" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979740v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Silva da Costa Botelho" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979376v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique van Zwynsvoorde" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.933283" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972648v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2001.932523" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979817v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977510v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979733v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979723v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04292673v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979814v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04295765v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976177v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Belousov" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979813v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979804v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979717v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia .C. Botelho" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979716v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Qutub" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979706v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979708v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979710v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972550v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Robert" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979702v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979700v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vidal" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979392v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho'Ji Suzuki" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979400v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Aguilar" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01981902v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979369v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bouilly" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1995.525463" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979386v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969131v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perret" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Proust" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979364v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969115v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Espiau" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969120v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Giralt" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972642v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dacre-Wright" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1992.220094" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969077v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Degallaix" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laruelle" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969090v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969084v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. Camargo" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969051v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. de Camargo" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969061v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Laurette" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Saint Vincent" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Perebaskine" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972596v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mazon" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Violero" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.1990.262366" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972622v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Freedman" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1990.126294" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972612v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L&#243;pez-Mellado" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1990.126067" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972631v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.1989.100057" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02272349v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Fern&#225;ndez Castro" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02282577v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cochet" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guidetti" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925962v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979217v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977538v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945904v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joydeep Biswas" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Cakmak" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Obst" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-98682-7" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320066v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Roesler" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elahe Bagheri" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aly" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rossi" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561841v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Buhl" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Lisa Vollmer" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisam Booshehri" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kary Fr&#228;mling" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5290-7_14" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561835v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5290-7_11" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561838v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Grimminger" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel-Cyrille Ngonga Ngomo" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5290-7_3" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561842v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Hulstijn" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Tchappi" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5290-7_2" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243068v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iser2023.org/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63596-0_43" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03184727v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54173-6_19" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963070v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boine" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Castets-Renard" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://conferences.au.dk/robo-philosophy/aarhus2020" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA200923" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02191294v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12945-3_22" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943774v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier V&#225;zquez-Salceda" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Dignum" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mascarenhas" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Dignum" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-931-7-63" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/ijn_03084126v2" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783319531311" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53133-5_8" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943959v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-70022-9_45" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955005v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955015v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olli Gestranius" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01955213v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19291-8_7" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01977480v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28572-1_4" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979160v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979196v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Cao" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976209v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979781v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979405v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Bullata" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01972666v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979727v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979722v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979720v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979704v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310030v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969124v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P&#233;r&#233;baskine" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Gaborit" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01969067v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309950v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01979793v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893441v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463565v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Stratton" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranav Goyal" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoforos Mavrogiannis" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392791v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Merlau" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04284213v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03684245v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268150v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03084105v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Fernandez Castro" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00165562v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02594623v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>