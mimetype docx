--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -760,222 +760,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03919622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow crack growth in ceramic polycrystals: A local description to estimate the effect of the failure kinetics and role of the microstructure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental characterization and numerical modeling of crack initiation in rhombus hole PMMA specimens under compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bassem El Zoghbi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strength, Fracture and Complexity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 12 (1), pp.15-30. </w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 76, pp.290-299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/SFC-180231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2019.04.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04841742v1</w:t>
+                <w:t xml:space="preserve">hal-02302541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and numerical modeling of crack initiation in rhombus hole PMMA specimens under compression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Doitrand</w:t>
+                <w:t xml:space="preserve">Slow crack growth in ceramic polycrystals: A local description to estimate the effect of the failure kinetics and role of the microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem El Zoghbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 76, pp.290-299. </w:t>
+              <w:t xml:space="preserve">Strength, Fracture and Complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (1), pp.15-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2019.04.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/SFC-180231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02302541v1</w:t>
+                <w:t xml:space="preserve">hal-04841742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric constraints for shape and topology optimization in architectural design</w:t>
               </w:r>
@@ -1374,51 +1374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Jimenez Alfaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyung-Jun Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Denneulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1875,51 +1875,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination expérimentale de facteurs d'intensité de contrainte généralisés - caractérisation de l'amorçage d'une fissure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2199,51 +2199,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et modélisation de l'amorçage de fissures dans des éprouvettes trouées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Doitrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2400,243 +2400,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01935060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural optimization under overhang constraints imposed by additive manufacturing processes: an overview of some recent results</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles Dapogny</w:t>
+                <w:t xml:space="preserve">Optimisation de forme et matériaux architecturés: du design à l'intégration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgios Michailidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cedya + CMA 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Cartagena, Spain</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01589906v1</w:t>
+                <w:t xml:space="preserve">hal-01899268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de forme et matériaux architecturés: du design à l'intégration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural optimization under overhang constraints imposed by additive manufacturing processes: an overview of some recent results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Allaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Dapogny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Faure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgios Michailidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">Cedya + CMA 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Cartagena, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01899268v1</w:t>
+                <w:t xml:space="preserve">hal-01589906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2723,73 +2723,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mantel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque MECAMAT Aussois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Aussois (FR), France</w:t>
+              <w:t xml:space="preserve">La Métallurgie, Quel avenir !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839769v1</w:t>
+                <w:t xml:space="preserve">hal-04839782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fragilité des aciers inoxydables ferritiques 18Cr 2Mo</w:t>
               </w:r>
@@ -2844,73 +2844,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mantel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Métallurgie, Quel avenir !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">Colloque MECAMAT Aussois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Aussois (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839782v1</w:t>
+                <w:t xml:space="preserve">hal-04839769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2986,51 +2986,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8A914FC8"/>
+    <w:nsid w:val="577A12D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3217,51 +3217,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rafael-estevez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5036-6420" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505991v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2026.106550" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291243v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnetier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Brito-Pacheco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dapogny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2025061" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291239v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Meier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Estevez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Licitra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mariolle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vignoud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140775" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244282v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferrian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Sapora" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-025-00885-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919622v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gravouil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Moln&#225;r" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103728" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841742v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem El Zoghbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SFC-180231" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302541v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2019.04.013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354004v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Michailidis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Couvelas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-017-1383-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523009v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.09.041" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850226v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.01.011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363319v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Jimenez Alfaro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung-Jun Chang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Denneulin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970569v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383393v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Vermaak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291241v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vignoud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vavrille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Luc Chapelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/SSDM.2024.C-5-02" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717718v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839788v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jacquet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Braccini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mantel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824544v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935060v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Ben Kabaar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dezellus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589906v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899268v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839769v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839782v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rafael-estevez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5036-6420" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505991v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Doitrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Estevez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2026.106550" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291243v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonnetier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Brito-Pacheco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dapogny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2025061" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291239v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Meier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Estevez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Licitra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mariolle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vignoud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140775" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244282v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferrian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Sapora" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-025-00885-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919622v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gravouil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Moln&#225;r" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2022.103728" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302541v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2019.04.013" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841742v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem El Zoghbi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SFC-180231" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354004v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Michailidis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Couvelas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-017-1383-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523009v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.09.041" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850226v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.01.011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363319v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Jimenez Alfaro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyung-Jun Chang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Denneulin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970569v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383393v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Parry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Vermaak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291241v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vignoud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vavrille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Luc Chapelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/SSDM.2024.C-5-02" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717718v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gergely Molnar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839788v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jacquet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Braccini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mantel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824544v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935060v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Ben Kabaar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Buttay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dezellus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899268v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589906v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839782v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839769v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>