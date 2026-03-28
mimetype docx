--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1218,278 +1218,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02155675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion Processes as a Source of High Levels of Indoor Hydroxyl Radicals through the Photolysis of Nitrous Acid</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmental Implications of Hydroxyl Radicals (center dot OH)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sasho Gligorovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafal Strekowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Barbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Vione</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.5b01905⟩</w:t>
+              <w:t xml:space="preserve">Chemical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115 (24), pp.13051-13092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cr500310b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436887v1</w:t>
+                <w:t xml:space="preserve">hal-01436891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental Implications of Hydroxyl Radicals (center dot OH)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Combustion Processes as a Source of High Levels of Indoor Hydroxyl Radicals through the Photolysis of Nitrous Acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gomez Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Wittmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tlili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Strekowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 115 (24), pp.13051-13092. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 49 (11), pp.6599-6607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cr500310b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.5b01905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01436891v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of indoor nitrous acid (HONO) by light-induced NO2 heterogeneous reactions with white wall paint</w:t>
               </w:r>
@@ -2911,51 +2911,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of iodine oxide particles from the photooxidation of CH 3 I in the presence of O 3 and humidity under the conditions of a major nuclear power plant accident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaoliang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Strekowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Monod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,51 +3385,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CDAA7707"/>
+    <w:nsid w:val="3F8D2928"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3616,51 +3616,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rafal-strekowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0030-9318" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170143260" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04102042v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Brochard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Berg&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rosset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3en00084b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214498v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Figueiredo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal Strekowski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bosland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wortham" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4048846" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869299v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Figueiredo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bosland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Wortham" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137951" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104131v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gandolfo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Temime-Roussel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2019.04.031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155671v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Alvarez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Petrov-Stojanovi&#263;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hagebaum-Reignier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.4349" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774479v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majda Meki&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monod" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2017.11.004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014395v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasho Gligorovski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Barbati" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vione" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.7b00742" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155675v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr R&#8217;mili" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2018.06.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436887v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bartolomei" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez Alvarez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wittmer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tlili" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Strekowski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b01905" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436891v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr500310b" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455279v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bartolomei" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Soergel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gomez Alvarez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2836-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456410v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Goriaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pflieger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal S. Strekowski" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2503-x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoliang Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Zetzsch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.20868" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93088DB37A78829E0314947E33C1BADECFF5CE51/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456524v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Alarcon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53040j" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456663v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es2019675" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456669v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp300575f" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682555v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michael Nicovich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul H. Wine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201000550" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q8FBDVS1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784944v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. George" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kleffmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stemmler" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ammann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b417888m" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682551v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.S. Strekowski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Nicovich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Wine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(00)01105-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M31D3N1T-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Taamalli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Kozakova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan &#268;ernu&#353;&#225;k" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Louis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12095" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841929v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bosland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841923v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zetzsch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841920v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04048233v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.128729" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/rafal-strekowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0030-9318" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170143260" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04102042v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Brochard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Berg&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rosset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3en00084b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214498v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Figueiredo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal Strekowski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bosland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wortham" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4048846" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869299v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Figueiredo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bosland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Wortham" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137951" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104131v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gandolfo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Temime-Roussel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2019.04.031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155671v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Alvarez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Petrov-Stojanovi&#263;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hagebaum-Reignier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.4349" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774479v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majda Meki&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monod" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2017.11.004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014395v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasho Gligorovski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Barbati" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vione" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.7b00742" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155675v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr R&#8217;mili" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2018.06.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436891v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cr500310b" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436887v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bartolomei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez Alvarez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wittmer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tlili" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Strekowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b01905" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455279v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bartolomei" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Soergel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gomez Alvarez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2836-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456410v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Goriaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pflieger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal S. Strekowski" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2503-x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoliang Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Zetzsch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.20868" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93088DB37A78829E0314947E33C1BADECFF5CE51/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456524v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Alarcon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53040j" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456663v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es2019675" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456669v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp300575f" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682555v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michael Nicovich" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul H. Wine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201000550" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q8FBDVS1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784944v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. George" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kleffmann" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stemmler" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ammann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b417888m" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682551v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.S. Strekowski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Nicovich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Wine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(00)01105-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M31D3N1T-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Taamalli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Kozakova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan &#268;ernu&#353;&#225;k" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Louis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12095" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841929v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bosland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841923v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zetzsch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841920v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04048233v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.128729" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>