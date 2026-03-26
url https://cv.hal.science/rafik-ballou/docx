--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective magnetic state induced by charge disorder in the non-Kramers rare-earth pyrochlore Tb2ScNbO7</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vibronic collapse of ordered quadrupolar ice in the pyrochore magnet Tb 2+x Ti 2−x O 7+y</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Alexanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Alexanian</w:t>
+                <w:t xml:space="preserve">V. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Lhotel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Colin</w:t>
+                <w:t xml:space="preserve">B Langérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holger Klein</w:t>
+                <w:t xml:space="preserve">J.-B Brubach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 7 (9), pp.094403. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (22), pp.224404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.7.094403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.224404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04253979v1</w:t>
+                <w:t xml:space="preserve">hal-03854571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibronic collapse of ordered quadrupolar ice in the pyrochore magnet Tb 2+x Ti 2−x O 7+y</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Collective magnetic state induced by charge disorder in the non-Kramers rare-earth pyrochlore Tb2ScNbO7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Simonet</w:t>
+                <w:t xml:space="preserve">Yann Alexanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Langérôme</w:t>
+                <w:t xml:space="preserve">Elsa Lhotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B Brubach</w:t>
+                <w:t xml:space="preserve">Holger Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 107 (22), pp.224404. </w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (9), pp.094403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.107.224404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.7.094403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03854571v1</w:t>
+                <w:t xml:space="preserve">hal-04253979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does (TaSe 4 ) 2 I really harbor an axionic charge density wave?</w:t>
               </w:r>
@@ -1187,51 +1187,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimer physics in the frustrated Cairo pentagonal antiferromagnet Bi 2 Fe 4 O 9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketty Beauvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1321,51 +1321,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimer Physics in the Frustrated Cairo Pentagonal Antiferromagnet Bi 2 Fe 4 O 9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Beauvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2000,51 +2000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mangin-Thro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Lhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2504,827 +2504,827 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01903682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operating Quantum States in Single Magnetic Molecules: Implementation of Grover’s Quantum Algorithm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fragmentation in spin ice from magnetic charge injection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cathelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Lhotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Godfrin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Ruben</w:t>
+                <w:t xml:space="preserve">P. Lejay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.187702⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-00277-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01870142v1</w:t>
+                <w:t xml:space="preserve">hal-01691873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragmentation in spin ice from magnetic charge injection</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Robert</w:t>
+                <w:t xml:space="preserve">Crystal symmetry lowering in chiral multiferroic Ba 3 TaFe 3 Si 2 O 14 observed by x-ray magnetic scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. W. Windsor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Lejay</w:t>
+                <w:t xml:space="preserve">L. Rettig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Alberca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-017-00277-1⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (20), pp.205145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.205145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01691873v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01564971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal symmetry lowering in chiral multiferroic Ba 3 TaFe 3 Si 2 O 14 observed by x-ray magnetic scattering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Operating Quantum States in Single Magnetic Molecules: Implementation of Grover’s Quantum Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Joly</w:t>
+                <w:t xml:space="preserve">C. Godfrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. W. Windsor</w:t>
+                <w:t xml:space="preserve">A. Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rettig</w:t>
+                <w:t xml:space="preserve">S. Klyatskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Alberca</w:t>
+                <w:t xml:space="preserve">M. Ruben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 95 (20), pp.205145. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 119 (18), pp.187702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.205145⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.187702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01564971v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double vibronic process in the quantum spin ice candidate Tb2Ti2O7 revealed by terahertz spectroscopy</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental evidence of symmetry breaking in the multiferroic Ba 3 NbFe 3 Si 2 O 14 using sound velocity measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Decorse</w:t>
+                <w:t xml:space="preserve">G. Quirion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Blaise Brubach</w:t>
+                <w:t xml:space="preserve">C. Bidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. A. Quilliam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lejay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 95 (2), pp.020415(R). </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.020415⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 96 (13), pp.134433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.134433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01579559v1</w:t>
+                <w:t xml:space="preserve">hal-01632256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The magnetic properties and structure of the quasi-two-dimensional antiferromagnet CoPS$_3$</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Simonet</w:t>
+                <w:t xml:space="preserve">Double vibronic process in the quantum spin ice candidate Tb2Ti2O7 revealed by terahertz spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Constable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Ressouche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Ballou</w:t>
+                <w:t xml:space="preserve">Claudia Decorse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. J. Mcintyre</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Blaise Brubach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 29 (45), pp.455801. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (2), pp.020415(R). </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/aa8a43⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.95.020415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01937625v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01579559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of symmetry breaking in the multiferroic Ba 3 NbFe 3 Si 2 O 14 using sound velocity measurements</w:t>
+                <w:t xml:space="preserve">The magnetic properties and structure of the quasi-two-dimensional antiferromagnet CoPS$_3$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Quirion</w:t>
+                <w:t xml:space="preserve">A. R. Wildes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bidaud</w:t>
+                <w:t xml:space="preserve">E. Ressouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. A. Quilliam</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. J. Mcintyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 96 (13), pp.134433. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (45), pp.455801. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.134433⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/aa8a43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01632256v1</w:t>
+                <w:t xml:space="preserve">hal-01937625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helical bunching and symmetry lowering inducing multiferroicity in Fe langasites</w:t>
               </w:r>
@@ -3496,51 +3496,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moretti Sala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93 (22), pp.224401. </w:t>
@@ -3751,51 +3751,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Lhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellali Hadj-Azzem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4644,752 +4644,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00960753v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Interference Oscillations of the Superparamagnetic Blocking in an Fe8 Molecular Nanomagnet</w:t>
+                <w:t xml:space="preserve">Inhomogeneous magnetism in the doped kagome lattice of LaCuO2.66</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrique Burzuri</w:t>
+                <w:t xml:space="preserve">Marc-Henri Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Luìs</w:t>
+                <w:t xml:space="preserve">Benjamin Canals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Montero</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rafik Ballou</w:t>
+                <w:t xml:space="preserve">A. K. Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.057201⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (21), pp.214423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.214423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00963853v1</w:t>
+                <w:t xml:space="preserve">hal-00937331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic properties of a family of quinternary oxalates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Simonet</w:t>
+                <w:t xml:space="preserve">Dzyaloshinskii-Moriya driven helical-butterfly structure in Ba3NbFe3Si2O14</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Scagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ortloff</w:t>
+                <w:t xml:space="preserve">Winnie S. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Canals</w:t>
+                <w:t xml:space="preserve">Mario Garganourakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carley Paulsen</w:t>
+                <w:t xml:space="preserve">Raquel A. de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urs Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/EPJB/E2013-30668-4⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88, pp.104417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.104417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992804v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhomogeneous magnetism in the doped kagome lattice of LaCuO2.66</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Canals</w:t>
+                <w:t xml:space="preserve">Axion Search by Laser-based Experiment OSQAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miroslav Sulc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pugnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. K. Hassan</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Deferne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.214423⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 718, pp.530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2012.11.107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00937331v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dzyaloshinskii-Moriya driven helical-butterfly structure in Ba3NbFe3Si2O14</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantum Interference Oscillations of the Superparamagnetic Blocking in an Fe8 Molecular Nanomagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel A. de Souza</w:t>
+                <w:t xml:space="preserve">Enrique Burzuri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urs Staub</w:t>
+                <w:t xml:space="preserve">Fernando Luìs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Montero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Barbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.88.104417⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 111, pp.057201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.057201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00963848v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axion Search by Laser-based Experiment OSQAR</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guy Deferne</w:t>
+                <w:t xml:space="preserve">Magnetic properties of a family of quinternary oxalates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Lhotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+                <w:t xml:space="preserve">J. Ortloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Canals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carley Paulsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2012.11.107⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 86, pp.248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/EPJB/E2013-30668-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00963933v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarized Neutron on URu2Si2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bourdarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5600,51 +5600,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden order in URu2Si2 unveiled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6210,77 +6210,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Dipolar Ordering and Quantum Phase Transition in an Fe8 Molecular Magnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Burzuri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Luìs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Barbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6338,291 +6338,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00963898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain-Wall Spin Dynamics in Kagome Antiferromagnets</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Pyrrhotite 32K magnetic transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Wolfers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Fillion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Ouladdiaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PHYSREVLETT.107.257205⟩</w:t>
+              <w:t xml:space="preserve">Solid State Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 170, pp.174-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/SSP.170.174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00992810v1</w:t>
+                <w:t xml:space="preserve">hal-00964026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pyrrhotite 32K magnetic transition</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Domain-Wall Spin Dynamics in Kagome Antiferromagnets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Lhotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ortloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Canals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carley Paulsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 170, pp.174-179. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 107 (25), pp.257205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/SSP.170.174⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PHYSREVLETT.107.257205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00964026v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and magnetic properties of new rare-earth - antimony pyrochlore-type oxides Ln2BSbO7 (B = Sc, Ga, In)</w:t>
               </w:r>
@@ -7016,248 +7016,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00480720v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and magnetic properties of the (Bi2-xPrx)Ru2O7 pyrochlore solid solution (0 &amp;lt;= x &amp;lt;= 2)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Siwar Zouari</w:t>
+                <w:t xml:space="preserve">Characterization of MHD convection in thin cell electrodeposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Cronemberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre Strobel</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Molho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2008.09.106⟩</w:t>
+              <w:t xml:space="preserve">Magnetohydrodynamics c/c of Magnitnaia Gidrodinamika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45, pp.3-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22364/mhd.45.2.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00347221v1</w:t>
+                <w:t xml:space="preserve">hal-00963906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of MHD convection in thin cell electrodeposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carolina Cronemberger</w:t>
+                <w:t xml:space="preserve">Structural and magnetic properties of the (Bi2-xPrx)Ru2O7 pyrochlore solid solution (0 &amp;lt;= x &amp;lt;= 2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Zouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Molho</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelwaheb Cheikh-Rouhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Strobel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetohydrodynamics c/c of Magnitnaia Gidrodinamika</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 45, pp.3-8. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 476 (1-2), pp.43-48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22364/mhd.45.2.15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2008.09.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00963906v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00347221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic characterization of the non centrosymmetric Ba3NbFe3Si2O14 langasite</w:t>
               </w:r>
@@ -7465,529 +7465,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00963959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logarithmic Fermi-Liquid Breakdown in NbFe2</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Propagation and ghosts in the classical Kagome antiferromagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Canals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 101, pp.026401. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.026401⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 101 (11), pp.117207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.117207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00963916v1</w:t>
+                <w:t xml:space="preserve">hal-00952873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propagation and ghosts in the classical Kagome antiferromagnet</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Virginie Simonet</w:t>
+                <w:t xml:space="preserve">Synthesis and structure of new pyrochlore-type oxides Ln2ScNbO7 (Ln = Pr, Nd, Eu, Gd, Dy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Zouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelwaheb Cheikh-Rouhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Strobel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.117207⟩</w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 62, pp.3767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2008.04.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00952873v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00347195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and structure of new pyrochlore-type oxides Ln2ScNbO7 (Ln = Pr, Nd, Eu, Gd, Dy)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Siwar Zouari</w:t>
+                <w:t xml:space="preserve">Single domain magnetic helicity and triangular chirality in structurally enantiopure Ba3NbFe3Si2O14</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karol Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lejay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2008.04.060⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 101 (24), pp.247201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.247201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00347195v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00322722v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single domain magnetic helicity and triangular chirality in structurally enantiopure Ba3NbFe3Si2O14</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lejay</w:t>
+                <w:t xml:space="preserve">Logarithmic Fermi-Liquid Breakdown in NbFe2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. J. Duncan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Moroni-Klementowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Albrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grüner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 101 (24), pp.247201. </w:t>
+              <w:t xml:space="preserve">, 2008, 101, pp.026401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.247201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.026401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00322722v3</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden magnetic frustration by quantum relaxation in anisotropic Nd-langasite</w:t>
               </w:r>
@@ -8012,51 +8012,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Hippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8133,77 +8133,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Lhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 77, pp.054421. </w:t>
@@ -8336,51 +8336,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Results from the OSQAR photon-regeneration experiment: No light shining through a wall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pugnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8483,51 +8483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10027,51 +10027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Barbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1968, 39 (2), pp.1084 - 1085. </w:t>
@@ -10080,492 +10080,1733 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.1656172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquid He tuning of dark matter axion haloscopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pugnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Talarmin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EPS HEP 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topochemical reactions in iron silicides and nickelates : chemical bonding, 2D character, superconductivity and analogy with cuprates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Demourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Vignolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rodière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Dahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Largeteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion plénière du GdR MEETICC - "Matériaux, États ÉlecTroniques, Interactions et Couplages non-Conventionnels"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement de recherche MEETICC, May 2023, Latresne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variety and complexity of magnetic structures or rare earth-based nano-lamellar i-MAX phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ouisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ressouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33rd European Crystallography Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Versailles, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S205327332209547X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04760469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preliminary Study for a New Axion Dark-Matter Haloscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Pugnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caspers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.R. Ko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th Patras Workshop on Axions, WIMPs and WISPs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Jeju Island, South Korea. pp.129-132, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3204/DESY-PROC-2009-03/Pugnat_Pierre⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01703732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synchrotron radiation for probing the quantum ground state in Tb2Ti2O7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Constable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. de Brion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Simonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 41st International Conference on Infrared, Millimeter, and Terahertz waves (IRMMW-THz)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Copenhagen, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2016.7758697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latest Results of the OSQAR Photon Regeneration Experiment for Axion-Like Particle Search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Deferne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Finger Jr.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miroslav Finger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Axions, WIMPs and WISPs: Proceedings, 10th Patras workshop, PATRAS 2014, AXION-WIMP 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Geneva, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progress of the Laser-based Experiment OSQAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miroslav Sulc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pugnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Deferne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th PatrasWorkshop on Axions, WIMPs and WISPs 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Mainz, Germany. pp.67, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3204/DESY-PROC-2013-04/sulc_miroslav⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normal Field Effect on Dendritic Growth in Thin Cell Electrodeposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Molho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on Materials Analysis and Processing in Magnetic Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First Results of the Full-Scale OSQAR Photon Regeneration Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pugnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Husek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photon 2011: International Conference on the Structure and Interactions of the Photon and 19th International Workshop on Photon-Photon Collisions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Spa, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00996489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of MHD in thin cell electrodeposition : influence of concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Ballou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Cronemberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Molho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Conference on Electromagnetic Processings of Materials 19-23 Oct 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Dresdren, Germany. pp.465-468</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00964021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From hierarchical triangular spin liquid to multi-q spin texture in spinel GeFe2O4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ressouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Grenoble Axion Haloscope platform (GrAHal): development plan and first results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Basto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Killian Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical geometric frustration in La3Cu2VO9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00118669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic excitations in a new anisotropic Kagomé antiferromagnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Simonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Canals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10577,1458 +11818,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00068174v1</w:t>
-              </w:r>
-[...1118 lines deleted...]
-                <w:t xml:space="preserve">hal-00964021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Introduction to the Linear Representations of Finite Groups</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crystallography: Symmetry groups and group representations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EDP Sciences. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contribution of Symmetries in Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EPJ Web of Conferences, pp.00005, 2012, EPJ Web of Conferences, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/20122200005⟩</w:t>
+              <w:t xml:space="preserve">, EPJ Web of Conferences, pp.00006, 2012, EPJ Web of Conferences, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20122200006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00963924v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallography: Symmetry groups and group representations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Introduction to the Linear Representations of Finite Groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EDP Sciences. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contribution of Symmetries in Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EPJ Web of Conferences, pp.00006, 2012, EPJ Web of Conferences, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/20122200006⟩</w:t>
+              <w:t xml:space="preserve">, EPJ Web of Conferences, pp.00005, 2012, EPJ Web of Conferences, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20122200005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00963925v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00963924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Form factors in magnetic scattering of thermal neutrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collection SFN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, pp.69-122, 2007, Neutrons Polarisés, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/sfn:2007019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00151283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12038,105 +12159,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sources de neutrons et leurs applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ballou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, pp.160-165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00963955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId393"/>
+      <w:footerReference w:type="default" r:id="rId396"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12283,51 +12404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927944v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanzheng Tao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Opagiste" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ballou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Rosen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520624011053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376709v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Devillez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lhotel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ballou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavenel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/f9sk-zfqc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558635v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pugnat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Camus" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ohjoon Kwon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bruy&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2024.1358810" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777657v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Alexanian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saugnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Decorse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-024-00676-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620650v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yu. Tikhanovskii" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yu. Ivanov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kuzmenko" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stunault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fabelo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.214433" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253979v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Alexanian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lhotel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Klein" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.094403" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854571v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Simonet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Lang&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B Brubach" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.224404" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565116v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sinchenko" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Emilio Lorenzo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grenet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monceau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0080380" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372689v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketty Beauvois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdarot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108767321093715" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518510v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Beauvois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourdarot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.127202" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02927809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pourovskii" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boust" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomez Eslava" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Givord" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.214433" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030224v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Amelin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Nagel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#245;&#245;m" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.134428" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cathelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. C Guruciaga" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Paulsen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.032073" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02394690v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Ramakrishnan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Constable" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Cano" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Mostovoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan White" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-019-0199-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051966v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mangin-Thro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.060401" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sulc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pugnat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deferne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hosek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.11.065" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295296v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fabr&#232;ges" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Brubach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deutsch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.094437" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903682v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Godfrin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Bonet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ruben" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Klyatskaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-018-0101-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870142v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Godfrin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferhat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klyatskaya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruben" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.187702" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691873v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lejay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00277-1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564971v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramakrishnan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Joly" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. W. Windsor" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rettig" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alberca" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.205145" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579559v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Decorse" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaise Brubach" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.020415" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937625v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Wildes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Mcintyre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa8a43" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632256v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Quirion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bidaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Quilliam" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.134433" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163057v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chaix" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie de Brion" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.214419" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947536v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Pradipto" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moretti Sala" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.224401" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632248v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Songvilay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nataf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jordan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.214416" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166717v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Simonet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellali Hadj-Azzem" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.247202" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876084v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Finger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Flekova" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.092002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963830v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Khalyavin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Lovesey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Dobrynin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ressouche" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/4/046003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950376v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pierre Regnault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.137201" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070125v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Thiele" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Balestro" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1249802" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367628v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schott" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Husek" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3027-8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960753v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent C. Chapon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lejay" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.014408" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963853v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Burzuri" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lu&#236;s" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Montero" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barbara" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.057201" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992804v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ortloff" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Canals" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carley Paulsen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJB/E2013-30668-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937331v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri Julien" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Hassan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.214423" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963848v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Scagnoli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie S. Huang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Garganourakis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel A. de Souza" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Staub" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.104417" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963933v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Sulc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Deferne" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2012.11.107" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B8ZK9C0D-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952882v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raymond" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aoki" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2013.03.168" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797750v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence L&#233;vy-Bertrand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.157208" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952859v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.067202" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963859v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Molho" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pairis" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/mhd.48.2.8" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771285v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Loire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2012-01661-8" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952866v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zorko" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pregelj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potocnik" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Tol" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ozarowski" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.257203" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524558v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Marty" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bordet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.207201" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963898v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.097203" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992810v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVLETT.107.257205" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964026v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wolfers" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fillion" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Ouladdiaf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rochette" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.170.174" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963901v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Strobel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Zouari" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwaheb Cheikh-Rouhou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jumas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2010.01.007" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CMX1BSHX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371435v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.81.054416" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480720v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Stunault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.100408" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347221v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2008.09.106" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963906v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cronemberger" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/mhd.45.2.15" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375762v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2009.02.032" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GJVJC6G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963959v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Lacroix" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963916v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brando" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. J. Duncan" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moroni-Klementowicz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Albrecht" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#252;ner" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.026401" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952873v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.117207" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347195v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2008.04.060" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322722v3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.247201" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266071v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hippert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.237204" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179669v2" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.054421" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963957v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963923v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jost" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Vitrant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Romanini" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.78.092003" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019253v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.197205" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186571v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012606v2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gelard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marty" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ibanez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/18/22/014" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082675v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bodea" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.021605" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704854v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtil L. Kahn" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Porcher" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kahn" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Sutter" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1521-3765(20020118)8:2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082674v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pontonnier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.224104" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082672v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Heresanu" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082671v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vignon" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.83.2612" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660002v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lionti" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbara" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sulpice" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082687v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Burzo" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pop" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pop" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00228251v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lemaire" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19888109" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00228402v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lemaire" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19888237" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00222347v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deriagin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Givord" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Levitin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1982740" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660404v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Burzur&#237;" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Luis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1656172" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407012v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaix" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chan" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419781v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Basto" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Martineau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perrier" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118669v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darie" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068174v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704170v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Demourgues" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vignolle" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rodi&#232;re" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Dahab" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Largeteau" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760469v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Barbier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Tao" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205327332209547X" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703732v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Camus" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caspers" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R. Ko" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3204/DESY-PROC-2009-03/Pugnat_Pierre" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991800v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Constable" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Brion" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758697" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991866v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Finger Jr." TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Finger" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963931v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3204/DESY-PROC-2013-04/sulc_miroslav" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964022v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996489v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schott" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Husek" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964021v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963924v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20122200005" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963925v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grenier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20122200006" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151283v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sfn:2007019" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963955v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927944v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanzheng Tao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Opagiste" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ballou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Rosen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520624011053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376709v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Devillez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lhotel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ballou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cavenel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/f9sk-zfqc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558635v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pugnat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Camus" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ohjoon Kwon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bruy&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2024.1358810" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777657v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Alexanian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saugnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Decorse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-024-00676-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620650v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yu. Tikhanovskii" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yu. Ivanov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kuzmenko" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stunault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fabelo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.214433" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854571v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Simonet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Lang&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B Brubach" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.224404" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253979v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Alexanian" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lhotel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Klein" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.094403" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565116v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sinchenko" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Emilio Lorenzo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grenet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monceau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0080380" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372689v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketty Beauvois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdarot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108767321093715" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518510v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Beauvois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourdarot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.127202" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02927809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pourovskii" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boust" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomez Eslava" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Givord" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.214433" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030224v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Amelin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Nagel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#245;&#245;m" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.134428" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030227v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cathelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. C Guruciaga" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Paulsen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.032073" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02394690v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Ramakrishnan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Constable" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Cano" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Mostovoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan White" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41535-019-0199-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051966v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mangin-Thro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.060401" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sulc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pugnat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deferne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hosek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.11.065" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295296v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fabr&#232;ges" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Brubach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deutsch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.094437" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903682v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Godfrin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Bonet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ruben" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Klyatskaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-018-0101-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691873v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lejay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-00277-1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564971v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramakrishnan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Joly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. W. Windsor" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rettig" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alberca" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.205145" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870142v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Godfrin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferhat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Klyatskaya" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruben" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.187702" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632256v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Quirion" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bidaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Quilliam" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.134433" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579559v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Decorse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaise Brubach" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.020415" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937625v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Wildes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Mcintyre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa8a43" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163057v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chaix" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie de Brion" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.214419" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947536v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Pradipto" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moretti Sala" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.224401" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632248v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Songvilay" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nataf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jordan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.214416" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166717v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Simonet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellali Hadj-Azzem" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.247202" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876084v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Finger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Flekova" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.092002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963830v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Khalyavin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Lovesey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Dobrynin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ressouche" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/4/046003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950376v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pierre Regnault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.137201" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070125v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Thiele" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Balestro" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1249802" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367628v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schott" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Husek" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-3027-8" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960753v2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent C. Chapon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lejay" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.014408" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937331v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri Julien" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Canals" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Hassan" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.214423" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963848v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Scagnoli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winnie S. Huang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Garganourakis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel A. de Souza" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Staub" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.104417" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963933v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Sulc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Deferne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2012.11.107" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B8ZK9C0D-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963853v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Burzuri" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Lu&#236;s" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Montero" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barbara" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.057201" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992804v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ortloff" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carley Paulsen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/EPJB/E2013-30668-4" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952882v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raymond" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aoki" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2013.03.168" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797750v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence L&#233;vy-Bertrand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.157208" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952859v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.067202" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963859v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Molho" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pairis" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/mhd.48.2.8" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771285v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Loire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2012-01661-8" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952866v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zorko" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pregelj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potocnik" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Tol" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ozarowski" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.257203" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524558v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karol Marty" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bordet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.207201" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963898v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.097203" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964026v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wolfers" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fillion" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Ouladdiaf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rochette" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.170.174" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992810v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVLETT.107.257205" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963901v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Strobel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Zouari" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwaheb Cheikh-Rouhou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jumas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2010.01.007" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CMX1BSHX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371435v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.81.054416" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480720v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Stunault" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.100408" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963906v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cronemberger" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22364/mhd.45.2.15" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347221v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2008.09.106" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375762v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2009.02.032" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GJVJC6G-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963959v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Lacroix" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952873v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.117207" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00347195v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2008.04.060" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322722v3" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.247201" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963916v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brando" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. J. Duncan" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moroni-Klementowicz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Albrecht" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#252;ner" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.026401" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266071v2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hippert" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.100.237204" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00179669v2" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.77.054421" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963957v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963923v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jost" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Vitrant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Romanini" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.78.092003" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019253v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.197205" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186571v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012606v2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gelard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marty" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ibanez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/18/22/014" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082675v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bodea" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.021605" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704854v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtil L. Kahn" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Porcher" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kahn" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Sutter" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1521-3765(20020118)8:2" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082674v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pontonnier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.224104" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082672v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Heresanu" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082671v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vignon" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.83.2612" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660002v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lionti" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbara" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sulpice" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082687v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Burzo" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pop" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pop" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00228251v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lemaire" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19888109" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00228402v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lemaire" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19888237" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00222347v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deriagin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Givord" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Levitin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1982740" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660404v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Burzur&#237;" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Luis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1656172" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537145v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gay" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Talarmin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704170v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Demourgues" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vignolle" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rodi&#232;re" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Dahab" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Largeteau" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760469v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Barbier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Tao" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205327332209547X" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703732v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Camus" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caspers" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.R. Ko" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3204/DESY-PROC-2009-03/Pugnat_Pierre" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991800v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Constable" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Brion" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758697" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991866v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Finger Jr." TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Finger" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963931v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3204/DESY-PROC-2013-04/sulc_miroslav" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964022v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996489v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schott" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Husek" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964021v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407012v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaix" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chan" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419781v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Basto" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Martineau" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perrier" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118669v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darie" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068174v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963925v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grenier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20122200006" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963924v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20122200005" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151283v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sfn:2007019" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963955v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>