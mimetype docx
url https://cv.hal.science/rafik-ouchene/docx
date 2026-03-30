--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -1055,230 +1055,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particules non sphériques en écoulement turbulent : quel jeu de forces hydrodynamiques doit-on utiliser ?</w:t>
+                <w:t xml:space="preserve">Analysis of hydrodynamic forces on non-spherical particles (Spherocylinder)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Khalij</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne Taniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">International workshop, COST FP1005, fiber Suspension Flow Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441289v1</w:t>
+                <w:t xml:space="preserve">hal-03562645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of hydrodynamic forces on non-spherical particles (Spherocylinder)</w:t>
+                <w:t xml:space="preserve">Particules non sphériques en écoulement turbulent : quel jeu de forces hydrodynamiques doit-on utiliser ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khalij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Taniere</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop, COST FP1005, fiber Suspension Flow Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Coimbra, Portugal</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03562645v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drag, lift and torque coefficients for ellipsoidal particles</w:t>
               </w:r>
@@ -2223,51 +2223,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khalij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Taniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Arcen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2715,51 +2715,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313096v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa-Eddine Ennazii" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouchene" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090992v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo de Souza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199248v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kousseila Atsaid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ouchene" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Russeil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-079" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445605v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Arcen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khalij" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tani&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445595v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Razgallah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444789v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Chadil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fede" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2014-22244" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441289v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khalij" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Taniere" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562645v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554380v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ouchene" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tani&#232;re" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Arcen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187159v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0272396" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963182v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0256607" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04899326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0241431" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0209670" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04361406v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0011618" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085881v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ignacio Polanco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vinkovic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Simoens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14685248.2018.1516043" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701908v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arcen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalij" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taniere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994664" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701909v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2016.07.067" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266995v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.12.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04361472v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Erriguible" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Subra-Paternault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2013.09.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4X0KL8NP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LORR0275" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313096v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa-Eddine Ennazii" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ouchene" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090992v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo de Souza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199248v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kousseila Atsaid" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Ouchene" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Russeil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-079" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445605v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Arcen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khalij" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tani&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445595v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Razgallah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444789v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Chadil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fede" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/FEDSM2014-22244" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562645v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Taniere" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441289v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khalij" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03554380v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ouchene" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tani&#232;re" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Arcen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187159v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0272396" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963182v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0256607" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04899326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0241431" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0209670" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04361406v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0011618" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085881v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ignacio Polanco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vinkovic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Simoens" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14685248.2018.1516043" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701908v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arcen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khalij" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taniere" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994664" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701909v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2016.07.067" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266995v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2014.12.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04361472v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Erriguible" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Subra-Paternault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechrescom.2013.09.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4X0KL8NP-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LORR0275" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>