--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1140,957 +1140,957 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ird-04483595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PM 7/44 (2) Xanthomonas citri pv. citri and Xanthomonas citri pv. aurantifolii</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrating Science on Xanthomonas and Xylella for Integrated Plant Disease Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël F Pothier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Boch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Pruvost</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aude Chabirand</w:t>
+                <w:t xml:space="preserve">Emilio Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPPO Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/epp.12913⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11010006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-04498414v1</w:t>
+                <w:t xml:space="preserve">ird-03967356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRISPRi in Xanthomonas demonstrates functional convergence of transcription activator‐like effectors in two divergent pathogens</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High genomic plasticity and unique features of Xanthomonas translucens pv. graminis revealed through comparative analysis of complete genome sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Goettelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Roman-Reyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Studer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Kölliker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.18808⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-023-09855-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058189v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-04483681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete genome sequencing of three clade-1 xanthomonads reveals genetic determinants for a lateral flagellin and the biosynthesis of coronatine-like molecules in Xanthomonas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Fischer-Le Saux</w:t>
+                <w:t xml:space="preserve">PM 7/44 (2) Xanthomonas citri pv. citri and Xanthomonas citri pv. aurantifolii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Chabirand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittoria Catara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/phyto-10-22-0373-sc⟩</w:t>
+              <w:t xml:space="preserve">EPPO Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 53 (1), pp.62-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/epp.12913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03978256v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-04498414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating Science on Xanthomonas and Xylella for Integrated Plant Disease Management</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">CRISPRi in Xanthomonas demonstrates functional convergence of transcription activator‐like effectors in two divergent pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Audran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Augusto Medina Culma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Escalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Javegny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11010006⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 238 (4), pp.1593-1604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.18808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-03967356v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High genomic plasticity and unique features of Xanthomonas translucens pv. graminis revealed through comparative analysis of complete genome sequences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complete genome sequencing of three clade-1 xanthomonads reveals genetic determinants for a lateral flagellin and the biosynthesis of coronatine-like molecules in Xanthomonas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Peduzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Goettelmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Angeliki Sagia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Roman-Reyna</w:t>
+                <w:t xml:space="preserve">Daiva Burokienė</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Studer</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ildikó Katalin Nagy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fischer-Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (1), pp.741. </w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 113 (7), pp.1185-1191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-023-09855-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/phyto-10-22-0373-sc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-04483681v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A minisatellite-based MLVA for deciphering the global epidemiology of the bacterial cassava pathogen Xanthomonas phaseoli pv. manihotis</w:t>
+                <w:t xml:space="preserve">Assembling highly repetitive Xanthomonas TALomes using Oxford Nanopore sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leidy Rache</w:t>
+                <w:t xml:space="preserve">Annett Erkes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Blondin</w:t>
+                <w:t xml:space="preserve">René P Grove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Diaz Tatis</w:t>
+                <w:t xml:space="preserve">Milena Žarković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Flores</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrea Camargo</w:t>
+                <w:t xml:space="preserve">Sebastian Krautwurst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0285491⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24, pp.151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-023-09228-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292499v1</w:t>
+                <w:t xml:space="preserve">hal-04532327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assembling highly repetitive Xanthomonas TALomes using Oxford Nanopore sequencing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A minisatellite-based MLVA for deciphering the global epidemiology of the bacterial cassava pathogen Xanthomonas phaseoli pv. manihotis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leidy Rache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annett Erkes</w:t>
+                <w:t xml:space="preserve">Laurence Blondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René P Grove</w:t>
+                <w:t xml:space="preserve">Paula Diaz Tatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milena Žarković</w:t>
+                <w:t xml:space="preserve">Carolina Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Krautwurst</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Andrea Camargo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24, pp.151. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (5), pp.e0285491. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-023-09228-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0285491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532327v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Genomics Identifies Conserved and Variable TAL Effectors in African Strains of the Cotton Pathogen Xanthomonas citri pv. malvacearum</w:t>
               </w:r>
@@ -2204,4904 +2204,4904 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04276735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustered Regularly Interspaced Short Palindromic Repeats in Xanthomonas citri—Witnesses to a Global Expansion of a Bacterial Pathogen over Time</w:t>
+                <w:t xml:space="preserve">Editorial: Population and comparative genomics of plant pathogenic bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ninon Bellanger</w:t>
+                <w:t xml:space="preserve">Sujan Timilsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Dereeper</w:t>
+                <w:t xml:space="preserve">Erica M Goss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Potnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Jones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10091715⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1012034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03813531v1</w:t>
+                <w:t xml:space="preserve">hal-03813550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Genome Sequence Resource for Xanthomonas translucens pv. undulosa MAI5034, a Wheat Pathogen from Uruguay</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xanthomonas hortorum – beyond gardens: Current taxonomy, genomics, and virulence repertoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksander Benčič</w:t>
+                <w:t xml:space="preserve">Nay C Dia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Croce</w:t>
+                <w:t xml:space="preserve">Lucas Moriniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Jacobs</w:t>
+                <w:t xml:space="preserve">Bart Cottyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan M Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/phyto-01-22-0025-a⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (5), pp.597-621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mpp.13185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03717518v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03559066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taxonomic Refinement of Xanthomonas arboricola</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Phenotypic and Molecular-Phylogenetic Analyses Reveal Distinct Features of Crown Gall-Associated Xanthomonas Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamzeh Mafakheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mohsen Taghavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sadegh Zarei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touraj Rahimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Neha Potnis</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Sadegh Hasannezhad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/phyto-12-21-0519-r⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.00577-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03623139v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Genome Assemblies of All Xanthomonas translucens Pathotype Strains Reveal Three Genetically Distinct Clades</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clustered Regularly Interspaced Short Palindromic Repeats in Xanthomonas citri—Witnesses to a Global Expansion of a Bacterial Pathogen over Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Dereeper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.817815⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10091715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626316v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic and Molecular-Phylogenetic Analyses Reveal Distinct Features of Crown Gall-Associated Xanthomonas Strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Sadegh Hasannezhad</w:t>
+                <w:t xml:space="preserve">Complete Genome Sequence Resource for Xanthomonas translucens pv. undulosa MAI5034, a Wheat Pathogen from Uruguay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Clavijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksander Benčič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 112 (9), pp.2036-2039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/phyto-01-22-0025-a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/spectrum.00577-21⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03576592v1</w:t>
+                <w:t xml:space="preserve">hal-03717518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xanthomonas bonasiae sp. nov. and Xanthomonas youngii sp. nov., isolated from crown gall tissues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Taxonomic Refinement of Xanthomonas arboricola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Zarei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Mohsen Taghavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Touraj Rahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hamzeh Mafakheri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ivica Dimkić</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Potnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/ijsem.0.005418⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 118 (8), pp.1630-1639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/phyto-12-21-0519-r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03728267v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Genome Sequence of Xanthomonas campestris pv. campestris SB80, a Race 4 Strain Isolated from White Head Cabbage in Turkey</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jelena Menković</w:t>
+                <w:t xml:space="preserve">Complete Genome Assemblies of All Xanthomonas translucens Pathotype Strains Reveal Three Genetically Distinct Clades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Goettelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Roman-Reyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Bernal</w:t>
+                <w:t xml:space="preserve">Sébastien Cunnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bragard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mra.00022-22⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.817815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.817815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626321v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xanthomonas hortorum – beyond gardens: Current taxonomy, genomics, and virulence repertoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nay C Dia</w:t>
+                <w:t xml:space="preserve">Xanthomonas bonasiae sp. nov. and Xanthomonas youngii sp. nov., isolated from crown gall tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamzeh Mafakheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mohsen Taghavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sadegh Zarei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Moriniere</w:t>
+                <w:t xml:space="preserve">Perrine Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bart Cottyn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan M Jacobs</w:t>
+                <w:t xml:space="preserve">Ivica Dimkić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mpp.13185⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 72 (6), pp.005418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/ijsem.0.005418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03559066v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Population and comparative genomics of plant pathogenic bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complete Genome Sequence of Xanthomonas campestris pv. campestris SB80, a Race 4 Strain Isolated from White Head Cabbage in Turkey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songül Erken Meral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaheen Bibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sujan Timilsina</w:t>
+                <w:t xml:space="preserve">Carlos Andrés Díaz Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erica M Goss</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Neha Potnis</w:t>
+                <w:t xml:space="preserve">Jelena Menković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Jones</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adriana Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, </w:t>
+              <w:t xml:space="preserve">Microbiology Resource Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (3), pp.e00022-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1012034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mra.00022-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813550v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating science on Xanthomonadaceae for sustainable plant disease management in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joana Costa</w:t>
+                <w:t xml:space="preserve">Trends in Molecular Diagnosis and Diversity Studies for Phytosanitary Regulated Xanthomonas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittoria Catara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Cubero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Pothier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Jacques</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eran Bosis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bragard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mpp.13150⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (4), pp.862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9040862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521764v1</w:t>
+                <w:t xml:space="preserve">hal-03217200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of two loop-mediated isothermal amplification (LAMP) genomics-informed diagnostic protocols for rapid detection of Pantoea species on rice</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integrating science on Xanthomonadaceae for sustainable plant disease management in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Pothier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Boch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2021.101216⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (12), pp.1461-1463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mpp.13150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626200v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complete genome sequence of Xanthomonas theicola, the causal agent of canker on tea plants, reveals novel secretion systems in clade-1 xanthomonads</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of two loop-mediated isothermal amplification (LAMP) genomics-informed diagnostic protocols for rapid detection of Pantoea species on rice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Kini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa Wonni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drissa Silué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-07-20-0273-SC⟩</w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.101216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2021.101216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02976163v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An atypical class of non-coding small RNAs is produced in rice leaves upon bacterial infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lisa Claude</w:t>
+                <w:t xml:space="preserve">The complete genome sequence of Xanthomonas theicola, the causal agent of canker on tea plants, reveals novel secretion systems in clade-1 xanthomonads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daiva Burokiene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bragard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fischer-Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-03391-9⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111 (4), pp.611-616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-07-20-0273-SC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514038v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02976163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomics-Informed Multiplex PCR Scheme for Rapid Identification of Rice-Associated Bacteria of the Genus Pantoea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi Kini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raoul Agnimonhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachelle Dossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drissa Silué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 105 (9), pp.2389-2394. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1094/PDIS-07-20-1474-RE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Epidemiology of Xanthomonas euvesicatoria Strains from the Balkan Peninsula Revealed by a New Multiple-Locus Variable-Number Tandem-Repeat Analysis Scheme</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Vernière</w:t>
+                <w:t xml:space="preserve">An atypical class of non-coding small RNAs is produced in rice leaves upon bacterial infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ganna Reshetnyak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan M Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Auguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Sciallano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9030536⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-03391-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03205487v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in Molecular Diagnosis and Diversity Studies for Phytosanitary Regulated Xanthomonas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claude Bragard</w:t>
+                <w:t xml:space="preserve">Molecular Epidemiology of Xanthomonas euvesicatoria Strains from the Balkan Peninsula Revealed by a New Multiple-Locus Variable-Number Tandem-Repeat Analysis Scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taca Vancheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nevena Bogatzevska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penka Moncheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sasa Mitrev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 9 (4), pp.862. </w:t>
+              <w:t xml:space="preserve">, 2021, 9 (3), pp.536. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9040862⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9030536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03217200v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Rice DNA-Binding Protein ZBED Controls Stress Regulators and Maintains Disease Resistance After a Mild Drought</w:t>
+                <w:t xml:space="preserve">Repeated gain and loss of a single gene modulates the evolution of vascular plant pathogen lifestyles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola A. Zuluaga</w:t>
+                <w:t xml:space="preserve">Gluck-Thaler, Emile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Przemyslaw Bidzinski</w:t>
+                <w:t xml:space="preserve">A. Cerruti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Chanclud</w:t>
+                <w:t xml:space="preserve">Alvaro L. Pérez-Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Ducasse</w:t>
+                <w:t xml:space="preserve">Roman-Reyna, Veronica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Cayrol</w:t>
+                <w:t xml:space="preserve">Madhavan, Vishnu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1265. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (46), </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2020.01265⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abc4516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02927839v1</w:t>
+                <w:t xml:space="preserve">hal-03177564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a new multiplex PCR assay for rice pathogenic bacteria detection and its application to infer disease incidence and detect co-infection in rice fields in Burkina Faso</w:t>
+                <w:t xml:space="preserve">Phylogenetic distribution and evolutionary dynamics of nod and T3SS genes in the genus Bradyrhizobium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Bangratz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kossi Kini</w:t>
+                <w:t xml:space="preserve">Albin Teulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussa Sondo</w:t>
+                <w:t xml:space="preserve">Djamel Gully</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Brugidou</w:t>
+                <w:t xml:space="preserve">Zoe Rouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Camuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0232115⟩</w:t>
+              <w:t xml:space="preserve">Microbial Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mgen.0.000407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626192v1</w:t>
+                <w:t xml:space="preserve">hal-03127250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Genome Resource of Xanthomonas hyacinthi Generated via Long-Read Sequencing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Rice DNA-Binding Protein ZBED Controls Stress Regulators and Maintains Disease Resistance After a Mild Drought</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily K. Luna</w:t>
+                <w:t xml:space="preserve">Paola A. Zuluaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jillian M. Lang</w:t>
+                <w:t xml:space="preserve">Przemyslaw Bidzinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janet Ziegle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Chang</w:t>
+                <w:t xml:space="preserve">Emilie Chanclud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Cayrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-11-19-2393-A⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.01265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02624813v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenetic distribution and evolutionary dynamics of nod and T3SS genes in the genus Bradyrhizobium</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a new multiplex PCR assay for rice pathogenic bacteria detection and its application to infer disease incidence and detect co-infection in rice fields in Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoe Rouy</w:t>
+                <w:t xml:space="preserve">Martine Bangratz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa Wonni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Kini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Camuel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Moussa Sondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Brugidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/mgen.0.000407⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), pp.e0232115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0232115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03127250v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Resource of Barley Bacterial Blight and Leaf Streak Pathogen Xanthomonas translucens pv. translucens strain UPB886</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-Quality Genome Resource of Xanthomonas hyacinthi Generated via Long-Read Sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Luna</w:t>
+                <w:t xml:space="preserve">Stephen P. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Pesce</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Emily K. Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jillian M. Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Ziegle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 104 (1), pp.13-15. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-05-19-1103-A⟩</w:t>
+              <w:t xml:space="preserve">, 2020, pp.PDIS-11-19-2393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-11-19-2393-A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03626188v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome resources of three west African strains of Pantoea ananatis causing bacterial blight and grain discoloration of rice</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genome Resource of Barley Bacterial Blight and Leaf Streak Pathogen Xanthomonas translucens pv. translucens strain UPB886</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Roman-Reyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taca Vancheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-03-20-0091-A⟩</w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104 (1), pp.13-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-05-19-1103-A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626195v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeated gain and loss of a single gene modulates the evolution of vascular plant pathogen lifestyles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alvaro L. Pérez-Quintero</w:t>
+                <w:t xml:space="preserve">Genome resources of three west African strains of Pantoea ananatis causing bacterial blight and grain discoloration of rice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Kini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman-Reyna, Veronica</w:t>
+                <w:t xml:space="preserve">Pierre Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madhavan, Vishnu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucie Poulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drissa Silué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 6 (46), </w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 110 (9), pp.1500-1502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abc4516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-03-20-0091-A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03177564v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ebb and flow of vascular pathogenesis through repeated gain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The rhizobial type III effector ErnA confers the ability to form nodules in legumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albin Teulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gluck-Thaler</w:t>
+                <w:t xml:space="preserve">Nicolas Busset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Cerutti</w:t>
+                <w:t xml:space="preserve">Joël Fardoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Gully</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.L. Perez Quintero</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Jauneau</w:t>
+                <w:t xml:space="preserve">Clémence Chaintreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (43), pp.21758-21768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1904456116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05177410v1</w:t>
+                <w:t xml:space="preserve">hal-02318403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Report of Bacterial Blight of Peony Caused by Xanthomonas hortorum in Ohio</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ebb and flow of vascular pathogenesis through repeated gain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gluck-Thaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Klass</w:t>
+                <w:t xml:space="preserve">Aude Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Long</w:t>
+                <w:t xml:space="preserve">A.L. Perez Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Summers</w:t>
+                <w:t xml:space="preserve">C. Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Roman-Reyna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Koebnik</w:t>
+                <w:t xml:space="preserve">Alain Jauneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (10S), p. S1.22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626180v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05177410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A semi-selective medium to isolate and identify bacteria of the genus Pantoea</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rachelle Dossa</w:t>
+                <w:t xml:space="preserve">First Report of Bacterial Blight of Peony Caused by Xanthomonas hortorum in Ohio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Klass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadin Dossou</w:t>
+                <w:t xml:space="preserve">J. Summers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariame Mariko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">V. Roman-Reyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10327-019-00862-w⟩</w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 103 (11), pp.2940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-05-19-1123-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626176v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CRISPR elements provide a new framework for the genealogy of the citrus canker pathogen &amp;lt;i&amp;gt;Xanthomonas citri&amp;lt;/i&amp;gt; pv. &amp;lt;i&amp;gt;citri&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kwanho Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandra Muñoz-Bodnar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalia Arias Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Miguel Rodriguez-R</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (1), pp.1-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12864-019-6267-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02403788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the New Global Threat of Xylella fastidiosa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Almeida</w:t>
+                <w:t xml:space="preserve">A semi-selective medium to isolate and identify bacteria of the genus Pantoea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi Kini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachelle Dossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. de La Fuente</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Koebnik</w:t>
+                <w:t xml:space="preserve">Bernadin Dossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Lopes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Parnell</w:t>
+                <w:t xml:space="preserve">Mariame Mariko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-12-18-0488-FI⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 85 (6), pp.424-427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10327-019-00862-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626149v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Optimized Microsatellite Scheme for Assessing Populations of Xanthomonas phaseoli pv. manihotis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carolina Flores</w:t>
+                <w:t xml:space="preserve">Addressing the New Global Threat of Xylella fastidiosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cesar Trujillo</w:t>
+                <w:t xml:space="preserve">L. de La Fuente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Szurek</w:t>
+                <w:t xml:space="preserve">J. Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Parnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytopathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 109 (5), pp.859-869. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-06-18-0210-R⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 109 (2), pp.172-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-12-18-0488-FI⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617945v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Pathovar of Xanthomonas oryzae Infecting Wild Grasses Provides Insight Into the Evolution of Pathogenicity in Rice Agroecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jillian Lang</w:t>
+                <w:t xml:space="preserve">An Optimized Microsatellite Scheme for Assessing Populations of Xanthomonas phaseoli pv. manihotis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leidy Rache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Blondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Pérez-Quintero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Cesar Trujillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elysa Ducharme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Soungalo Sarra</w:t>
+                <w:t xml:space="preserve">Boris Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00507⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 109 (5), pp.859-869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-06-18-0210-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626158v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A TonB-dependent transporter is required for secretion of protease PopC across the bacterial outer membrane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Pathovar of Xanthomonas oryzae Infecting Wild Grasses Provides Insight Into the Evolution of Pathogenicity in Rice Agroecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jillian Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuria Gómez-Santos</w:t>
+                <w:t xml:space="preserve">Alvaro Pérez-Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timo Glatter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Elysa Ducharme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Anna Świątek-Połatyńska</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Soungalo Sarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-09366-9⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626151v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation of atypical wheat-associated xanthomonads in Algeria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A TonB-dependent transporter is required for secretion of protease PopC across the bacterial outer membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Gómez-Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bahria Khenfous-Djebari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Fischer-Le Saux</w:t>
+                <w:t xml:space="preserve">Timo Glatter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Kerkoud</w:t>
+                <w:t xml:space="preserve">Magdalena Anna Świątek-Połatyńska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traki Benhassine</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lotte Søgaard-Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathologia Mediterranea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13128/Phyto-10855⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.1360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-09366-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971104v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Typing Reveals High Genetic Diversity of Xanthomonas translucens Strains Infecting Small-Grain Cereals in Iran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moein Khojasteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mohsen Taghavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moein Khojasteh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Mohsen Taghavi</w:t>
+                <w:t xml:space="preserve">Pejman Khodaygan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pejman Khodaygan</w:t>
+                <w:t xml:space="preserve">Habiballah Hamzehzarghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gongyou Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 85 (20), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.01518-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rhizobial type III effector ErnA confers the ability to form nodules in legumes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albin Teulet</w:t>
+                <w:t xml:space="preserve">Isolation of atypical wheat-associated xanthomonads in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bahria Khenfous-Djebari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fischer-Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Busset</w:t>
+                <w:t xml:space="preserve">Mohamed Kerkoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Fardoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Djamel Gully</w:t>
+                <w:t xml:space="preserve">Traki Benhassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Chaintreuil</w:t>
+                <w:t xml:space="preserve">Zouazi Bouznad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 116 (43), pp.21758-21768. </w:t>
+              <w:t xml:space="preserve">Phytopathologia Mediterranea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (3), pp.497-506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1904456116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13128/Phyto-10855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318403v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathogenicity and phylogenetic analysis of Clavibacter michiganensis strains associated with tomato plants in Iran</w:t>
+                <w:t xml:space="preserve">Functional analysis of African Xanthomonas oryzae pv. oryzae TALomes reveals a new susceptibility gene in bacterial leaf blight of rice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ebrahim Osdaghi</w:t>
+                <w:t xml:space="preserve">Tuan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Pérez-Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa Wonni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Carpenter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Sajjad Ansari</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ralph Koebnik</w:t>
+                <w:t xml:space="preserve">Yanhua Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.12801⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (6), pp.e1007092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1007092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02623769v1</w:t>
+                <w:t xml:space="preserve">hal-03626132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilocus sequence analysis reveals a novel phylogroup of Xanthomonas euvesicatoria pv. perforans causing bacterial spot of tomato in Iran</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId287" w:history="1">
+                <w:t xml:space="preserve">Pathogenicity and phylogenetic analysis of Clavibacter michiganensis strains associated with tomato plants in Iran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ebrahim Osdaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Sajjad Ansari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seyed Mohsen Taghavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jay Ram Lamichhane</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sina Zarei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 67 (7), pp.1601-1611. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.12864⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 67 (4), pp.957-970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.12801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621197v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional analysis of African Xanthomonas oryzae pv. oryzae TALomes reveals a new susceptibility gene in bacterial leaf blight of rice</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sara Carpenter</w:t>
+                <w:t xml:space="preserve">Multilocus sequence analysis reveals a novel phylogroup of Xanthomonas euvesicatoria pv. perforans causing bacterial spot of tomato in Iran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ebrahim Osdaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Mohsen Taghavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanhua Yu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jay Ram Lamichhane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 14 (6), pp.e1007092. </w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67 (7), pp.1601-1611. </w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1007092⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ppa.12864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626132v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enterobacter cloacae, an Emerging Plant-Pathogenic Bacterium Affecting Chili Pepper Seedlings</w:t>
               </w:r>
@@ -7139,51 +7139,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilda Victoria Silva-Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Morales-Nieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taca Vancheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (1), pp.1-10. </w:t>
@@ -7502,90 +7502,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional and Genome Sequence-Driven Characterization of tal Effector Gene Repertoires Reveals Novel Variants With Altered Specificities in Closely Related Malian Xanthomonas oryzae pv. oryzae Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hinda Doucouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Pérez-Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganna Reshetnyak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheick Tekete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Auguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, pp.1657. </w:t>
@@ -7617,5970 +7617,5970 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome and proteome analysis reveal new insight into proximal and distal responses of wheat to foliar infection by Xanthomonas translucens</w:t>
+                <w:t xml:space="preserve">Effector Mimics and Integrated Decoys, the Never-Ending Arms Race between Rice and Xanthomonas oryzae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Garçia Seco</w:t>
+                <w:t xml:space="preserve">Paola Zuluaga Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Szurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Chiapello</w:t>
+                <w:t xml:space="preserve">Thomas Kroj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcella Bracale</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Benoit Morel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-10568-8⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2017.00431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626122v1</w:t>
+                <w:t xml:space="preserve">hal-01605934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Xanthomonas translucens Complex Using Draft Genomes, Comparative Genomics, Phylogenetic Analysis, and Diagnostic LAMP Assays</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative Genomics Identifies a Novel Conserved Protein, HpaT, in Proteobacterial Type III Secretion Systems that Do Not Possess the Putative Translocon Protein HrpF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Jacobs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Langlois</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Marion Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taca Vancheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-08-16-0286-R⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626106v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Report of a New Bacterial Leaf Blight of Rice Caused by Pantoea ananatis and Pantoea stewartii in Togo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptome and proteome analysis reveal new insight into proximal and distal responses of wheat to foliar infection by Xanthomonas translucens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Garçia Seco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Kini</w:t>
+                <w:t xml:space="preserve">Marcella Bracale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Agnimonhan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Silué</w:t>
+                <w:t xml:space="preserve">Paolo Bagnaresi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-06-16-0939-PDN⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.10157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-10568-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626078v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Report of a New Bacterial Leaf Blight of Rice Caused by Pantoea ananatis and Pantoea stewartii in Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Agnimonhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Afolabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Soglonou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 101 (1), pp.242-242. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1094/PDIS-06-16-0940-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Genomics Identifies a Novel Conserved Protein, HpaT, in Proteobacterial Type III Secretion Systems that Do Not Possess the Putative Translocon Protein HrpF</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Edwige Berthelot</w:t>
+                <w:t xml:space="preserve">First Report of a New Bacterial Leaf Blight of Rice Caused by Pantoea ananatis and Pantoea stewartii in Togo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Kini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Agnimonhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Afolabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Soglonou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Perret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Taca Vancheva</w:t>
+                <w:t xml:space="preserve">D. Silué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, </w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 101 (1), pp.241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-06-16-0939-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626112v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted promoter editing for rice resistance to Xanthomonas oryzae pv. oryzae reveals differential activities for SWEET14 -inducing TAL effectors</w:t>
+                <w:t xml:space="preserve">Characterization of the Xanthomonas translucens Complex Using Draft Genomes, Comparative Genomics, Phylogenetic Analysis, and Diagnostic LAMP Assays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Servane Blanvillain-Baufumé</w:t>
+                <w:t xml:space="preserve">Paul Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maik Reschke</w:t>
+                <w:t xml:space="preserve">Jacob Snelling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montserrat Solé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hinda Doucoure</w:t>
+                <w:t xml:space="preserve">John Hamilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bragard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pbi.12613⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 107 (5), pp.519-527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-08-16-0286-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626092v1</w:t>
+                <w:t xml:space="preserve">hal-03626106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Draft Genome Sequence of Curtobacterium sp. Strain Ferrero</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ebrahim Osdaghi</w:t>
+                <w:t xml:space="preserve">Targeted promoter editing for rice resistance to Xanthomonas oryzae pv. oryzae reveals differential activities for SWEET14 -inducing TAL effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Blanvillain-Baufumé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Forero Serna</w:t>
+                <w:t xml:space="preserve">Maik Reschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bolot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Jacques</w:t>
+                <w:t xml:space="preserve">Montserrat Solé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Auguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hinda Doucoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01378-17⟩</w:t>
+              <w:t xml:space="preserve">Plant Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (3), pp.306-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pbi.12613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01905579v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effector Mimics and Integrated Decoys, the Never-Ending Arms Race between Rice and Xanthomonas oryzae</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">High-Quality Draft Genome Sequence of Curtobacterium sp. Strain Ferrero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ebrahim Osdaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Kroj</w:t>
+                <w:t xml:space="preserve">Natalia Forero Serna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Benoit Morel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fischer-Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8, pp.1-4. </w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (48), pp.e01378-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2017.00431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01378-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605934v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01905579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ectopic activation of the rice NLR heteropair RGA4/RGA5 confers resistance to bacterial blight and bacterial leaf streak diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Hutin</w:t>
+                <w:t xml:space="preserve">First Report of Bacterial Leaf Blight of Rice Caused by Xanthomonas oryzae pv. oryzae in Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Afolabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stella Cesari</w:t>
+                <w:t xml:space="preserve">R. Amoussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Chalvon</w:t>
+                <w:t xml:space="preserve">M. Bilé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Michel</w:t>
+                <w:t xml:space="preserve">A. Oludare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuan Tu Tran</w:t>
+                <w:t xml:space="preserve">V. Gbogbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 88 (1), pp.43-55. </w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 100 (2), pp.515-515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.13231⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-07-15-0821-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637573v1</w:t>
+                <w:t xml:space="preserve">hal-03625298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AnnoTALE: bioinformatics tools for identification, annotation and nomenclature of TALEs from Xanthomonas genomic sequences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ectopic activation of the rice NLR heteropair RGA4/RGA5 confers resistance to bacterial blight and bacterial leaf streak diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Grau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annett Erkes</w:t>
+                <w:t xml:space="preserve">Stella Cesari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana Streubel</w:t>
+                <w:t xml:space="preserve">Véronique Chalvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Morgan</w:t>
+                <w:t xml:space="preserve">Corinne Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuan Tu Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep21077⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 88 (1), pp.43-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.13231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03625304v1</w:t>
+                <w:t xml:space="preserve">hal-02637573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-Genome Sequences of Xanthomonas euvesicatoria Strains Clarify Taxonomy and Reveal a Stepwise Erosion of Type 3 Effectors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AnnoTALE: bioinformatics tools for identification, annotation and nomenclature of TALEs from Xanthomonas genomic sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey B. Jones</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sujan Timilsina</w:t>
+                <w:t xml:space="preserve">Jan Grau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maik Reschke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annett Erkes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Streubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Morgan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2016.01805⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.21077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep21077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625317v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Draft Genome Sequences of Two Xanthomonas Pathotype Strains Infecting Aroid Plants</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Whole-Genome Sequences of Xanthomonas euvesicatoria Strains Clarify Taxonomy and Reveal a Stepwise Erosion of Type 3 Effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Arlat</w:t>
+                <w:t xml:space="preserve">Jeri D. Barak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taca Vancheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Noel</w:t>
+                <w:t xml:space="preserve">Jeffrey B. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sujan Timilsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (5), pp.e00902-16. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.1805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00902-16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2016.01805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629928v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Ecology, Physiology, and Genomics to Understand Host Specificity in Xanthomonas</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId381" w:history="1">
+                <w:t xml:space="preserve">High-Quality Draft Genome Sequences of Two Xanthomonas Pathotype Strains Infecting Aroid Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Robène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Arlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Carrère</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1146/annurev-phyto-080615-100147⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (5), pp.e00902-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00902-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03383508v1</w:t>
+                <w:t xml:space="preserve">hal-02629928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Report of Bacterial Leaf Blight of Rice Caused by Xanthomonas oryzae pv. oryzae in Benin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Amoussa</w:t>
+                <w:t xml:space="preserve">Using Ecology, Physiology, and Genomics to Understand Host Specificity in Xanthomonas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Arlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bilé</w:t>
+                <w:t xml:space="preserve">Alice Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Oludare</w:t>
+                <w:t xml:space="preserve">Tristan Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Gbogbo</w:t>
+                <w:t xml:space="preserve">Sébastien Carrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 100 (2), pp.515-515. </w:t>
+              <w:t xml:space="preserve">Annual Review of Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54 (1), pp.163-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/PDIS-07-15-0821-PDN⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1146/annurev-phyto-080615-100147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03625298v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03383508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence ofXanthomonas translucenspv. graminis Pathotype Strain CFBP 2053</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Cunnac</w:t>
+                <w:t xml:space="preserve">New Multilocus Variable-Number Tandem-Repeat Analysis Tool for Surveillance and Local Epidemiology of Bacterial Leaf Blight and Bacterial Leaf Streak of Rice Caused by Xanthomonas oryzae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Poulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Grygiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gagnevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. M. Rodriguez-R</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01174-15⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 81 (2), pp.688-698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02768-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594261v1</w:t>
+                <w:t xml:space="preserve">hal-03625189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Draft Genome Sequence of the Xanthomonas translucens pv. cerealis Pathotype Strain CFBP 2541.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
+                <w:t xml:space="preserve">Draft Genome Sequence ofXanthomonas translucenspv. graminis Pathotype Strain CFBP 2053</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marion Le Saux</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bragard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Cunnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 3 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01574-14⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 3 (5), pp.e01174-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01174-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209993v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomics of a cannabis pathogen reveals insight into the evolution of pathogenicity in Xanthomonas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan M. Jacobs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpls.2015.00431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03625231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequences of Two Xanthomonas euvesicatoria Strains from the Balkan Peninsula</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Draft Genome Sequences of Two Xanthomonas vesicatoria Strains from the Balkan Peninsula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taca Vancheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nevena Bogatzevska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penka Moncheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefeuvre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Penka Moncheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 3 (1), pp.e01528-14. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01528-14⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 3 (1), pp.e01558-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01558-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625220v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequences of Two Xanthomonas vesicatoria Strains from the Balkan Peninsula</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Draft Genome Sequences of Two Xanthomonas euvesicatoria Strains from the Balkan Peninsula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taca Vancheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nevena Bogatzevska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penka Moncheva</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 3 (1), pp.e01558-14. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01558-14⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 3 (1), pp.e01528-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01528-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625226v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomics and transcriptomics of Xanthomonas campestris species challenge the concept of core type III effectome.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId356" w:history="1">
+                <w:t xml:space="preserve">High-Quality Draft Genome Sequence of the Xanthomonas translucens pv. cerealis Pathotype Strain CFBP 2541.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Martine Lautier</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cunnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01574-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-015-2190-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01455988v1</w:t>
+                <w:t xml:space="preserve">hal-01209993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A knowledge-based molecular screen uncovers a broad-spectrum OsSWEET14 resistance allele to bacterial blight from wild rice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Szurek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 84 (4), pp.694-703. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tpj.13042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation of Bacterial Leaf Streak of Rice Caused by Xanthomonas oryzae pv. oryzicola in Vietnam</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Nga</w:t>
+                <w:t xml:space="preserve">Genomics and transcriptomics of Xanthomonas campestris species challenge the concept of core type III effectome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ngan</w:t>
+                <w:t xml:space="preserve">Endrick Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Hong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Szurek</w:t>
+                <w:t xml:space="preserve">Nicolas Denancé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Lautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-03-15-0289-PDN⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (1), pp.975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-2190-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625273v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Multilocus Variable-Number Tandem-Repeat Analysis Tool for Surveillance and Local Epidemiology of Bacterial Leaf Blight and Bacterial Leaf Streak of Rice Caused by Xanthomonas oryzae</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Confirmation of Bacterial Leaf Streak of Rice Caused by Xanthomonas oryzae pv. oryzicola in Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Grygiel</w:t>
+                <w:t xml:space="preserve">T. Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Magne</w:t>
+                <w:t xml:space="preserve">N. Nga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gagnevin</w:t>
+                <w:t xml:space="preserve">P. Ngan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. M. Rodriguez-R</w:t>
+                <w:t xml:space="preserve">N. Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 81 (2), pp.688-698. </w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 99 (12), pp.1853-1853. </w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.02768-14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-03-15-0289-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625189v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A MLVA genotyping scheme for global surveillance of the citrus pathogen Xanthomonas citri pv. citri suggests a worldwide geographical expansion of a single genetic lineage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pruvost</w:t>
+                <w:t xml:space="preserve">Confirmation of Bacterial Leaf Streak Caused by Xanthomonas oryzae pv. oryzicola on Rice in Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Magne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Boyer</w:t>
+                <w:t xml:space="preserve">H. Raveloson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Leduc</w:t>
+                <w:t xml:space="preserve">M. Sester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Tourterel</w:t>
+                <w:t xml:space="preserve">L.-M. Raboin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Silué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (6), pp.e98129. </w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 98 (10), pp.1423-1423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0098129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-02-14-0132-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456735v1</w:t>
+                <w:t xml:space="preserve">hal-03625143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Report of Xanthomonas oryzae pv. oryzicola Causing Bacterial Leaf Streak of Rice in Uganda</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Draft Genome Sequence of Xanthomonas axonopodis pv. allii Strain CFBP 6369.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ongom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Szurek</w:t>
+                <w:t xml:space="preserve">Lionel Gagnevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J L Gordon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-07-14-0745-PDN⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00727-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03625164v1</w:t>
+                <w:t xml:space="preserve">hal-01209994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative proteomics reveal new HrpX-regulated proteins of Xanthomonas oryzae pv. oryzae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Robin</w:t>
+                <w:t xml:space="preserve">First Report of Xanthomonas oryzae pv. oryzicola Causing Bacterial Leaf Streak of Rice in Uganda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Afolabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Ortiz</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Ongom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Szurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2013.04.010⟩</w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 98 (11), pp.1579-1579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-07-14-0745-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03624821v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Report of Xanthomonas oryzae pv. oryzicola Causing Bacterial Leaf Streak of Rice in Burundi</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Poulin</w:t>
+                <w:t xml:space="preserve">A MLVA genotyping scheme for global surveillance of the citrus pathogen Xanthomonas citri pv. citri suggests a worldwide geographical expansion of a single genetic lineage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Magne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tourterel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-05-14-0504-PDN⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (6), pp.e98129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0098129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625154v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Xanthomonas oryzae pv. oryzicola Population in Mali and Burkina Faso Reveals a High Level of Genetic and Pathogenic Diversity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative proteomics reveal new HrpX-regulated proteins of Xanthomonas oryzae pv. oryzae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Cottyn</w:t>
+                <w:t xml:space="preserve">Guillaume Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Detemmerman</w:t>
+                <w:t xml:space="preserve">Erika Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dao</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Paul Brizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97, pp.256-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2013.04.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-07-13-0213-R⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03624866v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence of the Flagellated Xanthomonas fuscans subsp. fuscans Strain CFBP 4884</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">First Report of Xanthomonas oryzae pv. oryzicola Causing Bacterial Leaf Streak of Rice in Burundi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Afolabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Amoussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00966-14⟩</w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 98 (10), pp.1426-1426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-05-14-0504-PDN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01134880v1</w:t>
+                <w:t xml:space="preserve">hal-03625154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population typing of the causal agent of cassava bacterial blight in the Eastern Plains of Colombia using two types of molecular markers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of Xanthomonas oryzae pv. oryzicola Population in Mali and Burkina Faso Reveals a High Level of Genetic and Pathogenic Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Wonni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cottyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Detemmerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">César Trujillo</w:t>
+                <w:t xml:space="preserve">S. Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalia Arias-Rojas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anibal Tapiero</w:t>
+                <w:t xml:space="preserve">L. Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2180-14-161⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104 (5), pp.520-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-07-13-0213-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03624881v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Xanthomonas Ax21 protein is processed by the general secretory system and is secreted in association with outer membrane vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofir Bahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rory Pruitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ofir Bahar</w:t>
+                <w:t xml:space="preserve">Dee Dee Luu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rory Pruitt</w:t>
+                <w:t xml:space="preserve">Benjamin Schwessinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsalan Daudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PeerJ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2, pp.e242. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7717/peerj.242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation of Bacterial Leaf Streak Caused by Xanthomonas oryzae pv. oryzicola on Rice in Madagascar</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Poulin</w:t>
+                <w:t xml:space="preserve">Population typing of the causal agent of cassava bacterial blight in the Eastern Plains of Colombia using two types of molecular markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Trujillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalia Arias-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Raveloson</w:t>
+                <w:t xml:space="preserve">César Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sester</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Silué</w:t>
+                <w:t xml:space="preserve">Anibal Tapiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-02-14-0132-PDN⟩</w:t>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (1), pp.161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2180-14-161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625143v1</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence of Xanthomonas axonopodis pv. allii Strain CFBP 6369.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId455" w:history="1">
+                <w:t xml:space="preserve">Draft Genome Sequence of the Flagellated Xanthomonas fuscans subsp. fuscans Strain CFBP 4884</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Indiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Arlat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gagnevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christian Vernière</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 2 (4), </w:t>
+              <w:t xml:space="preserve">, 2014, 2 (5), pp.e00966-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00727-14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00966-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209994v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence of Xanthomonas fuscans subsp. fuscans strain 4834-R reveals that flagellar motility is not a general feature of xanthomonads</w:t>
+                <w:t xml:space="preserve">Genomic survey of pathogenicity determinants and VNTR markers in the cassava bacterial pathogen Xanthomonas axonopodis pv. manihotis strain CIO151</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armelle Darrasse</w:t>
+                <w:t xml:space="preserve">Mario L. Arrieta-Ortiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Carrere</w:t>
+                <w:t xml:space="preserve">Luis M. Rodríguez-R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro L. Pérez-Quintero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Barbe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mario L. Arrieta-Ortiz</w:t>
+                <w:t xml:space="preserve">Ana C. Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-761⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (11), pp.e79704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0079704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01199326v1</w:t>
+                <w:t xml:space="preserve">hal-01199314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome mining reveals the genus Xanthomonas to be a promising reservoir for new bioactive non-ribosomally synthesized peptides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume P. Robin</w:t>
+                <w:t xml:space="preserve">Draft Genome Sequence of the Xanthomonas cassavae Type Strain CFBP 4642.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Munoz Bodnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cunnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-658⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00679-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209938v1</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TALE1 from Xanthomonas axonopodis pv. manihotis acts as a transcriptional activator in plant cells and is important for pathogenicity in cassava plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Castiblanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Osorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 14 (1), pp.84-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1364-3703.2012.00830.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of non-TAL effectors in Xanthomonas oryzae pv. oryzae Chinese strain 13751 and analysis of their role in the bacterial virulence</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ji-Liang Tang</w:t>
+                <w:t xml:space="preserve">Genome sequence of Xanthomonas fuscans subsp. fuscans strain 4834-R reveals that flagellar motility is not a general feature of xanthomonads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Darrasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Boureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario L. Arrieta-Ortiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11274-012-1229-5⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14, pp.761--790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03624159v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01199326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Draft Genome Sequences of Xanthomonas axonopodis pv. glycines Strains CFBP 2526 and CFBP 7119.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tristan Boureau</w:t>
+                <w:t xml:space="preserve">Genome mining reveals the genus Xanthomonas to be a promising reservoir for new bioactive non-ribosomally synthesized peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Marguerettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume P. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01036-13⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-14-658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648487v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Five phylogenetically close rice SWEET genes confer TAL effector‐mediated susceptibility to Xanthomonas oryzae pv. oryzae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jens Boch</w:t>
+                <w:t xml:space="preserve">High-Quality Draft Genome Sequences of Xanthomonas axonopodis pv. glycines Strains CFBP 2526 and CFBP 7119.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Darrasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurana Serres Giardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Charbit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.12411⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01036-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03624174v1</w:t>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Draft Genome Sequence of Xanthomonas alfalfae subsp. alfalfae Strain CFBP 3836.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of non-TAL effectors in Xanthomonas oryzae pv. oryzae Chinese strain 13751 and analysis of their role in the bacterial virulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuai Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Lan Mo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Agnes Jacques</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Martial Briand</w:t>
+                <w:t xml:space="preserve">Wei Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Liang Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.01035-13⟩</w:t>
+              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (4), pp.733-744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11274-012-1229-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02649259v1</w:t>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence of the Xanthomonas cassavae Type Strain CFBP 4642.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Boris Szurek</w:t>
+                <w:t xml:space="preserve">Five phylogenetically close rice SWEET genes confer TAL effector‐mediated susceptibility to Xanthomonas oryzae pv. oryzae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Streubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Hutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Boch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 200 (3), pp.808-819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.12411⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00679-13⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02642222v1</w:t>
+                <w:t xml:space="preserve">hal-03624174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Quality Draft Genome Sequences of Two Xanthomonas citri pv. malvacearum Strains.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId380" w:history="1">
+                <w:t xml:space="preserve">High-Quality Draft Genome Sequence of Xanthomonas alfalfae subsp. alfalfae Strain CFBP 3836.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agnes Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Boris Szurek</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Charbit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Darrasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 1 (4), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 1 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.01035-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00674-13⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02643147v1</w:t>
+                <w:t xml:space="preserve">hal-02649259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Improved Method for TAL Effectors DNA-Binding Sites Prediction Reveals Functional Convergence in TAL Repertoires of Xanthomonas oryzae Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Pérez-Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Rodriguez-R</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Dereeper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilo López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (7), pp.e68464. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0068464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId520" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic survey of pathogenicity determinants and VNTR markers in the cassava bacterial pathogen Xanthomonas axonopodis pv. manihotis strain CIO151</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ana C. Díaz</w:t>
+                <w:t xml:space="preserve">High-Quality Draft Genome Sequences of Two Xanthomonas citri pv. malvacearum Strains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cunnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie S. Bolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Forero Serna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Ortiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8 (11), pp.e79704. </w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0079704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00674-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01199314v1</w:t>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic insights into strategies used by Xanthomonas albilineans with its reduced artillery to spread within sugarcane xylem vessels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pieretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13670,51 +13670,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Hajri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13778,90 +13778,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Variable Number of Tandem Repeats Typing Scheme for the Bacterial Rice Pathogen Xanthomonas oryzae pv. oryzicola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuai Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Poulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Rodriguez-R</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Forero Serna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shu-Yan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14046,64 +14046,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colonization of Rice Leaf Blades by an African Strain of Xanthomonas oryzae pv. oryzae Depends on a New TAL Effector That Induces the Rice Nodulin-3 Os11N3 Gene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanhua Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Streubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Balzergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14180,51 +14180,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomics reveals diversity among xanthomonads infecting tomato and pepper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neha Potnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Krasileva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14416,334 +14416,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00788092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passing GO (gene ontology) in plant pathogen biology : a report from the Xanthomonas Genomics Conference</w:t>
+                <w:t xml:space="preserve">The type III effectors of Xanthomonas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert P. Ryan</w:t>
+                <w:t xml:space="preserve">Frank White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neha Potnis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 11 (12), pp.1689-1696. </w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (6), pp.749-766. </w:t>
             </w:r>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2009.01387.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1364-3703.2009.00590.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02658546v1</w:t>
+                <w:t xml:space="preserve">hal-03623600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The type III effectors of Xanthomonas</w:t>
+                <w:t xml:space="preserve">Passing GO (gene ontology) in plant pathogen biology : a report from the Xanthomonas Genomics Conference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank White</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Neha Potnis</w:t>
+                <w:t xml:space="preserve">Robert P. Ryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Szurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Boureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Jones</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adriana Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 10 (6), pp.749-766. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11 (12), pp.1689-1696. </w:t>
             </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1364-3703.2009.00590.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2009.01387.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623600v1</w:t>
+                <w:t xml:space="preserve">hal-02658546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complete genome sequence of Xanthomonas albilineans provides new insights into the reductive genome evolution of the xylem-limited Xanthomonadaceae.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pieretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14801,558 +14801,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequence and rapid evolution of the rice pathogen Xanthomonas oryzae pv. oryzae PXO99A</w:t>
+                <w:t xml:space="preserve">The missing link: Bordetella petrii is endowed with both the metabolic versatility of environmental bacteria and virulence traits of pathogenic Bordetellae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven Salzberg</w:t>
+                <w:t xml:space="preserve">Roy Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Sommer</w:t>
+                <w:t xml:space="preserve">Carlos Guzman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Schatz</w:t>
+                <w:t xml:space="preserve">Mohammed Sebaihia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Phillippy</w:t>
+                <w:t xml:space="preserve">Vítor Ap Martins dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Rabinowicz</w:t>
+                <w:t xml:space="preserve">Dietmar Pieper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 9 (1), pp.204. </w:t>
+              <w:t xml:space="preserve">, 2008, 9 (1), pp.449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-204⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623526v1</w:t>
+                <w:t xml:space="preserve">hal-03623587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The missing link: Bordetella petrii is endowed with both the metabolic versatility of environmental bacteria and virulence traits of pathogenic Bordetellae</w:t>
+                <w:t xml:space="preserve">Genome sequence and rapid evolution of the rice pathogen Xanthomonas oryzae pv. oryzae PXO99A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roy Gross</w:t>
+                <w:t xml:space="preserve">Steven Salzberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Guzman</w:t>
+                <w:t xml:space="preserve">Daniel Sommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Sebaihia</w:t>
+                <w:t xml:space="preserve">Michael Schatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vítor Ap Martins dos Santos</w:t>
+                <w:t xml:space="preserve">Adam Phillippy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietmar Pieper</w:t>
+                <w:t xml:space="preserve">Pablo Rabinowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 9 (1), pp.449. </w:t>
+              <w:t xml:space="preserve">, 2008, 9 (1), pp.204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-449⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-9-204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623587v1</w:t>
+                <w:t xml:space="preserve">hal-03623526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refinement of the Xanthomonas campestris pv. vesicatoria hrpD and hrpE Operon Structure</w:t>
+                <w:t xml:space="preserve">A Minimal Transmembrane β-Barrel Platform Protein Studied by Nuclear Magnetic Resonance ,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernst Weber</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ulla Bonas</w:t>
+                <w:t xml:space="preserve">Maria Johansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Alioth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaifeng Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reto Walser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/MPMI-20-5-0559⟩</w:t>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46 (5), pp.1128-1140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/bi061265e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623218v1</w:t>
+                <w:t xml:space="preserve">hal-03623225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Minimal Transmembrane β-Barrel Platform Protein Studied by Nuclear Magnetic Resonance ,</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Reto Walser</w:t>
+                <w:t xml:space="preserve">Refinement of the Xanthomonas campestris pv. vesicatoria hrpD and hrpE Operon Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernst Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulla Bonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/bi061265e⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 20 (5), pp.559-567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-20-5-0559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03623225v1</w:t>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific binding of the Xanthomonas campestris pv. vesicatoria AraC-type transcriptional activator HrpX to plant-inducible promoter boxes.</w:t>
               </w:r>
@@ -15468,51 +15468,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive Selection of the Hrp Pilin HrpE of the Plant Pathogen Xanthomonas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernst Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15553,476 +15553,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03623211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Type III-Dependent Hrp Pilus Is Required for Productive Interaction of Xanthomonas campestris pv. vesicatoria with Pepper Host Plants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId580" w:history="1">
+                <w:t xml:space="preserve">Domain Structure of HrpE, the Hrp Pilus Subunit of Xanthomonas campestris pv. vesicatoria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernst Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 187 (7), pp.2458-2468. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.187.7.2458-2468.2005⟩</w:t>
+              <w:t xml:space="preserve">, 2005, 187 (17), pp.6175-6186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.187.17.6175-6186.2005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03622583v1</w:t>
+                <w:t xml:space="preserve">hal-03622616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TonB-dependent trans-envelope signalling: the exception or the rule?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Type III-Dependent Hrp Pilus Is Required for Productive Interaction of Xanthomonas campestris pv. vesicatoria with Pepper Host Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernst Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuula Ojanen-Reuhs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerd Hause</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Romantschuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 13 (8), pp.343-347. </w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 187 (7), pp.2458-2468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tim.2005.06.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JB.187.7.2458-2468.2005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03622601v1</w:t>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into Genome Plasticity and Pathogenicity of the Plant Pathogenic Bacterium Xanthomonas campestris pv. vesicatoria Revealed by the Complete Genome Sequence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TonB-dependent trans-envelope signalling: the exception or the rule?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JB.187.21.7254-7266.2005⟩</w:t>
+              <w:t xml:space="preserve">Trends in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 13 (8), pp.343-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tim.2005.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03623159v1</w:t>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain Structure of HrpE, the Hrp Pilus Subunit of Xanthomonas campestris pv. vesicatoria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ernst Weber</w:t>
+                <w:t xml:space="preserve">Insights into Genome Plasticity and Pathogenicity of the Plant Pathogenic Bacterium Xanthomonas campestris pv. vesicatoria Revealed by the Complete Genome Sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Thieme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bekel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Boch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 187 (17), pp.6175-6186. </w:t>
+              <w:t xml:space="preserve">, 2005, 187 (21), pp.7254-7266. </w:t>
             </w:r>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.187.17.6175-6186.2005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JB.187.21.7254-7266.2005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03622616v1</w:t>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sucrose transport through maltoporin mutants of Escherichia coli</w:t>
               </w:r>
@@ -16589,195 +16589,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Functional Roles of the Surface-Exposed Loops of the β-Barrel Membrane Protein OmpA from Escherichia coli</w:t>
+                <w:t xml:space="preserve">Membrane assembly of the Escherichia coli outer membrane protein OmpA: exploring sequence constraints on transmembrane β-strands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 181 (12), pp.3688-3694. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 285 (4), pp.1801-1810. </w:t>
             </w:r>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.181.12.3688-3694.1999⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1006/jmbi.1998.2405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03621334v1</w:t>
+                <w:t xml:space="preserve">hal-03621329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane assembly of the Escherichia coli outer membrane protein OmpA: exploring sequence constraints on transmembrane β-strands</w:t>
+                <w:t xml:space="preserve">Structural and Functional Roles of the Surface-Exposed Loops of the β-Barrel Membrane Protein OmpA from Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 181 (12), pp.3688-3694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.181.12.3688-3694.1999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/jmbi.1998.2405⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03621329v1</w:t>
+                <w:t xml:space="preserve">hal-03621334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of Trimeric OmpF Porin: The Contributions of the Latching Loop L2</w:t>
               </w:r>
@@ -17710,488 +17710,488 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03620638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survey on Newly Characterized Iron Uptake Systems of Yersinia enterocolitica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The TonB-dependent ferrichrome receptor FcuA of Yersinia enterocolitica: evidence against a strict co-evolution of receptor structure and substrate specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Klaus Hantke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volkmar Braun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Andreas Bäumler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jürgen Heesemann</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zentralblatt fur Bakteriologie, Mikrobiologie, und Hygiene. Series A, Medical microbiology, infectious diseases, virology, parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 278 (2-3), pp.416-424. </w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 7 (3), pp.383-393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId677" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0934-8840(11)80858-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.1993.tb01130.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId678" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId672" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03620633v1</w:t>
+                <w:t xml:space="preserve">hal-03620625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId679" w:history="1">
+            <w:hyperlink r:id="rId678" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TonB protein of Yersinia enterocolitica and its interactions with TonB-box proteins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Survey on Newly Characterized Iron Uptake Systems of Yersinia enterocolitica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Bäumler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId673" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId675" w:history="1">
+            <w:hyperlink r:id="rId679" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Stojiljkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jürgen Heesemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId676" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volkmar Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and General Genetics MGG</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Zentralblatt fur Bakteriologie, Mikrobiologie, und Hygiene. Series A, Medical microbiology, infectious diseases, virology, parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 278 (2-3), pp.416-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId680" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0934-8840(11)80858-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/BF00282796⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId679" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03620626v1</w:t>
+            <w:hyperlink r:id="rId678" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId683" w:history="1">
+            <w:hyperlink r:id="rId682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TonB-dependent ferrichrome receptor FcuA of Yersinia enterocolitica: evidence against a strict co-evolution of receptor structure and substrate specificity</w:t>
+                <w:t xml:space="preserve">The TonB protein of Yersinia enterocolitica and its interactions with TonB-box proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId680" w:history="1">
+            <w:hyperlink r:id="rId675" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Bäumler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId676" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Heesemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId674" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volkmar Braun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId673" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Hantke</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jürgen Heesemann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular and General Genetics MGG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 237-237 (1-2), pp.152-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId683" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF00282796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.1993.tb01130.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03620625v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId682" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId685" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insertion derivatives containing segments of up to 16 amino acids identify surface- and periplasm-exposed regions of the FhuA outer membrane receptor of Escherichia coli K-12</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId676" w:history="1">
+            <w:hyperlink r:id="rId674" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volkmar Braun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 175 (3), pp.826-839. </w:t>
             </w:r>
             <w:hyperlink r:id="rId686" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18579,103 +18579,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CRISPRI AS A TOOL FOR THE FUNCTIONAL STUDY OF GENE FAMILIES IN XANTHOMONAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Augusto Medina Culma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId694" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Escalone Aline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Javegny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
@@ -18704,103 +18704,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId695" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crispri as a tool for the functional study of gene families in Xanthomonas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Andrés Zárate-Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId696" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Escalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Javegny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International Congress of Plant Pathology (ICPP 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISPP; SFP, Aug 2023, Lyon, France. pp.575-576</w:t>
@@ -18829,103 +18829,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId697" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ebb and flow of vascular pathogenesis through repeated gain and loss of a molecular switch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gluck-Thaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId698" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. L. Perez Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jauneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of International-Society-for-Molecular-Plant-Microbe-Interactions (IS-MPMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Molecular Plant-Microbe Interactions (IS-MPMI). INT., Jul 2019, Glasgow, United Kingdom</w:t>
@@ -18954,103 +18954,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId699" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A single cellobiosidase is required for barley hydathode and xylem colonization by Xanthomonas translucens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jauneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId700" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Auriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId701" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Butchacas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gluck-Thaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of International-Society-for-Molecular-Plant-Microbe-Interactions (IS-MPMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Molecular Plant-Microbe Interactions (IS-MPMI). INT., Jul 2019, Glasgow, United Kingdom</w:t>
@@ -19204,90 +19204,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId708" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tandem repeats as genotyping tools for understanding the genetic structure and epidemiology of #Xanthomonas citri# pv. #citri#</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId709" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaya Nadia Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId710" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Grygiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19329,103 +19329,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId711" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomics and transcriptomics of #Xanthomonas campestris# : Session 3- Physiologie, génétique et génomique des bactéries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endrick Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Denancé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Lautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11èmes Rencontres Plantes-Bactéries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Aussois, France. pp.40</w:t>
@@ -19454,103 +19454,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId712" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome mining reveals a novel and promising NRPS gene cluster in #Xanthomonas albilineans#, #Xanthomonas oryzae# and #Xanthomonas translucens#</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Marguerettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59. Congresso Brasileiro de Genética</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Águas de Lindóia, Brazil</w:t>
@@ -19579,90 +19579,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId713" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome and transcriptome analysis to reveal adaptation to new environments and hosts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gagnevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Charbit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19704,103 +19704,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId714" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome sequencing of Xanthomonas axonopodis pv. phaseoli CFBP4834-R reveals that flagellar motility is not a general feature of xanthomonads. [Abstract]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Darrasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId715" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Xanthomonas Genomics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Angers, France</w:t>
@@ -19855,51 +19855,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pieretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cociancich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20073,583 +20073,583 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01202956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complete genome sequence of Xanthomonas albilineans provides new insights into the reductive genome evolution of the xylem-limited Xanthomonadaceae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">A novel molecular typing system for pathogenic xanthomonads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Munoz Bodnar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId722" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vernière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agnes Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Congress on Molecular Plant-Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Québec City, Canada. 2 p</w:t>
+              <w:t xml:space="preserve">Xanthomonas Genomic Conference 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Pingree Park, Colorado, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02817753v1</w:t>
+                <w:t xml:space="preserve">hal-02756197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId722" w:history="1">
+            <w:hyperlink r:id="rId723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La séquence complète du génome de Xanthomonas albilineans apporte un éclairage nouveau sur l'évolution des Xanthomonadaceae dont l'habitat est limité au xylème</w:t>
+                <w:t xml:space="preserve">The complete genome sequence of Xanthomonas albilineans provides new insights into the reductive genome evolution of the xylem-limited Xanthomonadaceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pieretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Colloque National de la Société Française de Phytopathologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Lyon, France. 1 p</w:t>
+              <w:t xml:space="preserve">14. International Congress on Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Québec City, Canada. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId722" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02824029v1</w:t>
+            <w:hyperlink r:id="rId723" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId723" w:history="1">
+            <w:hyperlink r:id="rId724" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séquence complète du génome de Xanthomonas albilineans apporte un éclairage nouveau sur l'évolution des Xanthomonadaceae dont l'habitat est limité au xylème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId724" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pieretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Koebnik</w:t>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Colloque National de la Société Française de Phytopathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2009, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Jun 2009, Lyon, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId723" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729249v1</w:t>
+            <w:hyperlink r:id="rId724" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId726" w:history="1">
+            <w:hyperlink r:id="rId725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel molecular typing system for pathogenic xanthomonads</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alejandra Munoz Bodnar</w:t>
+                <w:t xml:space="preserve">La séquence complète du génome de Xanthomonas albilineans apporte un éclairage nouveau sur l'évolution des Xanthomonadaceae dont l'habitat est limité au xylème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId726" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Pieretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId727" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Durand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie Agnes Jacques</w:t>
+                <w:t xml:space="preserve">M. Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Koebnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xanthomonas Genomic Conference 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Pingree Park, Colorado, United States</w:t>
+              <w:t xml:space="preserve">7. Colloque National de la Société Française de Phytopathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId726" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756197v1</w:t>
+            <w:hyperlink r:id="rId725" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId728" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séquence du génome de Xanthomonas albilineans dévoile des particularités surprenantes chez cette bactérie pathogène de la canne à sucre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pieretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20981,222 +20981,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03623153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion Mechanisms of Plant-Pathogenic Xanthomonadaceae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative genomics and evolution of bacterial type III effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId742" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Mhedbi-Hajri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ralf Koebnik</w:t>
+                <w:t xml:space="preserve">Magdalen Lindeberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacterial adhesion : chemistry, biology and physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 715, Springer International, 374 p., 2011, Advances in Experimental Medicine and Biology, 978-94-007-0940-9. </w:t>
+              <w:t xml:space="preserve">Effectors in Plant–Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Wiley, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-94-007-0940-9_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9781119949138.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId741" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02811489v1</w:t>
+                <w:t xml:space="preserve">hal-03623147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative genomics and evolution of bacterial type III effectors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adhesion Mechanisms of Plant-Pathogenic Xanthomonadaceae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId745" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Mhedbi-Hajri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Agnes Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Koebnik</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Magdalen Lindeberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Effectors in Plant–Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1, Wiley, 2011, </w:t>
+              <w:t xml:space="preserve">Bacterial adhesion : chemistry, biology and physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 715, Springer International, 374 p., 2011, Advances in Experimental Medicine and Biology, 978-94-007-0940-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId746" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119949138.ch3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-94-007-0940-9_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623147v1</w:t>
+                <w:t xml:space="preserve">hal-02811489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId747" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 18 Outer membrane proteins of Escherichia coli: mechanism of sorting and regulation of synthesis</w:t>
               </w:r>
@@ -21344,51 +21344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId752" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Szurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21439,90 +21439,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId755" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AnnoTALE - Identification, Annotation and Classification of Transcription Activator-Like Effectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annett Erkes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Grau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maik Reschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Streubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId756" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard D. Morgan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21743,51 +21743,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The complete genome sequence of Xanthomonas albilineans provides new insights into the reductive genome evolution of the xylem-limited Xanthomonadaceae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carrere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21938,51 +21938,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D5D15465"/>
+    <w:nsid w:val="F902C9A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22169,51 +22169,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ralf-koebnik" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4419-0542" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150035969" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-5627-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248727v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sicard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Carpenter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivranjani Baruah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Tekete" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01121-25" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516347v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naama Wagner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Baumer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Lyubman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yair Shimony" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Bracha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf272" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04483657v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Koebnik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cesbron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas W. G. Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fischer-Le Saux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hutin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.385" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868054v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivrajani Baruah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Campos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Boyer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-05-24-0062-sc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04629914v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Dimaria" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Mosca" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Russo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Cubero" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l F Pothier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00273-24" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670942v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quiroz Monnens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Roux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cunnac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Charbit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10684-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04483595v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Costa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eran Bosis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Boch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland K&#246;lliker" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-23-0184-FI" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04498414v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pruvost" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rob&#232;ne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chabirand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Catara" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058189v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Z&#225;rate-Chaves" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Medina Culma" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Escalon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Javegny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18808" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03978256v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Peduzzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliki Sagia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiva Burokien&#279;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildik&#243; Katalin Nagy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-10-22-0373-sc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03967356v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Stefani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11010006" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04483681v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Goettelmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Roman-Reyna" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Studer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09855-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292499v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leidy Rache" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Blondin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Diaz Tatis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Flores" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Camargo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0285491" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04532327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Erkes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; P Grove" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena &#381;arkovi&#263;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Krautwurst" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09228-1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276735v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Luis Perez Quintero" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rodriguez-R" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cuesta-Morrondo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#353;ka Hakalov&#225;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Betancurt-Anzola" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-22-0477-SC" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813531v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Bellanger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dereeper" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10091715" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717518v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Clavijo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Barrera" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Ben&#269;i&#269;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Croce" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jacobs" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-01-22-0025-a" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03623139v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadegh Zarei" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mohsen Taghavi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touraj Rahimi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzeh Mafakheri" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Potnis" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-12-21-0519-r" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626316v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cunnac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bragard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576592v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Sadegh Hasannezhad" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00577-21" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728267v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Portier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica Dimki&#263;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005418" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626321v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song&#252;l Erken Meral" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaheen Bibi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s D&#237;az Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Menkovi&#263;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bernal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00022-22" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03559066v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nay C Dia" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Moriniere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Cottyn" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Bernal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M Jacobs" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13185" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813550v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujan Timilsina" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica M Goss" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Jones" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1012034" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521764v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Pothier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Jacques" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13150" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626200v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Kini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Wonni" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drissa Silu&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101216" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02976163v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiva Burokiene" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-20-0273-SC" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514038v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganna Reshetnyak" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Auguy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Sciallano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Claude" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03391-9" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510899v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Agnimonhan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Dossa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-20-1474-RE" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205487v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taca Vancheva" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevena Bogatzevska" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka Moncheva" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasa Mitrev" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Verni&#232;re" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03217200v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040862" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927839v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola A. Zuluaga" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemyslaw Bidzinski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chanclud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducasse" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cayrol" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.01265" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626192v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bangratz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Sondo" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brugidou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624813v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen P. Cohen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily K. Luna" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian M. Lang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Ziegle" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-19-2393-A" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03127250v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Teulet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Gully" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Rouy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Camuel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000407" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626188v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Roman-Reyna" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Luna" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pesce" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-05-19-1103-A" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626195v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefeuvre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-20-0091-A" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03177564v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gluck-Thaler, Emile" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cerruti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro L. P&#233;rez-Quintero" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman-Reyna, Veronica" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhavan, Vishnu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177410v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gluck-Thaler" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Cerutti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Perez Quintero" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pesce" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626180v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Klass" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Long" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Summers" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roman-Reyna" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Koebnik" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-05-19-1123-PDN" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626176v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadin Dossou" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariame Mariko" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10327-019-00862-w" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02403788v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwanho Jeong" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Mu&#241;oz-Bodnar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Arias Rojas" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Rodriguez-R" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6267-z" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626149v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Almeida" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de La Fuente" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopes" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parnell" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-18-0488-FI" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617945v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Trujillo" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Szurek" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-06-18-0210-R" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626158v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian Lang" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro P&#233;rez-Quintero" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elysa Ducharme" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soungalo Sarra" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626151v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria G&#243;mez-Santos" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Glatter" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Anna &#346;wi&#261;tek-Po&#322;aty&#324;ska" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotte S&#248;gaard-Andersen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09366-9" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02971104v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahria Khenfous-Djebari" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kerkoud" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traki Benhassine" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouazi Bouznad" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/Phyto-10855" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626171v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moein Khojasteh" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pejman Khodaygan" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiballah Hamzehzarghani" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongyou Chen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318403v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Busset" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chaintreuil" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1904456116" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623769v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Osdaghi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Sajjad Ansari" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Mohsen Taghavi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Zarei" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Koebnik" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12801" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621197v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12864" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626132v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Tran" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanhua Yu" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007092" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626126v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanahiri Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Karina S&#225;enz-Hidalgo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Victoria Silva-Rojas" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Morales-Nieto" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5423/PPJ.OA.06.2017.0128" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626143v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Tran" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Doucour&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hutin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Jaimes Ni&#241;o" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Szurek" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2018.08.014" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627510v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chen" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurana Serres-Giardi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ruh" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonneau" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4975-4" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626138v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinda Doucour&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01657" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626122v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gar&#231;ia Seco" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Chiapello" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Bracale" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bagnaresi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10568-8" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626106v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Langlois" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Snelling" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hamilton" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626078v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kini" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Agnimonhan" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Afolabi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soglonou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Silu&#233;" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-06-16-0939-PDN" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626087v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Milan" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-06-16-0940-PDN" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626112v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Berthelot" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Perret" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01177" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626092v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Blanvillain-Baufum&#233;" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Reschke" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Sol&#233;" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinda Doucoure" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12613" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905579v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Forero Serna" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bolot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01378-17" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605934v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Zuluaga Cruz" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kroj" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00431" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637573v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Cesari" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chalvon" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Michel" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Tu Tran" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13231" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625304v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Grau" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Streubel" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Morgan" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21077" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625317v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeri D. Barak" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey B. Jones" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01805" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629928v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rob&#232;ne" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Bolot" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arlat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00902-16" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383508v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Boulanger" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-phyto-080615-100147" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625298v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amoussa" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bil&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oludare" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gbogbo" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-15-0821-PDN" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594261v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01174-15" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209993v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Saux" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01574-14" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625231v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M. Jacobs" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00431" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625220v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01528-14" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625226v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01558-14" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455988v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Endrick Guy" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Denanc&#233;" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lautier" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-2190-0" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219869v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sabot" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13042" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625273v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nga" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ngan" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hong" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-03-15-0289-PDN" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625189v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poulin" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grygiel" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magne" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gagnevin" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Rodriguez-R" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02768-14" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456735v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Magne" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Leduc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tourterel" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0098129" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625164v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ongom" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-14-0745-PDN" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624821v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robin" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Ortiz" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Brizard" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2013.04.010" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2GL756R-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625154v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624866v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wonni" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cottyn" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Detemmerman" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dao" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ouedraogo" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-13-0213-R" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134880v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Indiana" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briand" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gagnevin" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00966-14" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624881v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Trujillo" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Arias-Rojas" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Medina" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal Tapiero" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-14-161" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624834v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir Bahar" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Pruitt" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dee Dee Luu" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schwessinger" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Daudi" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.242" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625143v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raveloson" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sester" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-M. Raboin" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-02-14-0132-PDN" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209994v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Gordon" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00727-14" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199326v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Darrasse" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario L. Arrieta-Ortiz" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-761" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209938v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Royer" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Marguerettaz" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Barbe" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Robin" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-658" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624152v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Castiblanco" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Gil" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rojas" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Osorio" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2012.00830.x" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624159v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Zhao" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Lan Mo" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Wu" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tang" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Liang Tang" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-012-1229-5" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8F97N9H2-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648487v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurana Serres Giardi" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01036-13" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624174v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12411" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649259v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agnes Jacques" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01035-13" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642222v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Munoz Bodnar" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00679-13" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643147v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00674-13" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624166v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo L&#243;pez" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068464" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199314v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis M. Rodr&#237;guez-R" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana C. D&#237;az" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079704" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199327v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pieretti" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-658" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199331v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hajri" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Brin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine David" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Xu Feng" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624143v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Yan Liu" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650254v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam J. Bogdanove" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Lu" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayako Furutani" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel V. Angiuoli" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05262-11" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647827v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Champion" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-10-0254" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624117v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Krasileva" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Chow" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalvo Almeida" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabhu Patil" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788092v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Berger" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Robin" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Bonas" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.039248-0" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658546v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P. Ryan" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2009.01387.x" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623600v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank White" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2009.00590.x" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730090v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-10-616" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623526v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Salzberg" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sommer" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schatz" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Phillippy" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rabinowicz" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-204" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623587v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Gross" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guzman" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sebaihia" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;tor Ap Martins dos Santos" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietmar Pieper" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-449" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623218v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Weber" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-5-0559" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623225v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Johansson" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alioth" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaifeng Hu" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reto Walser" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi061265e" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z2DN15LK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163972v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Kr&#252;ger" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Thieme" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Urban" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00795-06" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623211v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.188.4.1405-1410.2006" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622583v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuula Ojanen-Reuhs" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Huguet" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Hause" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Romantschuk" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.7.2458-2468.2005" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622601v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2005.06.005" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGRPL8T2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623159v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bekel" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.21.7254-7266.2005" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622616v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.17.6175-6186.2005" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621359v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick van Gelder" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimund Dutzler" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dumas" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilman Schirmer" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/14.11.943" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621371v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0966-842X(01)02255-7" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKGGQSWH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621353v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Frank" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Maillet" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Lustig" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2000.3897" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6D9F383B5A12F6528AD21247C738287982050A47/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621348v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Locher" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2000.01983.x" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621341v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Winterhalter" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M000268200" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621334v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.181.12.3688-3694.1999" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621329v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1998.2405" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XXKR4P9K-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621287v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Phale" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansgar Philippsen" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kiefhaber" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vrishali Phale" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi981215c" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-RZL3ZB5B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621278v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexej Prilipov" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Widmer" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurg Rosenbusch" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.180.13.3388-3392.1998" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621269v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gelder" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1998.tb13027.x" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621295v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rees" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mitschler" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Moulinier" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0092-8674(00)81700-6" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SFFFM090-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620649v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.1460-2075.1996.tb00722.x" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620644v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1995.tb02348.x" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620647v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kr&#228;mer" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1995.0403" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3R5DNFLC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620638v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Ried" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Hindennach" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Mutschler" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Henning" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00280309" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/069D03633A91EF66605399EB8309B59260E2446F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620633v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas B&#228;umler" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Stojiljkovic" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heesemann" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volkmar Braun" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0934-8840(11)80858-3" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VTWP6JL9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620626v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Hantke" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00282796" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5A29C7E57C8F76A83AB4BAE3E89CA72AB0568BD6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620625v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1993.tb01130.x" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620628v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.175.3.826-839.1993" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620636v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0966-842X(93)90092-6" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSFNS73S-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620634v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1993.tb01683.x" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04932122v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208321v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Escalone Aline" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182123v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Medina" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735187v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Perez Quintero" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735197v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Auriac" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Butchacas" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456753v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lett" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roux-Cuvelier" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Azali Hamza" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Atta Diallo" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Beach" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456715v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Nadia Traor&#233;" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grygiel" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456725v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456738v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209932v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202944v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bourreau" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202957v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cociancich" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202956v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rousseau" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817753v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824029v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729249v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pieretti" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Royer" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756197v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202965v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623128v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ni&#241;o-Liu" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Bancroft" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Rajaram" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Moscou" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rico Caldo" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/9780890544983.021" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623153v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Triplett" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Verdier" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Leach" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-55378-3_6" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811489v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Mhedbi-Hajri" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0940-9_5" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623147v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalen Lindeberg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119949138.ch3" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620642v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7306(08)60421-4" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280885v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rache Cardenal" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Flores" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopez" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vernier" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-106-12-S4.1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625254v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D. Morgan" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7287/peerj.preprints.1350v2" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456754v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730091v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arlat" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cociancich" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ralf-koebnik" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4419-0542" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150035969" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-5627-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05248727v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sicard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Carpenter" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diallo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivranjani Baruah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Tekete" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01121-25" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516347v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naama Wagner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Baumer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Lyubman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yair Shimony" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noam Bracha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf272" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04483657v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Koebnik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cesbron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas W. G. Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fischer-Le Saux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hutin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.385" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868054v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivrajani Baruah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Campos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Boyer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-05-24-0062-sc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04629914v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Dimaria" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Mosca" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Russo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Cubero" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l F Pothier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00273-24" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670942v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quiroz Monnens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Roux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cunnac" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Charbit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10684-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04483595v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Costa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eran Bosis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Boch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland K&#246;lliker" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-23-0184-FI" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03967356v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Stefani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11010006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04483681v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Goettelmann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Roman-Reyna" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Studer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09855-8" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04498414v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pruvost" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rob&#232;ne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chabirand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Catara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058189v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Z&#225;rate-Chaves" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Augusto Medina Culma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Escalon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Javegny" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18808" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03978256v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Peduzzi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliki Sagia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiva Burokien&#279;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildik&#243; Katalin Nagy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-10-22-0373-sc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04532327v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annett Erkes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; P Grove" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena &#381;arkovi&#263;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Krautwurst" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09228-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292499v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leidy Rache" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Blondin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Diaz Tatis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Flores" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Camargo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0285491" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276735v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Luis Perez Quintero" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Rodriguez-R" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cuesta-Morrondo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#353;ka Hakalov&#225;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Betancurt-Anzola" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-22-0477-SC" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813550v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujan Timilsina" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica M Goss" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Potnis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Jones" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1012034" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03559066v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nay C Dia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Moriniere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Cottyn" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Bernal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M Jacobs" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13185" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576592v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzeh Mafakheri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mohsen Taghavi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadegh Zarei" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touraj Rahimi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Sadegh Hasannezhad" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00577-21" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813531v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Bellanger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Dereeper" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10091715" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717518v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Clavijo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Barrera" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Ben&#269;i&#269;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Croce" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jacobs" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-01-22-0025-a" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03623139v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/phyto-12-21-0519-r" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626316v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cunnac" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bragard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.817815" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728267v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Portier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivica Dimki&#263;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.005418" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626321v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song&#252;l Erken Meral" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaheen Bibi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s D&#237;az Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Menkovi&#263;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bernal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.00022-22" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03217200v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Pothier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040862" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03521764v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Jacques" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13150" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626200v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Kini" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Wonni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drissa Silu&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101216" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02976163v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiva Burokiene" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chang" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-20-0273-SC" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510899v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Agnimonhan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Dossa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-20-1474-RE" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514038v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganna Reshetnyak" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Auguy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Sciallano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Claude" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03391-9" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03205487v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taca Vancheva" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevena Bogatzevska" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penka Moncheva" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasa Mitrev" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Verni&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03177564v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gluck-Thaler, Emile" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cerruti" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro L. P&#233;rez-Quintero" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman-Reyna, Veronica" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhavan, Vishnu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc4516" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03127250v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Teulet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Gully" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Rouy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Camuel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000407" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927839v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola A. Zuluaga" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemyslaw Bidzinski" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chanclud" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducasse" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cayrol" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.01265" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626192v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bangratz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Sondo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brugidou" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232115" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624813v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen P. Cohen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily K. Luna" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian M. Lang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Ziegle" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-19-2393-A" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626188v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Roman-Reyna" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Luna" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pesce" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-05-19-1103-A" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626195v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefeuvre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poulin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-20-0091-A" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318403v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Busset" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fardoux" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chaintreuil" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1904456116" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177410v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gluck-Thaler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Cerutti" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Perez Quintero" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pesce" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626180v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Klass" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Long" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Summers" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roman-Reyna" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Koebnik" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-05-19-1123-PDN" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02403788v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwanho Jeong" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Mu&#241;oz-Bodnar" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Arias Rojas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Rodriguez-R" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-6267-z" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626176v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadin Dossou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariame Mariko" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10327-019-00862-w" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626149v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Almeida" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de La Fuente" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopes" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parnell" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-18-0488-FI" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617945v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Trujillo" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Szurek" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-06-18-0210-R" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626158v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian Lang" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro P&#233;rez-Quintero" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elysa Ducharme" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soungalo Sarra" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00507" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626151v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria G&#243;mez-Santos" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Glatter" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Anna &#346;wi&#261;tek-Po&#322;aty&#324;ska" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotte S&#248;gaard-Andersen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-09366-9" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626171v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moein Khojasteh" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pejman Khodaygan" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiballah Hamzehzarghani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongyou Chen" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01518-19" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02971104v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahria Khenfous-Djebari" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kerkoud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traki Benhassine" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouazi Bouznad" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/Phyto-10855" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626132v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Tran" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanhua Yu" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007092" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623769v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Osdaghi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Sajjad Ansari" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Mohsen Taghavi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Zarei" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Koebnik" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12801" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621197v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Ram Lamichhane" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12864" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626126v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanahiri Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Karina S&#225;enz-Hidalgo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Victoria Silva-Rojas" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Morales-Nieto" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5423/PPJ.OA.06.2017.0128" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626143v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Tran" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Doucour&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hutin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Jaimes Ni&#241;o" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Szurek" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2018.08.014" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627510v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chen" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurana Serres-Giardi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ruh" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonneau" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4975-4" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626138v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinda Doucour&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01657" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605934v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Zuluaga Cruz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kroj" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00431" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626112v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Berthelot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Perret" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01177" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626122v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gar&#231;ia Seco" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Chiapello" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Bracale" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bagnaresi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10568-8" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626087v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kini" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Agnimonhan" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Afolabi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Milan" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soglonou" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-06-16-0940-PDN" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626078v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Silu&#233;" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-06-16-0939-PDN" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626106v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Langlois" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Snelling" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Hamilton" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-08-16-0286-R" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626092v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Blanvillain-Baufum&#233;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Reschke" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Sol&#233;" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinda Doucoure" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12613" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905579v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Forero Serna" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bolot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01378-17" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625298v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amoussa" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bil&#233;" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oludare" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gbogbo" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-15-0821-PDN" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637573v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Cesari" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chalvon" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Michel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Tu Tran" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13231" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625304v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Grau" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Streubel" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Morgan" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21077" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625317v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeri D. Barak" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey B. Jones" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01805" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629928v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rob&#232;ne" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Bolot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arlat" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Noel" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00902-16" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383508v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Boulanger" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-phyto-080615-100147" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625189v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poulin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grygiel" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magne" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gagnevin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Rodriguez-R" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02768-14" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594261v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01174-15" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625231v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M. Jacobs" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00431" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625226v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01558-14" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625220v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01528-14" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209993v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Saux" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01574-14" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219869v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sabot" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13042" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455988v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Endrick Guy" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Denanc&#233;" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lautier" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-2190-0" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625273v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nga" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ngan" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hong" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-03-15-0289-PDN" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625143v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raveloson" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sester" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-M. Raboin" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-02-14-0132-PDN" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209994v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gagnevin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Gordon" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00727-14" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625164v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ongom" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-14-0745-PDN" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456735v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Magne" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Leduc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tourterel" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0098129" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624821v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Ortiz" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Brizard" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2013.04.010" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D2GL756R-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625154v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-05-14-0504-PDN" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624866v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wonni" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cottyn" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Detemmerman" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dao" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ouedraogo" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-13-0213-R" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624834v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir Bahar" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory Pruitt" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dee Dee Luu" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schwessinger" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Daudi" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.242" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624881v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Trujillo" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Arias-Rojas" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Medina" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal Tapiero" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-14-161" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134880v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Indiana" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briand" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00966-14" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199314v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario L. Arrieta-Ortiz" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis M. Rodr&#237;guez-R" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana C. D&#237;az" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079704" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642222v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Munoz Bodnar" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00679-13" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624152v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Castiblanco" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Gil" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rojas" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Osorio" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2012.00830.x" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199326v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Darrasse" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-761" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209938v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Royer" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Marguerettaz" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Barbe" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Robin" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-658" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648487v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurana Serres Giardi" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01036-13" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624159v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Zhao" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Lan Mo" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Wu" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tang" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Liang Tang" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-012-1229-5" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8F97N9H2-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624174v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12411" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649259v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agnes Jacques" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01035-13" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624166v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo L&#243;pez" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0068464" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643147v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00674-13" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199327v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pieretti" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-658" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199331v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hajri" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Brin" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine David" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Xu Feng" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2011.00745.x" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624143v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Yan Liu" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-04-12-0078-R" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650254v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam J. Bogdanove" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Lu" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayako Furutani" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel V. Angiuoli" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.05262-11" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647827v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Champion" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-11-10-0254" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624117v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Krasileva" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Chow" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalvo Almeida" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabhu Patil" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788092v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Berger" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Robin" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Bonas" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.039248-0" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623600v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank White" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2009.00590.x" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658546v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P. Ryan" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2009.01387.x" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730090v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-10-616" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623587v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Gross" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guzman" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sebaihia" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;tor Ap Martins dos Santos" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietmar Pieper" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-449" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623526v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Salzberg" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sommer" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schatz" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Phillippy" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rabinowicz" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-204" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623225v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Johansson" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alioth" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaifeng Hu" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reto Walser" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi061265e" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z2DN15LK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623218v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Weber" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-5-0559" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163972v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Kr&#252;ger" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Thieme" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Urban" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00795-06" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623211v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.188.4.1405-1410.2006" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622616v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.17.6175-6186.2005" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622583v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuula Ojanen-Reuhs" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Huguet" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Hause" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Romantschuk" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.7.2458-2468.2005" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622601v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2005.06.005" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGRPL8T2-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623159v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bekel" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.21.7254-7266.2005" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621359v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick van Gelder" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimund Dutzler" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dumas" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilman Schirmer" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/14.11.943" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621371v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0966-842X(01)02255-7" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NKGGQSWH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621353v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Frank" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Maillet" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Lustig" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2000.3897" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6D9F383B5A12F6528AD21247C738287982050A47/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621348v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Locher" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2000.01983.x" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621341v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Winterhalter" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M000268200" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621329v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1998.2405" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XXKR4P9K-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621334v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.181.12.3688-3694.1999" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621287v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Phale" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ansgar Philippsen" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kiefhaber" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vrishali Phale" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi981215c" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-RZL3ZB5B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621278v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexej Prilipov" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Widmer" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurg Rosenbusch" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.180.13.3388-3392.1998" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621269v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gelder" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6968.1998.tb13027.x" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621295v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rees" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mitschler" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Moulinier" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0092-8674(00)81700-6" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SFFFM090-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620649v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.1460-2075.1996.tb00722.x" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620644v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1995.tb02348.x" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620647v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kr&#228;mer" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1995.0403" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3R5DNFLC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620638v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Ried" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Hindennach" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Mutschler" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Henning" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00280309" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/069D03633A91EF66605399EB8309B59260E2446F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620625v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Hantke" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volkmar Braun" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas B&#228;umler" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heesemann" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1993.tb01130.x" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620633v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Stojiljkovic" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0934-8840(11)80858-3" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VTWP6JL9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620626v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00282796" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5A29C7E57C8F76A83AB4BAE3E89CA72AB0568BD6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620628v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.175.3.826-839.1993" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620636v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0966-842X(93)90092-6" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MSFNS73S-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620634v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1993.tb01683.x" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04932122v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04208321v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Escalone Aline" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182123v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Medina" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735187v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Perez Quintero" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735197v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Auriac" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Butchacas" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456753v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lett" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Roux-Cuvelier" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Azali Hamza" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Atta Diallo" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Beach" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456715v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Nadia Traor&#233;" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grygiel" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456725v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456738v1" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209932v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202944v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bourreau" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202957v1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cociancich" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202956v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rousseau" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756197v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817753v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824029v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729249v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pieretti" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Royer" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01202965v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623128v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ni&#241;o-Liu" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Bancroft" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Rajaram" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Moscou" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rico Caldo" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/9780890544983.021" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623153v1" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Triplett" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Verdier" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Leach" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-55378-3_6" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623147v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalen Lindeberg" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119949138.ch3" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811489v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Mhedbi-Hajri" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0940-9_5" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620642v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-7306(08)60421-4" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280885v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rache Cardenal" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Flores" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopez" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vernier" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-106-12-S4.1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625254v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D. Morgan" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7287/peerj.preprints.1350v2" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01456754v1" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730091v1" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arlat" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cociancich" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>