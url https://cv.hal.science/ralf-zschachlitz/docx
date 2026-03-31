--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -206,104 +206,629 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04507799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'est à l'ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Aurenche, Sibylle Goepper, Anne Lemonnier-Lemieux, Ralf Zschachlitz. PUP Presses Universitaires de Provence, Cahiers d'Etudes Germaniques (84), 327 p., 2023, 9791032004494</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04093854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anniversaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Barrière,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Böhmisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilda Inderwildi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Schnitzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUP Presses Universitaires de Provence, Cahiers d'Etudes Germaniques (83), 2022, 9791032004098</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04092949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ville entrelacs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria da Conceição Coelho Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Lyon (PUL), pp.202, 2021, 978-2-7297-1250-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ökologischer Wandel in der deutschsprachigen Literatur des 20. und 21. Neue Ansätze und Perspektiven. Gabriele Dürbeck / Christine Kanz / Ralf Zschachlitz (Hrsg.).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Lang, 2018, Studies in literature, culture and the environment, Hannes Bergthaller, Gabrielle Dürbeck, Robert Emmeret, Serenella Iovino, Ulrike Plath, 978-3-631-67719-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RDA : Culture - critique – crise. Nouveaux regards sur l'Allemagne de l'Est (Mélanges Jacques Poumet)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Aurenche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Boldorf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions du Septentrion, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éthiques et modernité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Nancy, 320 p., 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03212444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coorganisation d'un colloque international (en ligne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Goepper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Aurenche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -318,789 +843,264 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« L’Est à l’Ouest : trajectoires, expériences et modes d’expression des intellectuels et artistes émigrés hors de RDA (1949-1989) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, avec E. Aurenche-Beau, A. Lemonnier-Lemieux et R. Zschachlitz, Mar 2021, Lyon (en ligne ), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Hilbigs „Schreiben für die Nachwelt“: Literarisches Engagement und Nachhaltigkeit in der Literatur, in: Gabriele Dürbeck / Ralf Zschachlitz (dir.): Ökologie und Umweltwandel in der deutschsprachigen Gegenwartsliteratur, in: Zhu/ Szurawitzky/Zhao/: Akten des XIII. Internationalen Germanistenkongresses Shanghai 2015 - Germanistik zwischen Tradition und Innovation, Volume 10, Verlag Peter Lang, Berlin e.a. 2018, p. 257-261.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIII. Internationaler Germanistenkongress Shanghai 2015 - Germanistik zwischen Tradition und Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jianhua Zhu/ Michael Szurawitzky/ Jin Zhao, Aug 2015, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ökologie und Umweltwandel in der deutschsprachigen Gegenwartsliteratur, betreut und bearbeitet von Gabriele Dürbeck und Ralf Zschachlitz, in: Zhu/ Szurawitzky/Zhao/: Akten des XIII. Internationalen Germanistenkongresses Shanghai 2015 - Germanistik zwischen Tradition und Innovation, Volume 10, Verlag Peter Lang, Berlin e.a. 2018, 323 S., ISBN 9783631668696 3631668694 3631668708 9783631668702.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIII. Internationalen Germanistenkongresses Shanghai 2015 - Germanistik zwischen Tradition und Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Shangahai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Handke et Walter Benjamin : Écriture et analyse du temps, in : Mireille Calle-Gruber, Ingrid Holthey, Patricia Oster-Stierle, Publication colloque de Cerisy 2017 : Peter Handke. Analyse du temps, p. 253-264.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralf Zschachlitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peter Handke: Analyse du temps. Colloque de Cerisy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mireille Calle-Gruber, Ingrid Holthey, Patricia Oster-Stierle, Aug 2017, Cerisy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962549v1</w:t>
-              </w:r>
-[...523 lines deleted...]
-                <w:t xml:space="preserve">hal-03212444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1118,90 +1118,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’anniversaire, un Janus »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilda Inderwildi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Schnitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Böhmisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katja Wimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1986,77 +1986,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. L'anniversaire, un Janus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Böhmisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilda Inderwildi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Schnitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katja Wimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2651,51 +2651,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Goepper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche-Beau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemonnier-Lemieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Zschachlitz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002182v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963030v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962502v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962549v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04093854v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04092949v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barri&#232;re," TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne B&#246;hmisch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Inderwildi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schnitzer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089948v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria da Concei&#231;&#227;o Coelho Ferreira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meunier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01961551v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943183v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Boldorf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03212444v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alexandre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744542v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barri&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Wimmer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089970v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090657v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962824v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963013v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962574v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962809v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01961370v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391981v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04093081v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858170v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090672v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090679v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089863v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eger.299.0533" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090666v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941694v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Malkani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Saint-Gilles" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507799v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Goepper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche-Beau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemonnier-Lemieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Zschachlitz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04093854v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04092949v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barri&#232;re," TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne B&#246;hmisch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilda Inderwildi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Schnitzer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089948v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria da Concei&#231;&#227;o Coelho Ferreira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meunier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01961551v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01943183v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Aurenche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Boldorf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03212444v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Alexandre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-05002182v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963030v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962549v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744542v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barri&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Wimmer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089970v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090657v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962830v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962824v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01963013v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962574v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01962809v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-01961370v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00391981v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04093081v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858170v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090672v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090679v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089863v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eger.299.0533" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04090666v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941694v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Malkani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Saint-Gilles" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>