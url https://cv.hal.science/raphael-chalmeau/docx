--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raphaël Chalmeau </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A local citizen science project on biodiversity: At the crossroads of science and environmental education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Journal of Environmental and Science Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (3), 13 p. en ligne. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.29333/ijese/16619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05273798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élevages pour questionner la relation à l’animal avec des élèves de maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Lafitole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maéva Ramos Béato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bergamaschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56, pp.150-173. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qxr⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles relations des étudiants futurs professeurs des écoles et futurs vétérinaires avec les animaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), 23 p. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2025.1277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du dessin de représentation au dessin d’observation pour découvrir le vivant à l’école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27, pp.103 - 130. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rdst.4689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenanc, une démarche prospective en Haute-Ariège : comment les enfants imaginent leur village dans le futur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sud-Ouest Européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.83-95. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14a5v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations de la forêt des élèves de l'école primaire du piémont pyrénéen : un levier pour une éducation à l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sud-Ouest Européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.97-111. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14a5w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do French students like fieldwork ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Adventure Education and Outdoor Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (4), pp.525-540. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14729679.2022.2054836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field trips in French schools : teacher motivations and practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Science Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 44 (6), pp.896-920. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09500693.2022.2057612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience de la complexité et de l’incertitude par les élèves dans le cadre d’un projet d’éducation au développement durable à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Spirale, 70 (2), pp.125-137. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spir.070.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à schématiser une expérience à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Verdugo de la Fuente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107, pp.79-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer aux risques dès l’école primaire: de la représentation à la conscientisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 20 (3), </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.28806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpenter le terrain avec des chercheurs et des habitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 570, pp.55-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des sorties nature, dans quel but ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Pedagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 570, pp.35-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le territoire habité : un atout pour entrer dans une réflexion prospective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 198, pp.84-89. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/diver.2020.4895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les élèves justifient le choix d'un téléphone portable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Since</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Méallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; Didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (3), pp.91-112. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/educationdidactique.7866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards vers le futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, L'aventure de la géographie, 559, pp.48-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maquette, un outil au service d’une éducation aux risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 129, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mappemonde.4572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu de rôle en EDD pour dépasser une pensée binaire : une étude de cas à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; Didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (1), pp.83-104. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/educationdidactique.3829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le territoire de demain : le patrimoine comme levier de changement en EDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18-2 (1), 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le territoire de demain : le patrimoine comme levier de changement en EDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18-2 (1), 25 p. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative framework for encouraging future thinking in ESD : A case study in a French school</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 101, pp.26-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hybridation des savoirs pour travailler (sur) le paysage en éducation au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18, pp.28. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.1034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagine futur’s of territory: Heritage as leverage of &amp;quot;change&amp;quot; in ES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage de proximité à l’école, par des photographies répétées : un levier d’implication dans son territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'observation et les observatoires de paysage : quelles pratiques et quels dispositifs pour mettre en débat les relations entre les sociétés et leur environnement ?, 15, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.7493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches collaboratives en éducation à l’environnement et au développement durable : l’enjeu de la modélisation de l’ingénierie éducative, pour une transférabilité d’un territoire à un autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13(1) (13(1)), pp.55-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ressources en eau dans l'environnement de proximité : des chercheurs dans la classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13, pp.133 - 160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transférabilité des activités d’éducation à l’environnement et au développement durable : enjeu de la modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir le futur d’un territoire dans une perspective d’éducation au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14(1) (14(1)), 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'OHM : un outil pédagogique pertinent pour la prise en compte des temporalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ariège, terre de science, Regards croisés de chercheurs sur un territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (19), pp. 31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer la relation des élèves à l'animal sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Arzuffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Cristina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santoul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIème Rencontres scientifiques de l'ARDIST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France. pp.404-412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05277121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les activités libres : une entrée possible pour étudier la relation des élèves à la nature ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes rencontres de l’association pour la recherche en didactique des sciences et des technologies (Ardist)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARDIST, Jul 2024, Montpellier, France. pp.320-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à l’Environnement et au Développement Durable. Questionner la pollution dans le modèle TempTerI3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2024 : Séminaire de restitution des projets 2022-2024 de l'OHM Pyrénées Haut Vicdessos (LabEx DRIIHM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Nov 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de l’expérience pour questionner notre relation à la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2024 : Séminaire de restitution des projets 2022-2024 de l'OHM Pyrénées Haut Vicdessos (LabEx DRIIHM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Nov 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04872913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel animal aimerais-tu être ? Exploration de la relation à l'animal chez des élèves de cycle 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Arzuffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Cristina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santoul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de Geode</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à mobiliser la classe dehors en géographie et naturaliste ou comment créer des espaces de construction de l'interdisciplinarité dans la formation des professeurs des écoles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes journées des INSPE d'Occitnaie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Agde (34), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire sortir&amp;quot; des étudiants : quels enjeux didactiques et épistémologiques pour les formation des professeurs des écoles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétrospective sur 10 ans de recherche dans un Observatoire Hommes-Milieux : enjeux éducatifs des sorties dans l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes journées des INSPE d'Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Agde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience de la complexité et de l'incertitude par les élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'été du réseau des INSPE "imaginer, vivre et agir collectivement dans un monde en transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialoguer avec une baleine à bosse : le cas des duos musciens-baleines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialoguer avec la nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender la biodiversité ordinaires par des sortie autour de l'école : une évidence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir sur le terrain avec les élèves de l'école primaire : une immersion dans la complexité du territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des Primates et des Cétacés pour les éthologues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenanc 2031 - Bilan et premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CCHA sur le Plulh</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Ax les thermes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés des enseignants et des élèves sur les sorties dans un environnement naturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes journées des INSPE d'Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Agde (34), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux des perceptions de la forêt par des élèves de cycle 3 pour développer des connaissances et une relation à la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres scientifiques de l’Association pour la Recherche en Didactique des Sciences et des Technologies (ARDiST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ’Association pour la Recherche en Didactique des Sciences et des Technologies (ARDiST), Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles représentations de la forêt pour des élèves de CM ? Premières données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2022 : Séminaire de restitution des projets 2019-2021 de l'OHM Pyrénées Haut Vicdessos 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03805444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner la relation à l'animal des élèves de maternelle à l'aide d'un élevage en classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lafitole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ramos Béato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bergamaschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes journées des INSPE d'occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Agde (34), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir le vivant animal à l'école maternelle : le dessin pour développer l'observation et la réflexion des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lafitole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ramos Beato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bergamaschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres de l'association pour la recherche en didactique des sciences et des technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une éducation aux risques dans la vallée du Bastan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2020 : Séminaire de restitution des projets 2018-2019 de l'OHM Pyrénées Haut Vicdessos 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Jan 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets éducatifs sur le changement et les temporalités dans le territoire de proximité : quel bilan pour les enseignants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Piquemal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changements et transitions : enjeux pour les éducations à l'environnment et au développement durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEODE, EFTS, ENSFEA, AEF, ESPE, Nov 2017, Toulouse, France. pp.44-56, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26147/geode.act.3ar5-zk08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpenter le temps pour aider les élèves à se projeter dans le futur (variations autour du modèle « TempTerI3 » en EDD).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques des ESPE d’Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel degré d’intégration des ODD à l’école ? Analyse des programmes scolaires français et point de vue d’enseignants, de stagiaires et de formateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">: Quels curriculum(a) pour les objectifs de développement durable ? Dialogues Nord/sud pour penser l’éducation à l’anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les représentations de futurs professeurs des écoles sur des concepts partagés entre SVT et géographie : le cas d'une sortie dans l'environnement proche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apports réciproques entre didactique(s) des disciplines et recherche comparatiste en didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le territoire de demain : le patrimoine comme levier de changement en Éducation au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bouc-Bel-Air, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de photographies répétées en école primaire, pour développer une implication des enfants dans leur territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire OHM-Haut Vicdessos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement durable, son éducation et ses valeurs : quelles représentations des étudiants selon les filières ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque international du RIFEFF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Patras, Grèce. pp.656-668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement et temporalités en EDD. La forêt en Vicdessos : de l'expérimentation au modèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets 2014 à Toulouse le 08/12/2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une ingénierie éducative innovante pour travailler des compétences en EDD dans le cadre d'un Observatoire Hommes Milieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque international du RIFEFF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Patras, Grèce. pp.702-711</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cartes mentales en éducation au développement durable : balises de lectures et usage pour dialoguer avec la complexité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les éducations à : un (des) leviers de transformation du système éducatif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La projection vers le futur en éducation au développement durable : l'évolution des paysages. Expérimentation à l’école primaire de Vicdessos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calvet A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03046904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La projection vers le futur en Education au Développement Durable : entre incertitude et réalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du RIFEFF « la francophonie universitaire en question »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau international francophone des établissements de formation de formateurs, Dec 2013, Hanoï, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions and attitudes of students and staff during the implementation of school, agenda 21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Simonneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Jeunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of European Researchers in didactics of Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Braga, Portugal. pp.325-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner les représentations de la forêt et les expériences de nature chez les élèves de cycle 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres scientifiques pour la recherche en didactique des sciences et des technologies (ARDIST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.391-412, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements et transitions : enjeux pour les éducations à l'environnement et au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Simonneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julitte Huez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque "Changements et Transitions: enjeux pour les éducations à l'environnement et au développement durable." 7-8 novembre 2017 Université Toulouse Jean Jaurès et 9 novembre 2017 Ecole Nationale Supérieure de Formation de l'Enseignement Agricole à Castanet-Tolosan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Toulouse, Castanet-Tolosan, France. 220 p., 2019, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26147/geode.act.m8k9-vz61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150924v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages ordinaires comme leviers d'implication citoyenne dans son territoire : un outil et un objet de débat à l'école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débattre du paysage : enjeux didactiques, processus d'apprentissage, formations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Genève, Suisse. MetisPressses, 2019, Sur les bancs du paysage : actes numériques du colloque "Débattre du paysage : enjeux didactiques, processus d'apprentissage, formations"</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir sur le terrain avec les élèves de l'école primaire : Une immersion dans la complexité du territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laval C., Mahmoudi K., Henri A., Benmostefa N. (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire classe dehors. Etat de la recherche et des pratiques éducative à l'oeuvre. Actes de rencontres internationales de la classe dehors.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Fabrique des Communs Pédagogiques (FabPéda), pp.615-632, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des primates et des cétacés pour les éthologues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baratay E. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Sorbonne, pp.61-73, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les diversités comportementales aux échelles de l'individu, du groupe et de l'espèce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baratay E. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les animaux historicisés. Pourquoi situer leurs comportements dans le temps et l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Sorbonne, pp.45-61, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer la conscience disciplinaire des futurs professeurs des écoles en interrogeant leur représentation de concepts partagés : paysage, milieu et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. CHAMPAGNE-VERGEZ; P. SCHNEEBERGER; C. BULF; Y. LHOSTE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apports réciproques entre didactique(s) des disciplines et recherches comparatistes en didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-131, 2021, 979-10-699-8228-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03577642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Sustainable Development Schools (E3Ds) to approach the complexity of SD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gough A.E, Chi-Kin Lee J., Keung Tsang P. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Schools Globally : stories of impact on education for sustainable development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.147-167, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles spécificités du débat en éducation au développement durable 5EDD) ? Comparaison avec les débats en sciences et les discussions à visée philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I. Verscheure, M. Ducrey-Monnier, L. Pelissier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement et formation : éclairages de la didactique coomparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Midi, pp.97-98, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des démarches d’enquête pour explorer son territoire dans le futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simonneaux J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La démarche d’enquête, une contribution à la didactique des questions socialement vives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Educagri, pp.83-102, 2019, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edagri.simon.2018.01.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documenter et étudier l’expérience de la complexité et de l’incertitude par les élèves dans les recherches en Education au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment se projeter dans le futur avec de jeunes élèves ? Séminaire QSV « éducation au futur » - ENSFEA & EFTS, Toulouse, 1er Décembre 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId136"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raphaël Chalmeau </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A local citizen science project on biodiversity: At the crossroads of science and environmental education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Journal of Environmental and Science Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (3), 13 p. en ligne. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.29333/ijese/16619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05273798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élevages pour questionner la relation à l’animal avec des élèves de maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Lafitole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maéva Ramos Béato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Bergamaschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56, pp.150-173. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qxr⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles relations des étudiants futurs professeurs des écoles et futurs vétérinaires avec les animaux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (1), 23 p. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2025.1277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du dessin de représentation au dessin d’observation pour découvrir le vivant à l’école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27, pp.103 - 130. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rdst.4689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenanc, une démarche prospective en Haute-Ariège : comment les enfants imaginent leur village dans le futur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sud-Ouest Européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.83-95. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14a5v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04983595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations de la forêt des élèves de l'école primaire du piémont pyrénéen : un levier pour une éducation à l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sud-Ouest Européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 55, pp.97-111. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14a5w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why do French students like fieldwork ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Adventure Education and Outdoor Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (4), pp.525-540. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14729679.2022.2054836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Field trips in French schools : teacher motivations and practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Science Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 44 (6), pp.896-920. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09500693.2022.2057612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience de la complexité et de l’incertitude par les élèves dans le cadre d’un projet d’éducation au développement durable à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Spirale, 70 (2), pp.125-137. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spir.070.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer aux risques dès l’école primaire: de la représentation à la conscientisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 20 (3), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.28806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des sorties nature, dans quel but ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Pedagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 570, pp.35-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpenter le terrain avec des chercheurs et des habitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 570, pp.55-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à schématiser une expérience à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Verdugo de la Fuente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107, pp.79-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le territoire habité : un atout pour entrer dans une réflexion prospective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 198, pp.84-89. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/diver.2020.4895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les élèves justifient le choix d'un téléphone portable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Since</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Méallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; Didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (3), pp.91-112. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/educationdidactique.7866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maquette, un outil au service d’une éducation aux risques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 129, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mappemonde.4572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards vers le futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Pédagogiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, L'aventure de la géographie, 559, pp.48-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le jeu de rôle en EDD pour dépasser une pensée binaire : une étude de cas à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; Didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (1), pp.83-104. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/educationdidactique.3829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le territoire de demain : le patrimoine comme levier de changement en EDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18-2 (1), 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le territoire de demain : le patrimoine comme levier de changement en EDD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 18-2 (1), 25 p. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An innovative framework for encouraging future thinking in ESD : A case study in a French school</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 101, pp.26-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hybridation des savoirs pour travailler (sur) le paysage en éducation au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18, pp.28. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.1034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagine futur’s of territory: Heritage as leverage of &amp;quot;change&amp;quot; in ES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage de proximité à l’école, par des photographies répétées : un levier d’implication dans son territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'observation et les observatoires de paysage : quelles pratiques et quels dispositifs pour mettre en débat les relations entre les sociétés et leur environnement ?, 15, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paysage.7493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ressources en eau dans l'environnement de proximité : des chercheurs dans la classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13, pp.133 - 160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01587392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherches collaboratives en éducation à l’environnement et au développement durable : l’enjeu de la modélisation de l’ingénierie éducative, pour une transférabilité d’un territoire à un autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13(1) (13(1)), pp.55-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01872622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transférabilité des activités d’éducation à l’environnement et au développement durable : enjeu de la modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation relative à l'environnement : Regards - Recherches - Réflexions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir le futur d’un territoire dans une perspective d’éducation au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14(1) (14(1)), 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'OHM : un outil pédagogique pertinent pour la prise en compte des temporalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ariège, terre de science, Regards croisés de chercheurs sur un territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (19), pp. 31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les activités libres : une entrée possible pour étudier la relation des élèves à la nature ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes rencontres de l’association pour la recherche en didactique des sciences et des technologies (Ardist)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARDIST, Jul 2024, Montpellier, France. pp.320-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer la relation des élèves à l'animal sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Arzuffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Cristina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santoul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIème Rencontres scientifiques de l'ARDIST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France. pp.404-412</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05277121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards d’élèves sur la pollution en montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets 2024-2025 de l'OHM Pyrénées Haut Vicdessos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OHM Pyrénées Haut Vicdessos, Nov 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de l’expérience pour questionner notre relation à la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2024 : Séminaire de restitution des projets 2022-2024 de l'OHM Pyrénées Haut Vicdessos (LabEx DRIIHM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Nov 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04872913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à l’Environnement et au Développement Durable. Questionner la pollution dans le modèle TempTerI3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2024 : Séminaire de restitution des projets 2022-2024 de l'OHM Pyrénées Haut Vicdessos (LabEx DRIIHM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Nov 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel animal aimerais-tu être ? Exploration de la relation à l'animal chez des élèves de cycle 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Arzuffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Cristina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Santoul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de Geode</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétrospective sur 10 ans de recherche dans un Observatoire Hommes-Milieux : enjeux éducatifs des sorties dans l'environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes journées des INSPE d'Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Agde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expérience de la complexité et de l'incertitude par les élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'été du réseau des INSPE "imaginer, vivre et agir collectivement dans un monde en transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialoguer avec une baleine à bosse : le cas des duos musciens-baleines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialoguer avec la nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender la biodiversité ordinaires par des sortie autour de l'école : une évidence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir sur le terrain avec les élèves de l'école primaire : une immersion dans la complexité du territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire sortir&amp;quot; des étudiants : quels enjeux didactiques et épistémologiques pour les formation des professeurs des écoles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la classe dehors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre à mobiliser la classe dehors en géographie et naturaliste ou comment créer des espaces de construction de l'interdisciplinarité dans la formation des professeurs des écoles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes journées des INSPE d'Occitnaie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Agde (34), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenanc 2031 - Bilan et premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CCHA sur le Plulh</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Ax les thermes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des Primates et des Cétacés pour les éthologues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lyon (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés des enseignants et des élèves sur les sorties dans un environnement naturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes journées des INSPE d'Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Agde (34), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux des perceptions de la forêt par des élèves de cycle 3 pour développer des connaissances et une relation à la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres scientifiques de l’Association pour la Recherche en Didactique des Sciences et des Technologies (ARDiST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ’Association pour la Recherche en Didactique des Sciences et des Technologies (ARDiST), Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04029905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles représentations de la forêt pour des élèves de CM ? Premières données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2022 : Séminaire de restitution des projets 2019-2021 de l'OHM Pyrénées Haut Vicdessos 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03805444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner la relation à l'animal des élèves de maternelle à l'aide d'un élevage en classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lafitole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ramos Béato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bergamaschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4èmes journées des INSPE d'occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Agde (34), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir le vivant animal à l'école maternelle : le dessin pour développer l'observation et la réflexion des élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lafitole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ramos Beato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bergamaschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres de l'association pour la recherche en didactique des sciences et des technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une éducation aux risques dans la vallée du Bastan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ohmpyr2020 : Séminaire de restitution des projets 2018-2019 de l'OHM Pyrénées Haut Vicdessos 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS UMR 5602 GEODE, Jan 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets éducatifs sur le changement et les temporalités dans le territoire de proximité : quel bilan pour les enseignants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Piquemal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changements et transitions : enjeux pour les éducations à l'environnment et au développement durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GEODE, EFTS, ENSFEA, AEF, ESPE, Nov 2017, Toulouse, France. pp.44-56, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26147/geode.act.3ar5-zk08⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel degré d’intégration des ODD à l’école ? Analyse des programmes scolaires français et point de vue d’enseignants, de stagiaires et de formateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">: Quels curriculum(a) pour les objectifs de développement durable ? Dialogues Nord/sud pour penser l’éducation à l’anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les représentations de futurs professeurs des écoles sur des concepts partagés entre SVT et géographie : le cas d'une sortie dans l'environnement proche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apports réciproques entre didactique(s) des disciplines et recherche comparatiste en didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03347907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpenter le temps pour aider les élèves à se projeter dans le futur (variations autour du modèle « TempTerI3 » en EDD).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques des ESPE d’Occitanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Narbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer le territoire de demain : le patrimoine comme levier de changement en Éducation au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Bouc-Bel-Air, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de photographies répétées en école primaire, pour développer une implication des enfants dans leur territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire OHM-Haut Vicdessos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement durable, son éducation et ses valeurs : quelles représentations des étudiants selon les filières ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque international du RIFEFF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Patras, Grèce. pp.656-668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement et temporalités en EDD. La forêt en Vicdessos : de l'expérimentation au modèle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution des projets 2014 à Toulouse le 08/12/2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une ingénierie éducative innovante pour travailler des compétences en EDD dans le cadre d'un Observatoire Hommes Milieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque international du RIFEFF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Patras, Grèce. pp.702-711</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cartes mentales en éducation au développement durable : balises de lectures et usage pour dialoguer avec la complexité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les éducations à : un (des) leviers de transformation du système éducatif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La projection vers le futur en Education au Développement Durable : entre incertitude et réalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du RIFEFF « la francophonie universitaire en question »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau international francophone des établissements de formation de formateurs, Dec 2013, Hanoï, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La projection vers le futur en éducation au développement durable : l'évolution des paysages. Expérimentation à l’école primaire de Vicdessos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calvet A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03046904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions and attitudes of students and staff during the implementation of school, agenda 21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Simonneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Jeunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of European Researchers in didactics of Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Braga, Portugal. pp.325-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questionner les représentations de la forêt et les expériences de nature chez les élèves de cycle 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12èmes rencontres scientifiques pour la recherche en didactique des sciences et des technologies (ARDIST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.391-412, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages ordinaires comme leviers d'implication citoyenne dans son territoire : un outil et un objet de débat à l'école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Débattre du paysage : enjeux didactiques, processus d'apprentissage, formations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Genève, Suisse. MetisPressses, 2019, Sur les bancs du paysage : actes numériques du colloque "Débattre du paysage : enjeux didactiques, processus d'apprentissage, formations"</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements et transitions : enjeux pour les éducations à l'environnement et au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Simonneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julitte Huez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque "Changements et Transitions: enjeux pour les éducations à l'environnement et au développement durable." 7-8 novembre 2017 Université Toulouse Jean Jaurès et 9 novembre 2017 Ecole Nationale Supérieure de Formation de l'Enseignement Agricole à Castanet-Tolosan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Toulouse, Castanet-Tolosan, France. 220 p., 2019, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26147/geode.act.m8k9-vz61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150924v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir sur le terrain avec les élèves de l'école primaire : Une immersion dans la complexité du territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laval C., Mahmoudi K., Henri A., Benmostefa N. (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire classe dehors. Etat de la recherche et des pratiques éducative à l'oeuvre. Actes de rencontres internationales de la classe dehors.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Fabrique des Communs Pédagogiques (FabPéda), pp.615-632, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des primates et des cétacés pour les éthologues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baratay E. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecrire du côté des animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Sorbonne, pp.61-73, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les diversités comportementales aux échelles de l'individu, du groupe et de l'espèce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Delfour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Baratay E. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les animaux historicisés. Pourquoi situer leurs comportements dans le temps et l'espace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Sorbonne, pp.45-61, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer la conscience disciplinaire des futurs professeurs des écoles en interrogeant leur représentation de concepts partagés : paysage, milieu et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Filâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. CHAMPAGNE-VERGEZ; P. SCHNEEBERGER; C. BULF; Y. LHOSTE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apports réciproques entre didactique(s) des disciplines et recherches comparatistes en didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.116-131, 2021, 979-10-699-8228-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03577642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Sustainable Development Schools (E3Ds) to approach the complexity of SD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gough A.E, Chi-Kin Lee J., Keung Tsang P. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Schools Globally : stories of impact on education for sustainable development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.147-167, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles spécificités du débat en éducation au développement durable 5EDD) ? Comparaison avec les débats en sciences et les discussions à visée philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Calvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle Mainar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I. Verscheure, M. Ducrey-Monnier, L. Pelissier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement et formation : éclairages de la didactique coomparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Midi, pp.97-98, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des démarches d’enquête pour explorer son territoire dans le futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Vergnolle-Mainar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Yves Lena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bédouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simonneaux J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La démarche d’enquête, une contribution à la didactique des questions socialement vives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Educagri, pp.83-102, 2019, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edagri.simon.2018.01.0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documenter et étudier l’expérience de la complexité et de l’incertitude par les élèves dans les recherches en Education au développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment se projeter dans le futur avec de jeunes élèves ? Séminaire QSV « éducation au futur » - ENSFEA & EFTS, Toulouse, 1er Décembre 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Chalmeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Léna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId137"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chalmeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29333/ijese/16619" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807628v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Lafitole" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mourgues" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Ramos B&#233;ato" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bergamaschi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qxr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051987v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1277" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528770v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chalmeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.4689" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983595v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Lena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14a5v" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795450v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;douret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14a5w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528763v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14729679.2022.2054836" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233541v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500693.2022.2057612" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963205v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. L&#233;na" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vergnolle-Mainar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.070.0125" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233560v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Verdugo de la Fuente" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679864v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vergnolle Mainar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.28806" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150055v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/diver.2020.4895" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233571v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Since" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain M&#233;allet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.7866" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150066v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150083v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.4572" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calvet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.3829" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814323v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229289v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0366" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517119v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02443707v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Chalmeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.1034" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765021v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587422v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.7493" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872622v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587392v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790145v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790197v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05277121v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Arzuffi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cristina" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santoul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769928v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832833v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872913v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928318v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529097v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fil&#226;tre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528867v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528975v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528961v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529104v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delfour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528784v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528779v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234631v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820534v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234611v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029905v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805444v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234583v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lafitole" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mourgues" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramos B&#233;ato" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bergamaschi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234555v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramos Beato" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467891v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02164448v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Piquemal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.act.3ar5-zk08" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048189v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048193v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347907v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623883v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619871v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calvet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01513480v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790158v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01360880v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01511193v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046904v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvet A." TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790190v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01513486v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simonneaux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jeunier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820240v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02150924v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.act.m8k9-vz61" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233356v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928083v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528773v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233583v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577642v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233640v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233381v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048297v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edagri.simon.2018.01.0083" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851428v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519326v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Julien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chalmeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29333/ijese/16619" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807628v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Lafitole" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mourgues" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Ramos B&#233;ato" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bergamaschi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qxr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051987v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Delfour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1277" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528770v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chalmeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.4689" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983595v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Lena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14a5v" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795450v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;douret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14a5w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528763v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14729679.2022.2054836" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233541v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09500693.2022.2057612" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963205v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. L&#233;na" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vergnolle-Mainar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spir.070.0125" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679864v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vergnolle Mainar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.28806" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048364v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233560v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Verdugo de la Fuente" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150055v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/diver.2020.4895" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233571v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Since" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain M&#233;allet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.7866" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150083v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.4572" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150066v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calvet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.3829" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814323v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229289v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0366" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517119v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02443707v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Chalmeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.1034" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765021v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587422v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.7493" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587392v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872622v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790145v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790197v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769928v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05277121v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Arzuffi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cristina" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Santoul" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542700v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872913v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832833v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928318v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528975v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528961v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529104v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delfour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528784v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Fil&#226;tre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528867v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529097v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820534v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234631v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234611v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029905v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234583v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lafitole" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mourgues" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramos B&#233;ato" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bergamaschi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234555v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramos Beato" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467891v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02164448v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Piquemal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.act.3ar5-zk08" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048193v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347907v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048189v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623883v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619871v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calvet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01513480v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790158v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01360880v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01511193v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790190v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046904v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calvet A." TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01513486v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Simonneaux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jeunier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820240v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233356v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02150924v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26147/geode.act.m8k9-vz61" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928083v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528773v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233583v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577642v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233640v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233381v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048297v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edagri.simon.2018.01.0083" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851428v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519326v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>