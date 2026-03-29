--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -766,494 +766,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04840691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ study of the crystallization in GeTe0.26 Se0.74 thick film by synchrotron X-ray diffraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Armand</w:t>
+                <w:t xml:space="preserve">Quantitative assessment of network depolymerization in archetypal superionic glasses and its relationship with ion conduction: A case study on Na2S−GeS2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Micoulaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Piarristeguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.-M. Poitras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Escalier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.170034⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (14), pp.144205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.144205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04076943v2</w:t>
+                <w:t xml:space="preserve">hal-04261165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative assessment of network depolymerization in archetypal superionic glasses and its relationship with ion conduction: A case study on Na2S−GeS2</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">XPS study of Ge-Se-Te surfaces functionalized with organosilanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Flaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Escalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Mehdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vigreux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.144205⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 607, pp.154921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2022.154921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04261165v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XPS study of Ge-Se-Te surfaces functionalized with organosilanes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ study of the crystallization in GeTe0.26 Se0.74 thick film by synchrotron X-ray diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Flaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Escalier</w:t>
+                <w:t xml:space="preserve">Pascale Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Escalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lizion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmad Mehdi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Mocuta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Silly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 607, pp.154921. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 953, pp.170034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2022.154921⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.170034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788229v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076943v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies for selective functionalization of amorphous chalcogenide rib waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Pélissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Csilla Gergely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1298,429 +1298,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of structural, electronic, and vibrational properties of amorphous GeTe by selenium substitution: An experimentally constrained density functional study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">125Te NMR for structural investigations in phase change materials: Optimization of experimental conditions coupled to NMR shift prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Masson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Escalier</w:t>
+                <w:t xml:space="preserve">Juliette Lizion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Flores-Ruiz</w:t>
+                <w:t xml:space="preserve">Robert Laskowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Blaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.144204⟩</w:t>
+              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 115, pp.101751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssnmr.2021.101751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03402822v1</w:t>
+                <w:t xml:space="preserve">hal-03318557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">125Te NMR for structural investigations in phase change materials: Optimization of experimental conditions coupled to NMR shift prediction</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert Laskowski</w:t>
+                <w:t xml:space="preserve">Obtaining glasses in the extremely crystallizing Ge–Sb–Te phase change material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Piarristeguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Micoulaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Escalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Silly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Blaha</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphael Escalier</w:t>
+                <w:t xml:space="preserve">M.-V. Coulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Nuclear Magnetic Resonance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssnmr.2021.101751⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 562, pp.120730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2021.120730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03318557v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obtaining glasses in the extremely crystallizing Ge–Sb–Te phase change material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alteration of structural, electronic, and vibrational properties of amorphous GeTe by selenium substitution: An experimentally constrained density functional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Micoulaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Micoulaut</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-V. Coulet</w:t>
+                <w:t xml:space="preserve">H. Flores-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 562, pp.120730. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (14), pp.144204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2021.120730⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.144204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225726v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topological Study of Phase-Separated Ag-Conducting Chalcogenide Glasses Using Peak Force Quantitative Nano-Mechanical Characterization</w:t>
               </w:r>
@@ -1836,51 +1836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies for chalcogenide thin film functionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1888,51 +1888,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bela Varga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36 (26), pp.7691-7700. </w:t>
@@ -2143,51 +2143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malick Bathily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vigreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2500,307 +2500,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01556323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural singularities in GexTe100−x films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
+                <w:t xml:space="preserve">Telluride buried channel waveguides operating from 6 to 20 µm for photonic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vigreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Escalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Micoulaut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Escalier</w:t>
+                <w:t xml:space="preserve">Lionel Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pal Jóvári</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ivan Kaban</w:t>
+                <w:t xml:space="preserve">Jean-Emmanuel Broquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 49, pp.218-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2015.09.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4928504⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01185202v1</w:t>
+                <w:t xml:space="preserve">hal-01203406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telluride buried channel waveguides operating from 6 to 20 µm for photonic applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Vigreux</w:t>
+                <w:t xml:space="preserve">Structural singularities in GexTe100−x films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Micoulaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Emmanuel Broquin</w:t>
+                <w:t xml:space="preserve">Pal Jóvári</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Kaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2015.09.025⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 143, pp.074502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4928504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203406v1</w:t>
+                <w:t xml:space="preserve">hal-01185202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of a minimum in refractive indexes of amorphous GexTe100 x films: Relevance to the development of infrared waveguides</w:t>
               </w:r>
@@ -3238,51 +3238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jóvári</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piarristeguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Kaban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3385,51 +3385,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Andreazza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andreazza-Vignolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3673,51 +3673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Escalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochemistry Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11 (4), pp.858-861. </w:t>
@@ -3924,51 +3924,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05105430v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Armand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramonda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bigot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arinero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2025.112699" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vigreux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Houssein Aldrouby" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Escalier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pascouau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barry-Etienne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2024.105508" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101114v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Micoulaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-M. Poitras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piarristeguy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Masson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.214201" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893151v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Silly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lizion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2024.113280" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840691v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piarristeguy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pradel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Cristiglio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cuello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app142411713" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04076943v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Armand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mocuta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170034" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261165v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.144205" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788229v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Robert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.154921" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642344v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi P&#233;lissier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Gergely" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112327" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Flores-Ruiz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.144204" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318557v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lizion" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Laskowski" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Blaha" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Escalier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssnmr.2021.101751" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225726v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-V. Coulet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2021.120730" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434357v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Parc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ramonda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2019.00340" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859831v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela Varga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c01328" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297422v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Taleb Bendiab" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ryckewaert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Heran" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kribich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19194168" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899458v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Bathily" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2018.10.021" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806472v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Parc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Grillo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.05.280" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556323v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vaney" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carreaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Morin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Delaizir" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14811" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185202v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Micoulaut" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pal J&#243;v&#225;ri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kaban" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4928504" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203406v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bastard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Broquin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2015.09.025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D716KJ6N-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931883v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;nard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barillot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201330407" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BMQX3GL3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759152v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Vu Thi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Maulion" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.11.037" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FWXC7HTQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824217v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouleau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA11159H" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816335v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J&#243;v&#225;ri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kaban" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bednarcik" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/19/195401" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688807v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mougenot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andreazza" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andreazza-Vignolle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauvage" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-011-0672-9" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F4D1BA39E9E28C6A09913834B546E1B6A18BC5F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743071v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.10.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8D3S75T-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361475v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cavarroc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ennadjaoui" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2009.02.012" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05105430v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Armand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Escalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramonda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bigot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arinero" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2025.112699" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vigreux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Houssein Aldrouby" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Escalier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pascouau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barry-Etienne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2024.105508" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101114v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Micoulaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-M. Poitras" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piarristeguy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Masson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.214201" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893151v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Silly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lizion" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2024.113280" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840691v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piarristeguy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pradel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Cristiglio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cuello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app142411713" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261165v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.144205" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788229v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Robert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.154921" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04076943v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Armand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mocuta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170034" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642344v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi P&#233;lissier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Gergely" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112327" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318557v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lizion" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Laskowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Blaha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Escalier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssnmr.2021.101751" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225726v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-V. Coulet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2021.120730" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402822v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Masson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Flores-Ruiz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.144204" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434357v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Parc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ramonda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2019.00340" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859831v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Martin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela Varga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c01328" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297422v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Taleb Bendiab" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ryckewaert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Heran" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kribich" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19194168" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899458v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Bathily" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2018.10.021" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806472v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Parc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Grillo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.05.280" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556323v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vaney" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carreaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Morin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Delaizir" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.14811" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203406v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bastard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Broquin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2015.09.025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D716KJ6N-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185202v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Micoulaut" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pal J&#243;v&#225;ri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kaban" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4928504" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931883v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;nard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barillot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201330407" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BMQX3GL3-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759152v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Vu Thi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Maulion" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.11.037" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FWXC7HTQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824217v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alleno" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouleau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA11159H" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816335v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J&#243;v&#225;ri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kaban" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bednarcik" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/19/195401" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688807v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mougenot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Andreazza" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andreazza-Vignolle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauvage" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-011-0672-9" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7F4D1BA39E9E28C6A09913834B546E1B6A18BC5F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743071v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2012.10.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8D3S75T-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361475v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cavarroc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ennadjaoui" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2009.02.012" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>