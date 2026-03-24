--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -504,735 +504,735 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le peuple comme tableau vivant : Il Quarto Stato/Novecento</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03986839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’indocilité à la résistance. Les enjeux corporels du cinéma politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Débordements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, [11 p.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Puissances de l’insignifiance. La politisation du quotidien au cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mise au Point</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Images au quotidien, images du quotidien, 14, [15 p.]. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/map.5208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03986848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">De l’indocilité à la résistance. Les enjeux corporels du cinéma politique</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’impossible populisme de Frank Capra. Rhétorique et politique dans la « Trilogie de la Grande Dépression »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Débordements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CiNéMAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Le regard "queer" et l’image en mouvement, 29 (3), pp.173-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1084576ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le peuple comme tableau vivant : Il Quarto Stato/Novecento</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03986855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les médiations optiques du moi. La camera obscura dans Prima della rivoluzione (Bernardo Bertolucci, 1964)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Récit en images de soi. Dispositifs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le hors-champ algérien chez Demy et Godard : lecture historienne vs lecture esthétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33, pp.161-174</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cinéma politique du groupe Dziga Vertov : montage, collage ou citation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affronter la distance. Le capitalisme mondialisé et l’engagement de l’auteur dans les années 1960</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 14</w:t>
+              <w:t xml:space="preserve">, 2016, 6, pp.133-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...305 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Affronter la distance. Le capitalisme mondialisé et l’engagement de l’auteur dans les années 1960</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos n° 2 : Du mystère cinématographique à la politique du cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6, pp.133-149</w:t>
+              <w:t xml:space="preserve">, 2015, 3, pp.107-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos n° 3 : Pour la suite de l’art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écrans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3, pp.207-209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01938842v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01938841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josepha Laroche, La Grande Guerre au cinéma : Un pacifisme sans illusions, Paris, L’Harmattan (coll. “Chaos international”), 2014, 149 p.</w:t>
               </w:r>
@@ -3438,183 +3438,183 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitchell, William J. T. (1942)</w:t>
+                <w:t xml:space="preserve">Godard, Jean-Luc (1930)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d'iconologie filmique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.423-431. </w:t>
+              <w:t xml:space="preserve">, 2022, pp.324-333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pul.47678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.pul.47613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767312v1</w:t>
+                <w:t xml:space="preserve">hal-04767311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Godard, Jean-Luc (1930)</w:t>
+                <w:t xml:space="preserve">Mitchell, William J. T. (1942)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Jaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d'iconologie filmique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.324-333. </w:t>
+              <w:t xml:space="preserve">, 2022, pp.423-431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pul.47613⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.pul.47678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767311v1</w:t>
+                <w:t xml:space="preserve">hal-04767312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politique</w:t>
               </w:r>
@@ -3966,51 +3966,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F19B11CA"/>
+    <w:nsid w:val="9FFEAF90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4197,51 +4197,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513686v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jaudon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ivx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767239v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986860v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26438941.2021.1964798" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767254v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14193-8.p.0011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986848v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.5208" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767278v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986839v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986855v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084576ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767289v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938839v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938838v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938842v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938841v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938852v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938849v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938840v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04855248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurel Rotival" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938864v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938863v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938865v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938862v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938866v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938861v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938860v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938857v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938858v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938859v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938853v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938855v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938854v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767326v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12iw7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767047v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cauche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14193-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767191v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Marchiori" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vancheri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5079-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04854228v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Hamidi Kim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986867v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11y48" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512243v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030334v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986843v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47421/RR37_71-90" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986831v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767312v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.47678" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767311v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.47613" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767304v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767302v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767300v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513686v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jaudon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ivx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767239v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986860v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26438941.2021.1964798" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767254v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14193-8.p.0011" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986839v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767278v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986848v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.5208" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986855v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1084576ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767289v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938839v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938838v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938841v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938842v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938852v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938849v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938840v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04855248v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurel Rotival" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938864v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938863v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938865v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938862v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938866v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938861v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938860v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938857v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938858v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938859v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938853v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938855v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938854v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767326v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12iw7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767047v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cauche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14193-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767191v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Marchiori" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vancheri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-8124-5079-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04854228v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Hamidi Kim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986867v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11y48" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512243v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030334v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986843v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47421/RR37_71-90" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986831v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767311v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.47613" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767312v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.47678" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767304v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767302v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767300v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767301v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>