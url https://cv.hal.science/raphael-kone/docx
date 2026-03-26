--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -162,213 +162,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04875448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les relations internationales et la géopolitique mondiale à l’ère du président Trump</w:t>
+                <w:t xml:space="preserve">Le management à l'épreuve du tutorat.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05205522v1</w:t>
+                <w:t xml:space="preserve">hal-05196302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le management à l'épreuve du tutorat.</w:t>
+                <w:t xml:space="preserve">Quand l’Afrique se lit dans Courrier international.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05196302v1</w:t>
+                <w:t xml:space="preserve">hal-05047006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l’Afrique se lit dans Courrier international.</w:t>
+                <w:t xml:space="preserve">Les relations internationales et la géopolitique mondiale à l’ère du président Trump</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05047006v1</w:t>
+                <w:t xml:space="preserve">hal-05205522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la démocratie en Afrique, à la démocratie à l’africaine</w:t>
               </w:r>
@@ -642,165 +642,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05108904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La formation professionnelle, facteur de résilience chez de jeunes migrants non accompagnés.</w:t>
+                <w:t xml:space="preserve">Recherche et éthique, quelles postures pour le chercheur dans les ateliers non formels de soudure?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux de sociétés et recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Bonheurs/ ARDeCO, 2023, Paris Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437535v2</w:t>
+                <w:t xml:space="preserve">hal-04442702v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche et éthique, quelles postures pour le chercheur dans les ateliers non formels de soudure?</w:t>
+                <w:t xml:space="preserve">La formation professionnelle, facteur de résilience chez de jeunes migrants non accompagnés.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux de sociétés et recherches en éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire Bonheurs/ ARDeCO, 2023, Paris Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442702v2</w:t>
+                <w:t xml:space="preserve">hal-04437535v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le management situationnel, techniques et stratégies de gestion des hommes et des entreprises</w:t>
               </w:r>
@@ -1202,169 +1202,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus et stratégies de médiation didactique lors des apprentissages professionnels accompagnés : Étude de cas auprès des soudeurs au Burkina Faso</w:t>
+                <w:t xml:space="preserve">Processus et stratégies de médiation didactique lors des apprentissages professionnels accompagnés : Étude de cas auprès des soudeurs au Burkina Faso.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Cy Cergy Paris Université, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2022CYUN1152⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-04415845v1</w:t>
+                <w:t xml:space="preserve">tel-05130205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus et stratégies de médiation didactique lors des apprentissages professionnels accompagnés : Étude de cas auprès des soudeurs au Burkina Faso.</w:t>
+                <w:t xml:space="preserve">Processus et stratégies de médiation didactique lors des apprentissages professionnels accompagnés : Étude de cas auprès des soudeurs au Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Koné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Cy Cergy Paris Université, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2022CYUN1152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-05130205v1</w:t>
+                <w:t xml:space="preserve">tel-04415845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1793,51 +1793,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Kon&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205522v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196302v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047006v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046960v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047146v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130730v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108904v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437535v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442702v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437610v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086306v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086300v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Numa-Bocage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046930v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421073v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04415845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022CYUN1152" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05130205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086309v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086302v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096872v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Kon&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05196302v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205522v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046960v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047146v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130730v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108904v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442702v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437535v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437610v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086306v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086300v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Numa-Bocage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046930v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421073v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05130205v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04415845v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022CYUN1152" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086309v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086302v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096872v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>