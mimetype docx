--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,5111 +66,5362 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field measurements of galvanic anode cathodic protection of reinforced concrete systems in marine environment: Influence of water level and biofilm</w:t>
+                <w:t xml:space="preserve">Multiscale insights into biofilm development on hydrophobic fouling-release coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deeksha-Arya Margapuram</w:t>
+                <w:t xml:space="preserve">Camille Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Salgues</w:t>
+                <w:t xml:space="preserve">Laurence Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Thibault</w:t>
+                <w:t xml:space="preserve">Sonja Fagervold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Lami</w:t>
+                <w:t xml:space="preserve">Claire Carrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Erable</w:t>
+                <w:t xml:space="preserve">Emilie Adouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RILEM Technical Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9, pp.117-126. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 16 (1), pp.7118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21809/rilemtechlett.2024.205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-026-35567-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05073410v1</w:t>
+                <w:t xml:space="preserve">hal-05557874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choosing the right substrate to restore coral reefs through artificial reef construction: a mini-review</w:t>
+                <w:t xml:space="preserve">Field measurements of galvanic anode cathodic protection of reinforced concrete systems in marine environment: Influence of water level and biofilm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Ozanam</w:t>
+                <w:t xml:space="preserve">Deeksha-Arya Margapuram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Romans</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Marie Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Erable</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blue Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s44315-025-00047-5⟩</w:t>
+              <w:t xml:space="preserve">RILEM Technical Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.117-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21809/rilemtechlett.2024.205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05513557v1</w:t>
+                <w:t xml:space="preserve">hal-05073410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteria with antibacterial activities isolated from Magallana gigas microbiota as potential probiotics against Vibrio aestuarianus infections in oyster farming</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symbiont diversity and light-organ morphology in Sepiola affinis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Morga</w:t>
+                <w:t xml:space="preserve">Clotilde Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prunelle Carcassonne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphael Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelino Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Koch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2025.742949⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2025.11.06.686942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05172277v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic activities of marine ammonia‐oxidizing archaea orchestrated by quorum sensing</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Choosing the right substrate to restore coral reefs through artificial reef construction: a mini-review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre E. Galand</w:t>
+                <w:t xml:space="preserve">Baptiste Ozanam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Debroas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Pascal Romans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 3 (3), pp.417-429. </w:t>
+              <w:t xml:space="preserve">Blue Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (1), pp.24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mlf2.12144⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s44315-025-00047-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764378v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of Staphylococcus epidermidis biofilm by surfactins of an endophytic bacterium Bacillus sp. 15 F</w:t>
+                <w:t xml:space="preserve">Bacteria with antibacterial activities isolated from Magallana gigas microbiota as potential probiotics against Vibrio aestuarianus infections in oyster farming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marwa Jardak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Lami</w:t>
+                <w:t xml:space="preserve">Luc Dantan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oumaima Saadaoui</w:t>
+                <w:t xml:space="preserve">Marie-Agnès Travers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hajer Jlidi</w:t>
+                <w:t xml:space="preserve">Lionel Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Stien</w:t>
+                <w:t xml:space="preserve">Benjamin Morga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prunelle Carcassonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enzyme and Microbial Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enzmictec.2024.110477⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 609, pp.742949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2025.742949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04669449v1</w:t>
+                <w:t xml:space="preserve">hal-05172277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current and future chemical treatments to fight biodeterioration of outdoor building materials and associated biofilms: moving away from ecotoxic and towards efficient, sustainable solutions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Control of Staphylococcus epidermidis biofilm by surfactins of an endophytic bacterium Bacillus sp. 15 F</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Warscheid</w:t>
+                <w:t xml:space="preserve">Marwa Jardak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Nicole</w:t>
+                <w:t xml:space="preserve">Oumaima Saadaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Marcon</w:t>
+                <w:t xml:space="preserve">Hajer Jlidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Di Martino</w:t>
+                <w:t xml:space="preserve">Didier Stien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 802, pp.149846. </w:t>
+              <w:t xml:space="preserve">Enzyme and Microbial Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 180, pp.110477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.149846⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.enzmictec.2024.110477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03328324v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Straightforward N -Acyl Homoserine Lactone Discovery and Annotation by LC–MS/MS-based Molecular Networking</w:t>
+                <w:t xml:space="preserve">Metabolic activities of marine ammonia‐oxidizing archaea orchestrated by quorum sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice M S Rodrigues</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Olivier Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Qin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre E. Galand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Debroas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Clément Mazurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 21, pp.635-642. </w:t>
+              <w:t xml:space="preserve">mLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (3), pp.417-429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.1c00849⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mlf2.12144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551975v1</w:t>
+                <w:t xml:space="preserve">hal-04764378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum sensing in biofilms: a key mechanism to target in ecotoxicological studies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Digital Marine: An online platform for blended learning in a marine experimental biology module, the Schmid Training Course</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haley Flom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maja Adamska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Grimaud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eve Gazave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore d'Aniello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1040841X.2022.2142089⟩</w:t>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bies.202100264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03882166v1</w:t>
+                <w:t xml:space="preserve">hal-03628139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A history of teaching in a marine laboratory, the Laboratoire Arago of Banyuls-sur-Mer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Current and future chemical treatments to fight biodeterioration of outdoor building materials and associated biofilms: moving away from ecotoxic and towards efficient, sustainable solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattea Romani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Warscheid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Nicole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Marcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Di Martino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 802, pp.149846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.149846⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.57890/VIEMILIEU/2022.72.3/4:151-178⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04183689v1</w:t>
+                <w:t xml:space="preserve">hal-03328324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum Sensing Regulates Bacterial Processes That Play a Major Role in Marine Biogeochemical Cycles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Straightforward N -Acyl Homoserine Lactone Discovery and Annotation by LC–MS/MS-based Molecular Networking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice M S Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Escoubeyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Intertaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mazurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2022.834337⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, pp.635-642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.1c00849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813925v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic and transcriptomic characterization of the Collimonas quorum sensing genes and regulon</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Quorum sensing in biofilms: a key mechanism to target in ecotoxicological studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Urios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Molmeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/femsec/fiac100⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (6), pp.786-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1040841X.2022.2142089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03915632v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Marine: An online platform for blended learning in a marine experimental biology module, the Schmid Training Course</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A history of teaching in a marine laboratory, the Laboratoire Arago of Banyuls-sur-Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bies.202100264⟩</w:t>
+              <w:t xml:space="preserve">Vie et Milieu / Life &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 72 (3-4), pp.151-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57890/VIEMILIEU/2022.72.3/4:151-178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03628139v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum Sensing Regulates the Hydrolytic Enzyme Production and Community Composition of Heterotrophic Bacteria in Coastal Waters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Quorum Sensing Regulates Bacterial Processes That Play a Major Role in Marine Biogeochemical Cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Urvoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Labry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane l'Helguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.780759⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.834337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2022.834337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510738v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum sensing disruption regulates hydrolytic enzyme and biofilm production in estuarine bacteria</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Genomic and transcriptomic characterization of the Collimonas quorum sensing genes and regulon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Uroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Geisler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fauchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alice M S Rodrigues</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice M.S. Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 98 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsec/fiac100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.15775⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03814177v1</w:t>
+                <w:t xml:space="preserve">hal-03915632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel α-Hydroxy γ-Butenolides of Kelp Endophytes Disrupt Bacterial Cell-to-Cell Signaling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cédric Hubas</w:t>
+                <w:t xml:space="preserve">Quorum sensing disruption regulates hydrolytic enzyme and biofilm production in estuarine bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Urvoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dreanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Daudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice M S Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00601⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (11), pp.7183-7200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.15775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02909195v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation and quantification of N-acyl homoserine lactones implied in bacterial quorum sensing by supercritical-fluid chromatography coupled with high-resolution mass spectrometry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Quorum Sensing Regulates the Hydrolytic Enzyme Production and Community Composition of Heterotrophic Bacteria in Coastal Waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Urvoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Stien</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dreanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Eparvier</w:t>
+                <w:t xml:space="preserve">Daniel Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane L'Helguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-019-02265-4⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.780759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.780759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03012250v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of Palleronia rufa sp. nov., a biofilm-forming and AHL-producing Rhodobacteraceae, reclassification of Hwanghaeicola aestuarii as Palleronia aestuarii comb. nov., Maribius pontilimi as Palleronia pontilimi comb. nov., Maribius salinus as Palleronia salina comb. nov., Maribius pelagius as Palleronia pelagia comb. nov. and emended description of the genus Palleronia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Marine Bacterium Shewanella woodyi Produces C8-HSL to Regulate Bioluminescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Clerissi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Mahmoud Hayek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Baraquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Blache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Molmeret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.syapm.2019.126018⟩</w:t>
+              <w:t xml:space="preserve">Microbial ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 79 (4), pp.865-881. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-019-01454-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02390411v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03603623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Marine Bacterium Shewanella woodyi Produces C8-HSL to Regulate Bioluminescence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annotation and quantification of N-acyl homoserine lactones implied in bacterial quorum sensing by supercritical-fluid chromatography coupled with high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Baraquet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Thi Phuong Thuy Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Barthélemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Eparvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00248-019-01454-z⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 412 (10), pp.2261-2276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-019-02265-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03603623v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial–Fungal Interactions in the Kelp Endomicrobiota Drive Autoinducer-2 Quorum Sensing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Novel α-Hydroxy γ-Butenolides of Kelp Endophytes Disrupt Bacterial Cell-to-Cell Signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yee-Meng Chong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tourneroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Genta-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Hubas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01693⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, pp.601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277573v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02909195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea anemone and clownfish microbiota diversity and variation during the initial steps of symbiosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Description of Palleronia rufa sp. nov., a biofilm-forming and AHL-producing Rhodobacteraceae, reclassification of Hwanghaeicola aestuarii as Palleronia aestuarii comb. nov., Maribius pontilimi as Palleronia pontilimi comb. nov., Maribius salinus as Palleronia salina comb. nov., Maribius pelagius as Palleronia pelagia comb. nov. and emended description of the genus Palleronia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Clerissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascal Romans</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Intertaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lebaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-55756-w⟩</w:t>
+              <w:t xml:space="preserve">Systematic and Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43 (1), pp.126018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.syapm.2019.126018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02468924v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02390411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High bacterial diversity in pioneer biofilms colonizing ceramic roof tiles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Pecqueur</w:t>
+                <w:t xml:space="preserve">Evidence of a Large Diversity of &amp;lt;i&amp;gt;N&amp;lt;/i&amp;gt;-acyl-Homoserine Lactones in Symbiotic &amp;lt;i&amp;gt;Vibrio fischeri&amp;lt;/i&amp;gt; Strains Associated with the Squid &amp;lt;i&amp;gt;Euprymna scolopes&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Baudart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelino Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Biodeterioration and Biodegradation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ibiod.2019.104745⟩</w:t>
+              <w:t xml:space="preserve">Microbes and environments / JSME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (1), pp.99-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1264/jsme2.ME18145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02262189v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of a Large Diversity of &amp;lt;i&amp;gt;N&amp;lt;/i&amp;gt;-acyl-Homoserine Lactones in Symbiotic &amp;lt;i&amp;gt;Vibrio fischeri&amp;lt;/i&amp;gt; Strains Associated with the Squid &amp;lt;i&amp;gt;Euprymna scolopes&amp;lt;/i&amp;gt;</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marcelino Suzuki</w:t>
+                <w:t xml:space="preserve">Sea anemone and clownfish microbiota diversity and variation during the initial steps of symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Salis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Magré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Romans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbes and environments / JSME</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1264/jsme2.ME18145⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.19491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-55756-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02331764v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Diversity and Original Structures of Acyl-Homoserine Lactones in Strain MOLA 401, a Marine Rhodobacteraceae Bacterium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Sanchez-Ferandin</w:t>
+                <w:t xml:space="preserve">High bacterial diversity in pioneer biofilms colonizing ceramic roof tiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattea Romani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Carrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Intertaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pecqueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Biodeterioration and Biodegradation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 144, pp.104745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ibiod.2019.104745⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01152⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01556563v1</w:t>
+                <w:t xml:space="preserve">hal-02262189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pau-Brasil, l’arbre qui donna son nom au Brésil</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Bacterial–Fungal Interactions in the Kelp Endomicrobiota Drive Autoinducer-2 Quorum Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tourneroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Hubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.1693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01693⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906974v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of N-Acyl Homoserine Lactones in Vibrio tasmaniensis LGP32 by a Biosensor-Based UHPLC-HRMS/MS Method</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quorum Sensing and Quorum Quenching in the Mediterranean Seagrass Posidonia oceanica Microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Baudart</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Elodie Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soizic Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocivânia Oliveira da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Ferandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s17040906⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4, pp.218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2017.00218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01513879v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum Sensing and Quorum Quenching in the Mediterranean Seagrass Posidonia oceanica Microbiota</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Large Diversity and Original Structures of Acyl-Homoserine Lactones in Strain MOLA 401, a Marine Rhodobacteraceae Bacterium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Doberva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yoan Ferandin</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sorres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sanchez-Ferandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2017.00218⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906989v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of PAHs among other coastal environmental variables on total and PAH-degrading bacterial communities</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Pau-Brasil, l’arbre qui donna son nom au Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Gabriela Nisembaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Tourneroche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Étranges insulaires, 24, pp.34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01278782v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum sensing and quorum quenching in the phycosphere of phytoplankton: a case of chemical interactions in ecology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Characterization of N-Acyl Homoserine Lactones in Vibrio tasmaniensis LGP32 by a Biosensor-Based UHPLC-HRMS/MS Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Intertaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Baudart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (4), pp.906 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s17040906⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10886-016-0791-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01472696v1</w:t>
+                <w:t xml:space="preserve">hal-01513879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marinobacter Dominates the Bacterial Community of the Ostreococcus tauri Phycosphere in Culture</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Summer Abundance and Distribution of Proteorhodopsin Genes in the Western Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Boeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Moreau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emelyne Cunnington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jeanthon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7, pp.1414. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2016.01414⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 7, pp.1584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2016.01584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01373902v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Summer Abundance and Distribution of Proteorhodopsin Genes in the Western Arctic Ocean</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">La forêt de Fontainebleau: quand la biodiversité inspire les artistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emelyne Cunnington</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Jeanthon</w:t>
+                <w:t xml:space="preserve">Rémi Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Terres et mers australes. Vivre dans un monde extrême, 21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01391017v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La forêt de Fontainebleau: quand la biodiversité inspire les artistes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Influence of PAHs among other coastal environmental variables on total and PAH-degrading bacterial communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Sauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Tedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESpèces - Revue d’Histoire naturelle </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (5), pp.4242-4256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-015-4768-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906979v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of quorum sensing autoinducer synthases in the Global Ocean Sampling metagenomic database</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Quorum sensing and quorum quenching in the phycosphere of phytoplankton: a case of chemical interactions in ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Stien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sanchez-Ferandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (12), pp.1201-1211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-016-0791-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3354/ame01734⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01141144v1</w:t>
+                <w:t xml:space="preserve">hal-01472696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Sequence of Maribius sp. Strain MOLA 401, a Marine Roseobacter with a Quorum-Sensing Cell-Dependent Physiology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Joux</w:t>
+                <w:t xml:space="preserve">Marinobacter Dominates the Bacterial Community of the Ostreococcus tauri Phycosphere in Culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Lupette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Krasovec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nigel Grimsley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.1414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2016.01414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00997-14⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01214297v1</w:t>
+                <w:t xml:space="preserve">hal-01373902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Sequence of the Sponge-Associated Ruegeria halocynthiae Strain MOLA R1/13b, a Marine Roseobacter with Two Quorum-Sensing-Based Communication Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Diversity of quorum sensing autoinducer synthases in the Global Ocean Sampling metagenomic database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Doberva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sanchez-Ferandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Toulza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lebaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00998-14⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74 (2), pp.107-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/ame01734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01228529v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diurnal expression of SAR11 proteorhodopsin and 16S rRNA genes in coastal North Atlantic waters</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genome Sequence of Maribius sp. Strain MOLA 401, a Marine Roseobacter with a Quorum-Sensing Cell-Dependent Physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Doberva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sanchez-Ferandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Ferandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Intertaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Joux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/ame01716⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (5), pp.e00997-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00997-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906988v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsenite modifies structure of soil microbial communities and arsenite oxidization potential</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Ginder-Vogel</w:t>
+                <w:t xml:space="preserve">Genome Sequence of the Sponge-Associated Ruegeria halocynthiae Strain MOLA R1/13b, a Marine Roseobacter with Two Quorum-Sensing-Based Communication Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Doberva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sanchez-Ferandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Ferandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Intertaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Croué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (5), pp.e00998-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00998-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1574-6941.12061⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02909471v1</w:t>
+                <w:t xml:space="preserve">hal-01228529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal dynamics of aerobic anoxygenic phototrophs in a Mediterranean coastal lagoon</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P de Carvalho-Maalouf</w:t>
+                <w:t xml:space="preserve">Diurnal expression of SAR11 proteorhodopsin and 16S rRNA genes in coastal North Atlantic waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. T. Cottrell</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David L. Kirchman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 62 (2), pp.153-163. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/ame01467⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 73 (3), pp.185-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/ame01716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906986v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annual patterns of presence and activity of marine bacteria monitored by 16S rDNA–16S rRNA fingerprints in the coastal NW Mediterranean Sea</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Arsenite modifies structure of soil microbial communities and arsenite oxidization potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Camille Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jf Ghiglione</w:t>
+                <w:t xml:space="preserve">Matthew Cottrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Desdevises</w:t>
+                <w:t xml:space="preserve">Brandon J. Lafferty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N West</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Ginder-Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/ame01264⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 84 (2), pp.270-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1574-6941.12061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906983v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02909471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of free-living and particle-attached aerobic anoxygenic phototrophic bacteria in marine environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Seasonal dynamics of aerobic anoxygenic phototrophs in a Mediterranean coastal lagoon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P de Carvalho-Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T. Cottrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Koblíïek</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Catala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 55, pp.31-38. </w:t>
+              <w:t xml:space="preserve">, 2011, 62 (2), pp.153-163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3354/ame01282⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3354/ame01467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906984v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Distribution of free-living and particle-attached aerobic anoxygenic phototrophic bacteria in marine environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Âuperová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lebaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Koblíïek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 55, pp.31-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/ame01282⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annual patterns of presence and activity of marine bacteria monitored by 16S rDNA–16S rRNA fingerprints in the coastal NW Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jf Ghiglione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Desdevises</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lebaron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 54, pp.199-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/ame01264⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Biochemical characteristics and bacterial community structure of the sea surface microlayer in the South Pacific Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Obernosterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Catala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Caparros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 5 (3), pp.693-705. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/bg-5-693-2008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01248038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5180,154 +5431,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term investigation of interactions of plain concrete, marine microorganisms, and sea water for the application of Floating Offshore Wind Turbines (FOWTs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deeksha Margapuram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Salgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Deby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Erable</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Concrete Under Severe Loading Conditions – Environment &amp; Loading, CONSEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Chennai, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04973603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5337,460 +5588,460 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment conduire la lutte antifouling de manière durable et écologique ? Un enjeu majeur pour l'avenir des océans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Prazuck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30 questions sur l’océan: La Sorbonne et la mer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Sorbonne Essais, 979-10-231-0734-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03915702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Bacterial Models for Experimental Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis. Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sanchez-Brosseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Six</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Marine Model Organisms in Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CRC Press, pp.1-26, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9781003217503-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04059671v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quorum sensing in marine biofilms and environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Academic Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quorum Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.55-96, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-814905-8.00003-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02906976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité, évolution et fonctionnement des écosystèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Arzul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Bailon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Crochet P.-A.; Rasplus J.-Y.; Selosse M.-A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers des prospectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, hors série, cnrs, pp.25-33., 2017, Les Cahiers des prospectives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03847162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5800,161 +6051,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characteristics and bacterial community structure of the sea surface microlayer in the South Pacific Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Obernosterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Catala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Caparros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, pp.2809-2844</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00330262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId220"/>
+      <w:footerReference w:type="default" r:id="rId231"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6101,51 +6352,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05073410v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deeksha-Arya Margapuram" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salgues" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Thibault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2024.205" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513557v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Ozanam" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Romans" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s44315-025-00047-5" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172277v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dantan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Carcassonne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2025.742949" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764378v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pereira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Qin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre E. Galand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mlf2.12144" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669449v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Jardak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Saadaoui" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Jlidi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stien" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enzmictec.2024.110477" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03328324v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattea Romani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Warscheid" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nicole" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Marcon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Di Martino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149846" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551975v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M S Rodrigues" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Escoubeyrou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Intertaglia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazurek" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.1c00849" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882166v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Urios" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Molmeret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Grimaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1040841X.2022.2142089" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183689v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57890/VIEMILIEU/2022.72.3/4:151-178" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03813925v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Urvoy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Labry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane l'Helguen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.834337" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915632v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Uroz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Geisler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fauchery" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M.S. Rodrigues" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiac100" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628139v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haley Flom" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Adamska" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore d'Aniello" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.202100264" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510738v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dreanno" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delmas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L'Helguen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.780759" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03814177v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Daud&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15775" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909195v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vallet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee-Meng Chong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tourneroche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00601" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012250v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Thuy Hoang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eparvier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-02265-4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390411v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Barnier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clerissi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lebaron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2019.126018" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603623v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hayek" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Baraquet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Blache" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-019-01454-z" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02277573v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanchet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01693" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02468924v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Roux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Salis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Magr&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55756-w" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02262189v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carrion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fernandez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pecqueur" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2019.104745" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331764v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Girard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Baudart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Suzuki" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1264/jsme2.ME18145" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01556563v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Doberva" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sorres" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hue" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sanchez-Ferandin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01152" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906974v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gabriela Nisembaum" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01513879v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Blanchet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17040906" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906989v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Prado" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jociv&#226;nia Oliveira da Silva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Ferandin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00218" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278782v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauret" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tedetti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guigue" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dumas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4768-0" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01472696v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rolland" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-016-0791-y" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01373902v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Krasovec" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Grimsley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Moreau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01414" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01391017v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boeuf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Cunnington" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeanthon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01584" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906979v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sala&#252;n" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141144v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Toulza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01734" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01214297v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Joux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00997-14" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01228529v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crou&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00998-14" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906988v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Kirchman" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01716" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909471v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Camille Jones" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Cottrell" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon J. Lafferty" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ginder-Vogel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12061" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906986v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lamy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P de Carvalho-Maalouf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Cottrell" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Catala" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01467" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906983v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Ghiglione" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Desdevises" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N West" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebaron" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01264" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906984v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z &#194;uperov&#225;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ras" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kobl&#237;&#239;ek" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01282" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248038v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Obernosterer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lami" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caparros" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-5-693-2008" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973603v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deeksha Margapuram" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Deby" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915702v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/poche/les-essais-de-la-sorbonne/30-questions-sur-locean" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059671v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis. Grimaud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sanchez-Brosseau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Six" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003217503-1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906976v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814905-8.00003-4" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03847162v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arzul" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bass" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330262v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05557874v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferr&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gbaguidi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Fagervold" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carrion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Adouane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-35567-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05073410v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deeksha-Arya Margapuram" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salgues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Thibault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lami" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Erable" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2024.205" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557443v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bongrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lami" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Suzuki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Koch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.11.06.686942" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513557v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Ozanam" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Romans" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s44315-025-00047-5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172277v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dantan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel D&#233;gremont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Carcassonne" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2025.742949" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669449v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Jardak" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Saadaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Jlidi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stien" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enzmictec.2024.110477" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764378v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pereira" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Qin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre E. Galand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Debroas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mlf2.12144" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628139v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haley Flom" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Adamska" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Gazave" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore d'Aniello" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.202100264" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03328324v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattea Romani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Warscheid" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Nicole" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Marcon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Di Martino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149846" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551975v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M S Rodrigues" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Escoubeyrou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Intertaglia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mazurek" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.1c00849" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Urios" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Molmeret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Grimaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1040841X.2022.2142089" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183689v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57890/VIEMILIEU/2022.72.3/4:151-178" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03813925v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Urvoy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Labry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane l'Helguen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.834337" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915632v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Uroz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Geisler" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fauchery" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M.S. Rodrigues" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiac100" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03814177v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dreanno" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Daud&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15775" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510738v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Delmas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L'Helguen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.780759" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603623v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hayek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Baraquet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Blache" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-019-01454-z" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012250v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Phuong Thuy Hoang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eparvier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-019-02265-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909195v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vallet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee-Meng Chong" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tourneroche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Genta-Jouve" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00601" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390411v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Barnier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clerissi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lebaron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.syapm.2019.126018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331764v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Girard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanchet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Baudart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1264/jsme2.ME18145" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02468924v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Roux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Salis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Magr&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55756-w" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02262189v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fernandez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pecqueur" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2019.104745" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02277573v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01693" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906989v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Prado" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jociv&#226;nia Oliveira da Silva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Ferandin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00218" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01556563v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Doberva" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sorres" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hue" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sanchez-Ferandin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01152" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906974v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gabriela Nisembaum" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01513879v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Blanchet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17040906" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01391017v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boeuf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Cunnington" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeanthon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01584" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906979v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Sala&#252;n" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278782v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sauret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tedetti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guigue" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dumas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4768-0" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01472696v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Rolland" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-016-0791-y" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01373902v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Lupette" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Krasovec" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Grimsley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Moreau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01414" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141144v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Toulza" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01734" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01214297v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Joux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00997-14" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01228529v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crou&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00998-14" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906988v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Kirchman" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01716" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02909471v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Camille Jones" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Cottrell" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon J. Lafferty" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ginder-Vogel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1574-6941.12061" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906986v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lamy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P de Carvalho-Maalouf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Cottrell" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Catala" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01467" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906984v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z &#194;uperov&#225;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ras" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebaron" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kobl&#237;&#239;ek" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01282" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906983v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Ghiglione" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Desdevises" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N West" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01264" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248038v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Obernosterer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lami" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caparros" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-5-693-2008" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973603v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deeksha Margapuram" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Deby" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915702v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/poche/les-essais-de-la-sorbonne/30-questions-sur-locean" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059671v2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis. Grimaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sanchez-Brosseau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Six" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003217503-1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906976v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814905-8.00003-4" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03847162v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Arzul" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bass" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330262v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>