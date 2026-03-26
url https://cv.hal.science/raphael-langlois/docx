--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -81,829 +81,1066 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning a hyperelastic constitutive model from 3D experimental data</w:t>
+                <w:t xml:space="preserve">Non-parametric evaluation of stress fields for history-dependent materials : Formulation, Validation and Appications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathys Bourdyot</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Raphaël Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mechanics of materials [physics.class-ph]. École centrale de Nantes, 2023. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marius Compans</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨NNT : 2023ECDN0002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-04397571v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of mode I fracture propagation in wood using high-resolution full-field measurements and imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Bontemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2025.118592⟩</w:t>
+              <w:t xml:space="preserve">Wood Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 60 (3), pp.41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00226-026-01754-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05390159v2</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248863v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performing Stereo-Measurements with Optimal Patterns Processed by Localised Spectrum Analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Learning a hyperelastic constitutive model from 3D experimental data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vinel</w:t>
+                <w:t xml:space="preserve">Mathys Bourdyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Langlois</w:t>
+                <w:t xml:space="preserve">Marius Compans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Sur</w:t>
+                <w:t xml:space="preserve">Benjamin Smaniotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-025-01217-7⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 450, pp.118592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2025.118592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05308609v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390159v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture behavior of brittle particulate composites consisting of a glass matrix and glass or ceramic particles with elastic property mismatch</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performing Stereo-Measurements with Optimal Patterns Processed by Localised Spectrum Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Moriceau</w:t>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theany To</w:t>
+                <w:t xml:space="preserve">B. Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Houizot</w:t>
+                <w:t xml:space="preserve">A. Vinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Célarié</w:t>
+                <w:t xml:space="preserve">R. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2024.102278⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (9), pp.1461-1472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-025-01217-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04835406v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-Tuning a Deconvolution Algorithm to Restore Displacement and Strain Maps Obtained with LSA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fracture behavior of brittle particulate composites consisting of a glass matrix and glass or ceramic particles with elastic property mismatch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Balandraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Blaysat</w:t>
+                <w:t xml:space="preserve">Tanguy Lacondemine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Jailin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Langlois</w:t>
+                <w:t xml:space="preserve">Julien Moriceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theany To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Houizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Célarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-023-00997-0⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38, pp.102278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2024.102278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250310v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-parametric stress field estimation for history dependent materials: Application to ductile material exhibiting Piobert-Lüders localization bands</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fine-Tuning a Deconvolution Algorithm to Restore Displacement and Strain Maps Obtained with LSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Balandraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (9), pp.1509 - 1537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-023-00997-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/str.12410⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03520225v1</w:t>
+                <w:t xml:space="preserve">hal-04250310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Non-parametric stress field estimation for history dependent materials: Application to ductile material exhibiting Piobert-Lüders localization bands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/str.12410⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03520225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Multi-partner benchmark experiment of fatigue crack growth measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cusset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Hosdez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bonnand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 235, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2020.107157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -913,822 +1150,410 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R3XA: Toward a metadata standard for experimental (photo)mechanics datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John-Eric Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Feld-Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotoMechanics - International DIC Society 2024 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Clermont-Ferrand, France. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of fractures propagating in silver fir (Abies Alba) using High-Resolution Full-Field Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEM Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Experimental Mechanics, Jun 2024, Vancouver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereo-measurements on optimal patterns based on Spectral Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grédiac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iDICs 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Fukui, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563284v1</w:t>
-              </w:r>
-[...410 lines deleted...]
-                <w:t xml:space="preserve">hal-05339032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId63"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1875,51 +1700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390159v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathys Bourdyot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Compans" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Smaniotto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118592" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308609v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jailin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blaysat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vinel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Langlois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01217-7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835406v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lacondemine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moriceau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theany To" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice C&#233;lari&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102278" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250310v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gr&#233;diac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Balandraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jailin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-023-00997-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520225v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12410" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877391v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cusset" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Hosdez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107157" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786143v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Bonnaire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Eric Dufour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857752v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bontemps" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostand Moutou Pitti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563284v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vinel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;diac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248863v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Godi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04397571v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ECDN0002" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339032v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Campans" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:60905b5dec5cfb72a742effe43c9557fb9908b05" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04397571v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ECDN0002" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248863v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bontemps" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Godi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostand Moutou Pitti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-026-01754-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390159v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathys Bourdyot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Compans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Smaniotto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118592" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308609v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jailin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blaysat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vinel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Langlois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01217-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Lacondemine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moriceau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theany To" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Houizot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice C&#233;lari&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2024.102278" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250310v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gr&#233;diac" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Balandraud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jailin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-023-00997-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520225v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12410" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877391v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cusset" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Hosdez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonnand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107157" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786143v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Bonnaire" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Eric Dufour" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857752v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563284v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vinel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;diac" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>