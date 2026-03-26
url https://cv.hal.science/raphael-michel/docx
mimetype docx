--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -546,520 +546,520 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04620696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogel-Colloid Composite Bioinks for Targeted Tissue-Printing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic Covalent Chemistry Enables Reconfigurable All‐Polysaccharide Nanogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Dakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.biomac.0c00305⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (15), pp.e2000213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.202000213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03371536v1</w:t>
+                <w:t xml:space="preserve">inserm-02941444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Covalent Chemistry Enables Reconfigurable All‐Polysaccharide Nanogels</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Boronic acid and diol-containing polymers: how to choose the correct couple to form “strong” hydrogels at physiological pH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
+                <w:t xml:space="preserve">Tamiris Figueiredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Cosenza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Ogawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jeacomine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/marc.202000213⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (15), pp.3628-3641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0SM00178C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02941444v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03815499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boronic acid and diol-containing polymers: how to choose the correct couple to form “strong” hydrogels at physiological pH</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Jeacomine</w:t>
+                <w:t xml:space="preserve">Hydrogel-Tissue Adhesion Using Blood Coagulation Induced by Silica Nanoparticle Coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Vallet</w:t>
+                <w:t xml:space="preserve">Maïlie Roquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Llusar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gaslain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Norvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0SM00178C⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (12), pp.8808-8819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.0c01158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03815499v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogel-Tissue Adhesion Using Blood Coagulation Induced by Silica Nanoparticle Coatings</w:t>
+                <w:t xml:space="preserve">Hydrogel-Colloid Composite Bioinks for Targeted Tissue-Printing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Norvez</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3 (12), pp.8808-8819. </w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (8), pp.2949-2965. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsabm.0c01158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.0c00305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03230809v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial fluid transport is a key to hydrogel bioadhesion</w:t>
               </w:r>
@@ -1307,507 +1307,507 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03723845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internalization of Silica Nanoparticles into Fluid Liposomes: Formation of Interesting Hybrid Colloids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Softening of phospholipid membranes by the adhesion of silica nanoparticles – as seen by neutron spin-echo (NSE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Plostica</w:t>
+                <w:t xml:space="preserve">Melissa Sharp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dganit Danino</w:t>
+                <w:t xml:space="preserve">Olaf Holderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Gradzielski</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Sousai Appavou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Nanotechnologie &amp; Nanomaterialien, Nanotoxikologie &amp; Nanomedizin, 126 (46), pp.12649-12653. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (12), pp.6945-6952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ange.201406927⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4nr00774c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03723886v1</w:t>
+                <w:t xml:space="preserve">hal-03723868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Softening of phospholipid membranes by the adhesion of silica nanoparticles – as seen by neutron spin-echo (NSE)</w:t>
+                <w:t xml:space="preserve">Wrapping of nanoparticles by membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingo Hoffmann</w:t>
+                <w:t xml:space="preserve">Amir Bahrami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Raatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Agudo-Canalejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Sousai Appavou</w:t>
+                <w:t xml:space="preserve">Emily Curtis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 6 (12), pp.6945-6952. </w:t>
+              <w:t xml:space="preserve">Advances in Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 208, pp.214-224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4nr00774c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cis.2014.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03723868v1</w:t>
+                <w:t xml:space="preserve">hal-03723747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wrapping of nanoparticles by membranes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Internalization of Silica Nanoparticles into Fluid Liposomes: Formation of Interesting Hybrid Colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Bahrami</w:t>
+                <w:t xml:space="preserve">Ellina Kesselman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Raatz</w:t>
+                <w:t xml:space="preserve">Tobias Plostica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaime Agudo-Canalejo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Michel</w:t>
+                <w:t xml:space="preserve">Dganit Danino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Curtis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michael Gradzielski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 208, pp.214-224. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nanotechnologie &amp; Nanomaterialien, Nanotoxikologie &amp; Nanomedizin, 126 (46), pp.12649-12653. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cis.2014.02.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ange.201406927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03723747v1</w:t>
+                <w:t xml:space="preserve">hal-03723886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Stability and Structure of Liposomes by Means of Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Plostica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludmila Abezgauz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dganit Danino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Gradzielski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 9 (16), pp.4167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1854,51 +1854,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Aspects of Colloidal Interactions in Mixed Systems of Liposome and Inorganic Nanoparticle and Their Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Gradzielski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 13 (9), pp.11610 - 11642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1924,905 +1924,1000 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03723871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyaluronic acid dynamic covalent hydrogel for 3D printing</w:t>
+                <w:t xml:space="preserve">Design of Biocompatible Composite Polysaccharide Hydrogels with Programmable Shape-Morphing abilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Božović</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Claire Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Raphael</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPF - European polymer congress 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Groningen, The Netherlands, Netherlands</w:t>
+              <w:t xml:space="preserve">European Polymer Congress 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Groningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05269221v1</w:t>
+                <w:t xml:space="preserve">hal-05540533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Host-Guest Chemistry to design Shape-Morphing Hydrogels responding to Multiple Stimuli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Ren</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Aurélie Malfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jeacomine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Congress 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Polymer Federation, Jun 2025, Groningen, The Netherlands, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05169167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the printability of hyaluronic acid dynamic hydrogels.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Hyaluronic acid dynamic covalent hydrogel for 3D printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Božović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Raphael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Polyméristes Français (JEPO) 2024, 51st edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Autrans (Vercors), France</w:t>
+              <w:t xml:space="preserve">EPF - European polymer congress 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Groningen, The Netherlands, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04901724v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05269221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Host-Guest Chemistry to design Shape-Morphing Hydrogels responding to Multiple Stimuli</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding the printability of hyaluronic acid dynamic hydrogels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Božović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52ème édition du colloque national du Groupe Français des Polymères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe Français des Polymères - section Ile de France, Nov 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Polyméristes Français (JEPO) 2024, 51st edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Autrans (Vercors), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04829826v1</w:t>
+                <w:t xml:space="preserve">hal-04901724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Biocompatible and Biodegradable Composite Shape-morphing Hydrogels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using Host-Guest Chemistry to design Shape-Morphing Hydrogels responding to Multiple Stimuli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Ren</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Malfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jeacomine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Lyskawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique du Pôle Physique Ingénierie et Matériaux (PEM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">52ème édition du colloque national du Groupe Français des Polymères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe Français des Polymères - section Ile de France, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04901495v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of Biocompatible and Biodegradable Composite Shape-morphing Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEPO 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Autrans (Grenoble), France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique du Pôle Physique Ingénierie et Matériaux (PEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901288v1</w:t>
+                <w:t xml:space="preserve">hal-04901495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Macromolecular Characteristics on the Morphology of Thermosensitive Chitosan Hydrogels</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Design of Biocompatible and Biodegradable Composite Shape-morphing Hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd Annual Conference of the European Society of Biomaterials (ESB 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">JEPO 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Autrans (Grenoble), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04901416v1</w:t>
+                <w:t xml:space="preserve">hal-04901288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of Macromolecular Characteristics on the Morphology of Thermosensitive Chitosan Hydrogels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marquaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Palomino-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phuong Anh Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">32nd Annual Conference of the European Society of Biomaterials (ESB 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examples of functional polysaccharide-based materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Meeting of Pharmaceutical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, State University of Maringa (Brazil), Nov 2022, Maringa, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2832,660 +2927,660 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Biocompatible and Biodegradable Composite Shape-morphing Hydrogels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Understanding the printability of hyaluronic acid dynamic hydrogels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Božović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymerix 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Rennes (FR), France</w:t>
+              <w:t xml:space="preserve">Summer school on Soft Matter Systems: from fundamentals to Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Cargese (Corse), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04901149v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the printability of hyaluronic acid dynamic hydrogels.</w:t>
+                <w:t xml:space="preserve">Design of Biocompatible and Biodegradable Composite Shape-morphing Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Božović</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Claire Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Summer school on Soft Matter Systems: from fundamentals to Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Cargese (Corse), France</w:t>
+              <w:t xml:space="preserve">Polymerix 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rennes (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04901753v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing tough and self-healing composite hydrogels for biomedical applications.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Designing tough and self-healing composite hydrogels for biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Gibiino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Orgéas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tec 21 Winter school on "Multi scale approaches and multiphysics couplings in fluid and solid mechanics » (5th Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922108v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing tough and self-healing composite hydrogels for biomedical applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Designing tough and self-healing composite hydrogels for biomedical applications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Gibiino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Bouzid</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Orgéas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Orgéas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tec 21 Winter school on "Multi scale approaches and multiphysics couplings in fluid and solid mechanics » (5th Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04928409v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of composite hydrogels for extrusion bioprinting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Printemps du GdR DuMBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of composite hydrogels for extrusion bioprinting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès BIomat 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Bourg Saint Maurice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId111"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3553,51 +3648,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1FADD62C"/>
+    <w:nsid w:val="FA8DED16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3784,51 +3879,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/raphael-michel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9713-0669" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343617v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Campos Nunes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Lazarin-Bidoia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#226;nia Ueda-Nakamura" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sueli de Oliveira Silva Lautenschlager" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotobiol.2025.113104" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860684v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Terra Alves da Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Vataru Nakamura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdecir Farias Ximenes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ogawa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2024.125010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620696v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cort&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4sm00287c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371536v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.0c00305" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941444v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Abdi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Poirot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Dakir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202000213" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815499v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Figueiredo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Cosenza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jeacomine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Vallet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM00178C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lie Roquart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Llusar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaslain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Norvez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.0c01158" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Poirier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin van Poelvoorde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Legagneux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Manassero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1813208116" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723845v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Dahl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Friedrich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Meyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Venzmer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussaine Belkoura" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids2010003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723886v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Kesselman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Plostica" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dganit Danino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gradzielski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201406927" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723868v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Hoffmann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Sharp" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Holderer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sousai Appavou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr00774c" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723747v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Bahrami" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Raatz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Agudo-Canalejo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Curtis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cis.2014.02.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723877v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Abezgauz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM27875A" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723871v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms130911610" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269221v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bo&#382;ovi&#263;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raphael" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169167v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ren" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ribeiro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Malfait" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901724v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829826v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lyskawa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901495v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901288v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901416v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquaille" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palomino-Durand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Anh Dang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767886v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901149v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901753v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922108v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gibiino" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Org&#233;as" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bailly" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928409v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bouzid" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767936v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767924v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/raphael-michel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9713-0669" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343617v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Campos Nunes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Lazarin-Bidoia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#226;nia Ueda-Nakamura" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sueli de Oliveira Silva Lautenschlager" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotobiol.2025.113104" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860684v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Terra Alves da Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celso Vataru Nakamura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdecir Farias Ximenes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ogawa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2024.125010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620696v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cort&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4sm00287c" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941444v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Abdi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Poirot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Dakir" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202000213" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815499v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Figueiredo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Cosenza" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jeacomine" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Vallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SM00178C" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230809v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lie Roquart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Llusar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gaslain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Norvez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.0c01158" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371536v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.0c00305" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Poirier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin van Poelvoorde" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Legagneux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Manassero" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1813208116" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723845v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Dahl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Friedrich" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Meyer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Venzmer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussaine Belkoura" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids2010003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723868v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Hoffmann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Sharp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Holderer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sousai Appavou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr00774c" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723747v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Bahrami" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Raatz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Agudo-Canalejo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Curtis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cis.2014.02.012" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723886v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Kesselman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Plostica" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dganit Danino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gradzielski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201406927" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723877v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Abezgauz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM27875A" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723871v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms130911610" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540533v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ren" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169167v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ribeiro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Malfait" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269221v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bo&#382;ovi&#263;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raphael" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901724v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829826v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lyskawa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901495v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901288v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901416v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquaille" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palomino-Durand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Anh Dang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767886v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901753v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901149v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928409v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gibiino" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bouzid" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Org&#233;as" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922108v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bailly" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767936v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767924v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>