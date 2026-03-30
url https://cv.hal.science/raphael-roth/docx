--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:52.604166666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raphaël Roth </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CV de Raphaël ROTH - Institut national supérieur de l'éducation artistique et culturelle - CNAM - DICEN-idf (EA7339)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">raphael-roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4256-0105</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">178098043</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Roth est maître de conférences en Sciences de l'Information et de la Communication au sein de </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Institut National Supérieur de l'Education Artistique et Culturelle (INSEAC)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> du Conservatoire National des Arts et Métiers (CNAM) à Guingamp. Chercheur au </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laboratoire DICEN-idf (EA 7339)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et membre du comité de direction du </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GIS Arts & Education</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, ses travaux portent sur l'étude des publics de la culture, la sémiotique du son et de la musique au cinéma, l'éducation artistique et culturelle et l´éducation musicale. Il est notamment l'auteur de l'ouvrage &amp;quot;A l'écoute de Disney&amp;quot; paru en 2017 chez L'Harmattan.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires des musiciens intervenants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections: Canadian Journal of Music/Revue canadienne de musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42 (1), pp.77-98. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1121323ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05351904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre la guitare sur YouTube : Partages et échanges, contributions et participations autour des tutoriels d’apprentissage de l’instrument</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Partage, échange, contribution, participation (Partie II), 9 (2), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.4288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03023681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la guitare sur YouTube. Le tutoriel gratuit et les contradictions de la « numérimorphose » de l’enseignement de l’instrument : le cas de la chaîne MrGalagomusic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Hélène Swinnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (1-2), pp.187-220. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.4971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remembering winter was coming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Gueye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Labatut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martha Larson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Linarès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 78 (24), pp.35373-35399. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-019-07969-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278188v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir et se voir : le rôle des écrans dans les festivals de musique amplifiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Leveratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et Musées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Démocratisation culturelle et numérique, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir et se voir : le rôle des écrans dans les festivals de musique amplifiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Leveratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et Musées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24, pp.23-41. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/culturemusees.593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuer le Festival d’Avignon Mythes et « fonction-auteur »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Pamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012 (173), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S0336150012013099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuer le Festival d’Avignon Mythes et « fonction-auteur »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Pamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012 (173), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S0336150012013099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04028144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considérer l’université et la culture au prisme de la sociologie : Rebattre les cartes sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et Musées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19 (1), pp.187-190. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/pumus.2012.1656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écoute musicale en balade : lorsque la musique nous transporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n° 104 (2), pp.73-82. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/soc.104.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermer les yeux pour mieux voir : pour une éducation artistique et culturelle musicale et sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la recherche en éducation artistique et culturelle : l'imagination à l'oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEAC du Cnam; DICEN-idf, Oct 2024, Guingamp, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Merle, le Corbeau et le Rossignol - Contextualisation des problématiques d'une éducation artistique et culturelle musicale et sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque régional de l’Éducation Artistique et Culturelle (EAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Région académique Bretagne; DRAC Bretagne; Inseac du CNAM, Sep 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enfance et le son : une éducation artistique et culturelle musicale et sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">S’éveiller par les sons - Repenser les médiations sonores à l’ère du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRCAM, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un langage silencieux ? Une anthropologie de la communication des musiciens intervenants à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque L’état de l’éducation musicale des enfants (4-11 ans) autour de la méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFERE Provence; AMU, Oct 2024, Aix -en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05243328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'invitée du jeudi : Mylène Pardoën, &amp;quot;L'archéologie du paysage sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les conférences de l’AFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFAS, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertises, compétences, professionnalisation et visibilité. Quels enjeux &amp;quot;d'éducation à&amp;quot; et de formation, pour quelle visibilité et reconnaissance au-delà du monde académique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Corroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Hugol-Gential</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Masselot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Knauf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Assises de la SFSIC 2023. État des lieux et perspectives des Sciences de l'Information - Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des Sciences de l'information et de la communication (SFSIC), Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires des musiciens intervenants en France : enquête sur l’éducation musicale et ses médiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales sur les médiations de la musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal; Étude partenariale sur les médiations de la musique, Oct 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04036616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voix actée : pratiques, enjeux, applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Ferro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Röth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.525-533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798582v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le savant, le populaire, la rue et les quais de gare. Un point de vue de la sociologie du cinéma et de ses publics sur quelques traits de la &amp;quot;comédie musicale à la française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Le cinéma populaire et ses musiciens en France 1939-2018"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel et Mickey : comment Michel Chion nous aide-t-il à comprendre le mickeymousing avec le concept de synchrèse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Röth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Michel Chion, l'inventeur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention sur &amp;quot;L'EAC aux Transmusicales, instrument de transmission pour les publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance plénière du Haut Conseil de l'éducation artistique et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living in the World, Portraying Its Culture. Cultural Democracy, Sustainable Development, a Utopian Discourse of Music Festivals in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st ISA Forum of Sociology - Sociological Research and Public Debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociological Association, Sep 2008, Barcelona, Spain. pp.ISSN 2522-7300</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À l’écoute de Disney. Une sociologie de la réception de la musique au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Champs visuels, Bruno Pequignot; Guillaume Soulez; Raphaëlle Moine; Pierre-Jean Benghozi, 978-2-343-09365-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04028214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un langage silencieux ? Une anthropologie de la communication des musiciens intervenants à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éducation musicale des enfants autour de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2026, Collection Musique / Pédagogie, 1954-0183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur les pratiques de l'éducation artistique et culturelle - Écoles et communes en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05161553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:52.604166666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raphaël Roth </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CV de Raphaël ROTH - Institut national supérieur de l'éducation artistique et culturelle - CNAM - DICEN-idf (EA7339)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">raphael-roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4256-0105</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">178098043</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Roth est maître de conférences en Sciences de l'Information et de la Communication au sein de </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Institut National Supérieur de l'Education Artistique et Culturelle (INSEAC)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> du Conservatoire National des Arts et Métiers (CNAM) à Guingamp. Chercheur au </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">laboratoire DICEN-idf (EA 7339)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> et membre du comité de direction du </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GIS Arts & Education</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, ses travaux portent sur l'étude des publics de la culture, la sémiotique du son et de la musique au cinéma, l'éducation artistique et culturelle et l´éducation musicale. Il est notamment l'auteur de l'ouvrage &amp;quot;A l'écoute de Disney&amp;quot; paru en 2017 chez L'Harmattan.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires des musiciens intervenants en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections: Canadian Journal of Music/Revue canadienne de musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42 (1), pp.77-98. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1121323ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05351904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre la guitare sur YouTube : Partages et échanges, contributions et participations autour des tutoriels d’apprentissage de l’instrument</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Partage, échange, contribution, participation (Partie II), 9 (2), </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.4288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03023681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner la guitare sur YouTube. Le tutoriel gratuit et les contradictions de la « numérimorphose » de l’enseignement de l’instrument : le cas de la chaîne MrGalagomusic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Hélène Swinnen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tic&amp;société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (1-2), pp.187-220. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ticetsociete.4971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remembering winter was coming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serigne Gueye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Labatut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martha Larson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Linarès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 78 (24), pp.35373-35399. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-019-07969-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278188v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir et se voir : le rôle des écrans dans les festivals de musique amplifiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Leveratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et Musées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Démocratisation culturelle et numérique, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voir et se voir : le rôle des écrans dans les festivals de musique amplifiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Leveratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et Musées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24, pp.23-41. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/culturemusees.593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03262838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuer le Festival d’Avignon Mythes et « fonction-auteur »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Pamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012 (173), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S0336150012013099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuer le Festival d’Avignon Mythes et « fonction-auteur »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Pourquier-Jacquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Pamart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012 (173), pp.129-138. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S0336150012013099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04028144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considérer l’université et la culture au prisme de la sociologie : Rebattre les cartes sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et Musées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19 (1), pp.187-190. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/pumus.2012.1656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écoute musicale en balade : lorsque la musique nous transporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n° 104 (2), pp.73-82. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/soc.104.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04018124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enfance et le son : une éducation artistique et culturelle musicale et sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">S’éveiller par les sons - Repenser les médiations sonores à l’ère du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRCAM, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Merle, le Corbeau et le Rossignol - Contextualisation des problématiques d'une éducation artistique et culturelle musicale et sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque régional de l’Éducation Artistique et Culturelle (EAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Région académique Bretagne; DRAC Bretagne; Inseac du CNAM, Sep 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un langage silencieux ? Une anthropologie de la communication des musiciens intervenants à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque L’état de l’éducation musicale des enfants (4-11 ans) autour de la méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFERE Provence; AMU, Oct 2024, Aix -en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05243328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermer les yeux pour mieux voir : pour une éducation artistique et culturelle musicale et sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la recherche en éducation artistique et culturelle : l'imagination à l'oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEAC du Cnam; DICEN-idf, Oct 2024, Guingamp, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'invitée du jeudi : Mylène Pardoën, &amp;quot;L'archéologie du paysage sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les conférences de l’AFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFAS, Jan 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05243483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertises, compétences, professionnalisation et visibilité. Quels enjeux &amp;quot;d'éducation à&amp;quot; et de formation, pour quelle visibilité et reconnaissance au-delà du monde académique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Corroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Hugol-Gential</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Masselot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Knauf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde dans le cadre des Assises de la SFSIC 2023. État des lieux et perspectives des Sciences de l'Information - Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française des Sciences de l'information et de la communication (SFSIC), Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires des musiciens intervenants en France : enquête sur l’éducation musicale et ses médiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales sur les médiations de la musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Montréal; Étude partenariale sur les médiations de la musique, Oct 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04036616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voix actée : pratiques, enjeux, applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Guillou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Gresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Ferro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Röth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.525-533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798582v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel et Mickey : comment Michel Chion nous aide-t-il à comprendre le mickeymousing avec le concept de synchrèse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Röth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Michel Chion, l'inventeur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention sur &amp;quot;L'EAC aux Transmusicales, instrument de transmission pour les publics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance plénière du Haut Conseil de l'éducation artistique et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03665398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le savant, le populaire, la rue et les quais de gare. Un point de vue de la sociologie du cinéma et de ses publics sur quelques traits de la &amp;quot;comédie musicale à la française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Le cinéma populaire et ses musiciens en France 1939-2018"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03659638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living in the World, Portraying Its Culture. Cultural Democracy, Sustainable Development, a Utopian Discourse of Music Festivals in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st ISA Forum of Sociology - Sociological Research and Public Debate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociological Association, Sep 2008, Barcelona, Spain. pp.ISSN 2522-7300</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À l’écoute de Disney. Une sociologie de la réception de la musique au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Champs visuels, Bruno Pequignot; Guillaume Soulez; Raphaëlle Moine; Pierre-Jean Benghozi, 978-2-343-09365-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04028214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un langage silencieux ? Une anthropologie de la communication des musiciens intervenants à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éducation musicale des enfants autour de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Collection Musique / Pédagogie, 1954-0183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur les pratiques de l'éducation artistique et culturelle - Écoles et communes en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Roth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Malinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05161553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId71"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1F3CFAB9"/>
+    <w:nsid w:val="AD532EDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/raphael-roth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4256-0105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178098043" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnam-inseac.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dicen-idf.org/equipe/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https://gisartseduc.hypotheses.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05351904v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Roth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1121323ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023681v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.4288" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03660077v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Swinnen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.4971" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278188v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bost" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serigne Gueye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labatut" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Larson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linar&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-019-07969-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01626640v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Leveratto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pourquier-Jacquin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262838v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.593" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018133v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Malinas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Pamart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150012013099" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028144v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018128v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pumus.2012.1656" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018124v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.104.0073" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243355v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243345v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243368v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05243328v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243483v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04462511v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Corroy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Masselot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Knauf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036616v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798582v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Quillot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Guillou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gresse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Ferro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l R&#246;th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03659638v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03659704v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03665398v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061144v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028214v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-a_l_ecoute_de_disney_une_sociologie_de_la_reception_de_la_musique_au_cinema_raphael_roth-9782343093659-54079.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540324v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161553v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/raphael-roth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4256-0105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178098043" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnam-inseac.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dicen-idf.org/equipe/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://https://gisartseduc.hypotheses.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05351904v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Roth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1121323ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023681v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.4288" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03660077v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Swinnen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ticetsociete.4971" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278188v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bost" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serigne Gueye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labatut" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Larson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linar&#232;s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-019-07969-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01626640v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Leveratto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pourquier-Jacquin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262838v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.593" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018133v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Malinas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Pamart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150012013099" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028144v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018128v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pumus.2012.1656" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018124v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.104.0073" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243368v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243345v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05243328v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243355v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243483v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04462511v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Corroy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Hugol-Gential" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Masselot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Knauf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036616v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798582v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Quillot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Guillou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gresse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Ferro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l R&#246;th" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03659704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03665398v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03659638v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061144v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028214v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-a_l_ecoute_de_disney_une_sociologie_de_la_reception_de_la_musique_au_cinema_raphael_roth-9782343093659-54079.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540324v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-delatour.com/fr/pedagogie/5054-l-education-musicale-des-enfants-autour-de-la-mediterranee-9782752105226.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161553v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>