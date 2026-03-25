--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,9938 +66,10206 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (77)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (79)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic conditioning of porcine kidney grafts with extracellular vesicles derived from urine progenitor cells: A proof‐of‐concept study</w:t>
+                <w:t xml:space="preserve">Accuracy of Dexcom G6® and FreeStyle Libre® Sensors in Standardized Hypoxia Conditions: A Randomized Controlled Trial—FOX Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Burdeyron</w:t>
+                <w:t xml:space="preserve">Nathanaël Bassas Letissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+                <w:t xml:space="preserve">Christophe Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
+                <w:t xml:space="preserve">Corentin Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Jordan</w:t>
+                <w:t xml:space="preserve">Émilie Rabois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Brishoual</w:t>
+                <w:t xml:space="preserve">Lisa Durocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Translational Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (12), </w:t>
+              <w:t xml:space="preserve">Diabetes Technology and Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 40 (3), pp.15209156261423954. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ctm2.70095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/15209156261423954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079026v1</w:t>
+                <w:t xml:space="preserve">hal-05554284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advantages of Metabolomics-Based Multivariate Machine Learning to Predict Disease Severity: Example of COVID</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simple Renal Cysts in Marfan Syndrome: Prevalence and Association With Aortic Events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Blancart-Remaury</w:t>
+                <w:t xml:space="preserve">Claire Bouleti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Lévêque</w:t>
+                <w:t xml:space="preserve">Noemie Tence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Thille</w:t>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Brunet</w:t>
+                <w:t xml:space="preserve">Florence Nicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoletta Pasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms252212199⟩</w:t>
+              <w:t xml:space="preserve">JACC. Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (7), pp.101870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jacadv.2025.101870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831902v1</w:t>
+                <w:t xml:space="preserve">inserm-05537017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalités de conservation et de transport des organes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advantages of Metabolomics-Based Multivariate Machine Learning to Predict Disease Severity: Example of COVID</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Hauet</w:t>
+                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Badet</w:t>
+                <w:t xml:space="preserve">Quentin Blancart-Remaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Thille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (22), pp.12199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms252212199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05204230v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between 5 extractions methods in either plasma or serum to determine the optimal extraction and matrix combination for human metabolomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Dynamic conditioning of porcine kidney grafts with extracellular vesicles derived from urine progenitor cells: A proof‐of‐concept study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Burdeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thierry Hauet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Brishoual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical and Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ctm2.70095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s11658-023-00452-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04249335v1</w:t>
+                <w:t xml:space="preserve">hal-05079026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renal Ischemia Tolerance Mediated by eIF5A Hypusination Inhibition Is Regulated by a Specific Modulation of the Endoplasmic Reticulum Stress</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Duranton</w:t>
+                <w:t xml:space="preserve">VOC-Based Probes, a New Set of Analytical Tools to Monitor Patient Health from Blood Sample. Proof of Concept on Tracking COVID-19 Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Blochouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rony Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahla Araji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Tuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Châtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells12030409⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 95 (31), pp.11572-11577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.3c01732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957746v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Frontiers in Transplantation-Induced Ischemia–Reperfusion Injury</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+                <w:t xml:space="preserve">Modalités de conservation et de transport des organes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (9), pp.964-968</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249519v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05204230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VOC-Based Probes, a New Set of Analytical Tools to Monitor Patient Health from Blood Sample. Proof of Concept on Tracking COVID-19 Infection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nahla Araji</w:t>
+                <w:t xml:space="preserve">Comparison between 5 extractions methods in either plasma or serum to determine the optimal extraction and matrix combination for human metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Blancart-Remaury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Tuo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Châtre</w:t>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cellular and Molecular Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (1), pp.43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s11658-023-00452-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.3c01732⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04508245v1</w:t>
+                <w:t xml:space="preserve">hal-04249335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problematic rise of vitamin B6 supplementation overuse and potential risk to bariatric surgery patients</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renal Ischemia Tolerance Mediated by eIF5A Hypusination Inhibition Is Regulated by a Specific Modulation of the Endoplasmic Reticulum Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Dupuis</w:t>
+                <w:t xml:space="preserve">Nicolas Melis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souleiman El Balkhi</w:t>
+                <w:t xml:space="preserve">Isabelle Rubera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duranton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nut.2022.111738⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (3), pp.409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells12030409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097899v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to improve results after DCD (donation after circulation death)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular Frontiers in Transplantation-Induced Ischemia–Reperfusion Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Presse Médicale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lpm.2022.104143⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (4), pp.3450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms24043450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097897v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservation of Organs to Be Transplanted: An Essential Step in the Transplant Process</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lionel Badet</w:t>
+                <w:t xml:space="preserve">Problematic rise of vitamin B6 supplementation overuse and potential risk to bariatric surgery patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bourmeyster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Pasini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souleiman El Balkhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23094989⟩</w:t>
+              <w:t xml:space="preserve">Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 102, pp.111738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nut.2022.111738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04522310v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Markers of Kidney Transplantation Outcome: Current Omics Tools and Future Developments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">How to improve results after DCD (donation after circulation death)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Kerforne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23116318⟩</w:t>
+              <w:t xml:space="preserve">La Presse Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 51 (4), pp.104143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lpm.2022.104143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097900v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High throughput proteomic exploration of hypothermic preservation reveals active processes within the cell associated with cold ischemia kinetic</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Molecular Markers of Kidney Transplantation Outcome: Current Omics Tools and Future Developments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 22 (5), pp.1-26. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22052384⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 23 (11), pp.6318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms23116318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03313190v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative Stress Evaluation in Ischemia Reperfusion Models: Characteristics, Limits and Perspectives</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrick Trouillas</w:t>
+                <w:t xml:space="preserve">Preservation of Organs to Be Transplanted: An Essential Step in the Transplant Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Hannaert</w:t>
+                <w:t xml:space="preserve">Benoit Barrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 22 (5), pp.2366. </w:t>
+              <w:t xml:space="preserve">, 2022, 23 (9), pp.4989. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22052366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms23094989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03224524v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro/Ex Vivo Models for the Study of Ischemia Reperfusion Injury during Kidney Perfusion</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oxidative Stress Evaluation in Ischemia Reperfusion Models: Characteristics, Limits and Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Cau</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pauline Chazelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Steichen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Trouillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hannaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 21 (21), pp.8156. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21218156⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 22 (5), pp.2366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22052366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102520v1</w:t>
+                <w:t xml:space="preserve">hal-03224524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tannic Acid Improves Renal Function Recovery after Renal Warm Ischemia–Reperfusion in a Rat Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Faye</w:t>
+                <w:t xml:space="preserve">High throughput proteomic exploration of hypothermic preservation reveals active processes within the cell associated with cold ischemia kinetic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Pasini-Chabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassim Kaaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom10030439⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (5), pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22052384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513505v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donor anti-complement therapy: Complement-ing the protection array?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+                <w:t xml:space="preserve">In Vitro/Ex Vivo Models for the Study of Ischemia Reperfusion Injury during Kidney Perfusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ajt.15834⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (21), pp.8156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21218156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097904v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Liver Quality after Circulatory Death versus Brain Death: A Comparative Preclinical Pig Model Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Donor anti-complement therapy: Complement-ing the protection array?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21239040⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (6), pp.1473-1474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ajt.15834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097903v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of the natural oxygen transporter HEMO 2 life ® in cold preservation in a preclinical porcine model of donation after cardiac death</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tannic Acid Improves Renal Function Recovery after Renal Warm Ischemia–Reperfusion in a Rat Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Leize</w:t>
+                <w:t xml:space="preserve">Louise Alechinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Cechova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Inal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tri.13434⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (3), pp.439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom10030439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02346828v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">False paraprotein-induced hypoglycemia in the measurement of glucose by the hexokinase method</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Liver Quality after Circulatory Death versus Brain Death: A Comparative Preclinical Pig Model Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bruneval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Tomasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/abc.2019.1465⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (23), pp.9040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21239040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097908v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging therapeutic strategies for transplantation-induced acute kidney injury: protecting the organelles and the vascular bed</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jacques Kaminski</w:t>
+                <w:t xml:space="preserve">Preclinical Modeling of DCD Class III Donation: Paving the Way for the Increased Use of This Challenging Donor Type</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Soussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Opinion on Therapeutic Targets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14728222.2019.1609451⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2019/5924101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153427v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid or slow time to brain death? Impact on kidney graft injuries in an allotransplantation porcine model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Couturier</w:t>
+                <w:t xml:space="preserve">Emerging therapeutic strategies for transplantation-induced acute kidney injury: protecting the organelles and the vascular bed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Melis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Steichen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yse Sauvageon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Kaminski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20153671⟩</w:t>
+              <w:t xml:space="preserve">Expert Opinion on Therapeutic Targets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (6), pp.495-509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14728222.2019.1609451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02270575v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical Modeling of DCD Class III Donation: Paving the Way for the Increased Use of This Challenging Donor Type</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Rapid or slow time to brain death? Impact on kidney graft injuries in an allotransplantation porcine model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2019/5924101⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (15), pp.3671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20153671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279411v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02270575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic transcriptomic analysis of ischemic injury in a porcine pre-clinical model mimicking donors deceased after circulatory death</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Labourdette</w:t>
+                <w:t xml:space="preserve">Efficacy of the natural oxygen transporter HEMO 2 life ® in cold preservation in a preclinical porcine model of donation after cardiac death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Kaminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hannaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelsalam Kasil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Leize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 32, pp.20. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tri.13379⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 32 (9), pp.985-996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.13434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154350v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining the optimal duration for normothermic regional perfusion in the kidney donor: A porcine preclinical study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Ameteau</w:t>
+                <w:t xml:space="preserve">False paraprotein-induced hypoglycemia in the measurement of glucose by the hexokinase method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Sauvageon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fraissinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Dreyfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ajt.15063⟩</w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 77 (4), pp.439-445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2019.1465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948305v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vectisol formulation enhances solubility of resveratrol and brings its benefits to kidney transplantation in a preclinical porcine model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ysé Sauvageon</w:t>
+                <w:t xml:space="preserve">Dynamic transcriptomic analysis of ischemic injury in a porcine pre-clinical model mimicking donors deceased after circulatory death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Steichen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Labourdette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20092268⟩</w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32, pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.13379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968028v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preventing acute kidney injury during transplantation: the application of novel oxygen carriers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdelsalam Kasil</w:t>
+                <w:t xml:space="preserve">Defining the optimal duration for normothermic regional perfusion in the kidney donor: A porcine preclinical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ameteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Opinion on Investigational Drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13543784.2019.1628217⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (3), pp.737-751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ajt.15063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620049v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Optimal PEG for Kidney Preservation: A Preclinical Porcine Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Barrou</w:t>
+                <w:t xml:space="preserve">Vectisol formulation enhances solubility of resveratrol and brings its benefits to kidney transplantation in a preclinical porcine model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Soussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Baulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ysé Sauvageon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 19 (2), pp.454. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms19020454⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 20 (9), pp.2268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20092268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01762477v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of hypothermia and oxygen deprivation on the cytoskeleton in organ preservation models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Preventing acute kidney injury during transplantation: the application of novel oxygen carriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Matillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Kaminski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelsalam Kasil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2018/8926724⟩</w:t>
+              <w:t xml:space="preserve">Expert Opinion on Investigational Drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (7), pp.643-657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13543784.2019.1628217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629132v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoding cold ischaemia time impact on kidney graft: the kinetics of the unfolded protein response pathways</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of hypothermia and oxygen deprivation on the cytoskeleton in organ preservation models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artificial Cells, Nanomedicine, and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21691401.2018.1518908⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2018/8926724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01913845v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barriers and Advances in Kidney Preservation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Badet</w:t>
+                <w:t xml:space="preserve">The Optimal PEG for Kidney Preservation: A Preclinical Porcine Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Codas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2018/9206257⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (2), pp.454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms19020454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02346840v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01762477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic transcriptomic analysis of Ischemic Injury in a Porcine Pre-Clinical Model mimicking Donors Deceased after Circulatory Death</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Decoding cold ischaemia time impact on kidney graft: the kinetics of the unfolded protein response pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Pasini-Chabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Labourdette</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Volmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-24282-6⟩</w:t>
+              <w:t xml:space="preserve">Artificial Cells, Nanomedicine, and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (sup3), pp.1 - 13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21691401.2018.1518908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01791235v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protecting the mitochondria against ischemia reperfusion: A gassy solution?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Barriers and Advances in Kidney Preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Steichen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Barrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ajt.14150⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2018/9206257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594878v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02346840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">6E11, a highly selective inhibitor of Receptor-Interacting Protein Kinase 1, protects cells against cold hypoxia-reoxygenation injury</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Jacquard-Fevai</w:t>
+                <w:t xml:space="preserve">Dynamic transcriptomic analysis of Ischemic Injury in a Porcine Pre-Clinical Model mimicking Donors Deceased after Circulatory Death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Steichen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Labourdette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.12931. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-12788-4⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 8, pp.5986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-24282-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01616456v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01791235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une personnalisation de la conservation des greffons rénaux ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Protecting the mitochondria against ischemia reperfusion: A gassy solution?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Pinsard</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nephro.2016.02.020⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (2), pp.313-314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ajt.14150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01601902v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of complement improves graft outcome in a pig model of kidney autotransplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+                <w:t xml:space="preserve">6E11, a highly selective inhibitor of Receptor-Interacting Protein Kinase 1, protects cells against cold hypoxia-reoxygenation injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delehouzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leverrier-Penna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Le Cann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jacquard-Fevai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.12931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-12788-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12967-016-1013-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01928671v1</w:t>
+                <w:t xml:space="preserve">hal-01616456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of preservation temperature on endothelial cells and kidney phenotypes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers une personnalisation de la conservation des greffons rénaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pinsard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tri.12493⟩</w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (6), pp.437-442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2016.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01244497v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kidney graft outcome using an anti-Xa therapeutic strategy in an experimental model of severe ischaemia-reperfusion injury</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Inhibition of complement improves graft outcome in a pig model of kidney autotransplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Ameteau</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Saintyves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bjs.9662⟩</w:t>
+              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (1), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12967-016-1013-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01928106v1</w:t>
+                <w:t xml:space="preserve">hal-01928671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of preservation temperature on endothelial cells and kidney phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coudroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Quellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 28, pp.308</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 28 (S1), pp.16-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.12493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02630173v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01244497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additives to preservation solutions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Kidney graft outcome using an anti-Xa therapeutic strategy in an experimental model of severe ischaemia-reperfusion injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ameteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progrès en Urologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1166-7087(14)70061-2⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 102 (1), pp.132 - 142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bjs.9662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05140749v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of warm ischaemia combined with cold preservation on the hypoxia-inducible factor 1α pathway in an experimental renal autotransplantation model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Jayle</w:t>
+                <w:t xml:space="preserve">Influence of preservation temperature on endothelial cells and kidney phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenne Tillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Coudroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Surgery</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 28, pp.308</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01928078v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemic pre- and post-conditioning : current clinical applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cyclodextrin Curcumin Formulation Improves Outcome in a Preclinical Pig Model of Marginal Kidney Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Chatauret</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">R. Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Saintyves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progrès en Urologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1166-7087(14)70065-X⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (5), pp.1073 - 1083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ajt.12661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01930321v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclodextrin Curcumin Formulation Improves Outcome in a Preclinical Pig Model of Marginal Kidney Transplantation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Additives to preservation solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Saintyves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ajt.12661⟩</w:t>
+              <w:t xml:space="preserve">Progrès en Urologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24, pp.S31-S36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1166-7087(14)70061-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925025v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of perfusates during hypothermic machine perfusion by NMR spectroscopy: a potential tool for predicting kidney graft outcome.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+                <w:t xml:space="preserve">Effects of warm ischaemia combined with cold preservation on the hypoxia-inducible factor 1α pathway in an experimental renal autotransplantation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Hebrard</w:t>
+                <w:t xml:space="preserve">S. Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Boildieu</w:t>
+                <w:t xml:space="preserve">L. Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0000000000000046⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 101 (13), pp.1739 - 1750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bjs.9611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01057477v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polynomial algebra reveals diverging roles of the unfolded protein response in endothelial cells during ischemia-reperfusion injury</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Volmer</w:t>
+                <w:t xml:space="preserve">Ischemic pre- and post-conditioning : current clinical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Saint Yves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chatauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.febslet.2014.05.065⟩</w:t>
+              <w:t xml:space="preserve">Progrès en Urologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24, pp.S56 - S61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1166-7087(14)70065-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928041v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of active oxygenation during hypothermic machine perfusion of kidneys in a preclinical model of deceased after cardiac death donors.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Analysis of perfusates during hypothermic machine perfusion by NMR spectroscopy: a potential tool for predicting kidney graft outcome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Hebrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Barrou</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Boildieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Surgical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jss.2013.04.071⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97 (8), pp.810-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0000000000000046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-00871250v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01057477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ischémie reperfusion : Acteur essentiel du devenir du greffon rénal</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+                <w:t xml:space="preserve">Polynomial algebra reveals diverging roles of the unfolded protein response in endothelial cells during ischemia-reperfusion injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Dimitrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hannaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Konovalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Volmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2013292016⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 588 (17), pp.3062 - 3067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.febslet.2014.05.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00871213v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of warm ischemia on innate and adaptive responses in a preclinical renal auto-transplanted porcine model.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+                <w:t xml:space="preserve">Benefits of active oxygenation during hypothermic machine perfusion of kidneys in a preclinical model of deceased after cardiac death donors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Celhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Hebrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1479-5876-11-129⟩</w:t>
+              <w:t xml:space="preserve">Journal of Surgical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 184 (2), pp.1174-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jss.2013.04.071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00827220v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00871250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic renoprotective effect of pulsatile perfusion machine RM3 and IGL-1 solution in a preclinical kidney transplantation model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Page</w:t>
+                <w:t xml:space="preserve">L’ischémie reperfusion : Acteur essentiel du devenir du greffon rénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chatauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1479-5876-10-233⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (2), pp.183-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2013292016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00773201v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00871213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental Expression of the Translocator Protein 18 kDa (TSPO) in Testicular Germ Cells</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Role of warm ischemia on innate and adaptive responses in a preclinical renal auto-transplanted porcine model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Molecular Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1), pp.129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1479-5876-11-129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/156652412800163389⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05099468v1</w:t>
+                <w:t xml:space="preserve">inserm-00827220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Early Regenerative Processes in a Preclinical Pig Model of Acute Kidney Injury</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">René Robert</w:t>
+                <w:t xml:space="preserve">Concentration and chain length of polyethylene glycol in islet isolation solution: evaluation in a pancreatic islet transplantation model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Nadeau</w:t>
+                <w:t xml:space="preserve">Yann Neuzillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Eugene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1566524011207040502⟩</w:t>
+              <w:t xml:space="preserve">Cell Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (9), pp.2079-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3727/096368912X638928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642711v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00871259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New strategies to optimize kidney recovery and preservation in transplantation.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of Translocator Protein in Renal Ischemia Reperfusion, Renal Preservation and Acute Kidney Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Nephrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (4), pp.413 - 425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/156652412800163433⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nrneph.2012.83⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00871237v1</w:t>
+                <w:t xml:space="preserve">hal-02649562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concentration and chain length of polyethylene glycol in islet isolation solution: evaluation in a pancreatic islet transplantation model.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Chronic renoprotective effect of pulsatile perfusion machine RM3 and IGL-1 solution in a preclinical kidney transplantation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Eugene</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Codas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Lathelize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3727/096368912X638928⟩</w:t>
+              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (1), pp.233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1479-5876-10-233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00871259v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00773201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Translocator Protein in Renal Ischemia Reperfusion, Renal Preservation and Acute Kidney Injury</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Hauet</w:t>
+                <w:t xml:space="preserve">Developmental Expression of the Translocator Protein 18 kDa (TSPO) in Testicular Germ Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurpreet Manku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne M. Rhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Culty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Molecular Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 12 (4), pp.413 - 425. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/156652412800163433⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 12 (4), pp.467-475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/156652412800163389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02649562v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Long-Term Outcome in Allograft Transplantation: Role of Ionic Composition and Polyethylene Glycol</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Early Regenerative Processes in a Preclinical Pig Model of Acute Kidney Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thibault Desurmont</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3182090fa3⟩</w:t>
+              <w:t xml:space="preserve">Current Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (4), pp.502 - 505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1566524011207040502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642580v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemia reperfusion : an unavoidable phase of transplant procedures</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">New strategies to optimize kidney recovery and preservation in transplantation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chatauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Nationale de Médecine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0001-4079(19)32037-0⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (6), pp.339-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nrneph.2012.83⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645229v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00871237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of polyethylene glycol-based preservation solutions on graft injury in experimental kidney transplantation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+                <w:t xml:space="preserve">Contribution of Large Pig for Renal Ischemia-Reperfusion and Transplantation Studies: The Preclinical Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chatauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Denis Milan</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Maiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bjs.7332⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedicine and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2011 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2011/532127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01211937v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02650499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supplementation With a New Therapeutic Oxygen Carrier Reduces Chronic Fibrosis and Organ Dysfunction in Kidney Static Preservation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preservation strategies to reduce ischemic injury in kidney transplantation: pharmacological and genetic approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chatauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2011.03614.x⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Organ Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16 (2), pp.180 - 187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MOT.0b013e3283446b1d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01250926v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trophic Factor and FR167653 Supplementation During Cold Storage Rescue Chronic Renal Injury</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
+                <w:t xml:space="preserve">Improving Long-Term Outcome in Allograft Transplantation: Role of Ionic Composition and Polyethylene Glycol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Desurmont</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michel Scepi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Urology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.juro.2010.10.032⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 91 (6), pp.605 - 614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3182090fa3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645427v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renoprotective effect of pulsatile perfusion machine RM3: pathophysiological and kidney injury biomarker characterization in a preclinical model of autotransplanted pig</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Ischemia reperfusion : an unavoidable phase of transplant procedures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Badet</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Tillement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BJU International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de l'Académie Nationale de Médecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 195 (4-5), pp.831 - 842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0001-4079(19)32037-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1464-410X.2011.10393.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05097913v1</w:t>
+                <w:t xml:space="preserve">hal-02645229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of machine perfusion benefits in kidney grafts: a preclinical study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michel Eugene</w:t>
+                <w:t xml:space="preserve">Supplementation With a New Therapeutic Oxygen Carrier Reduces Chronic Fibrosis and Organ Dysfunction in Kidney Static Preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Milin</w:t>
+                <w:t xml:space="preserve">D. Dutheil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T. N. Trieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1479-5876-9-15⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (9), pp.1845-1860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2011.03614.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00663684v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservation strategies to reduce ischemic injury in kidney transplantation: pharmacological and genetic approaches</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of polyethylene glycol-based preservation solutions on graft injury in experimental kidney transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Organ Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MOT.0b013e3283446b1d⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 98 (3), pp.368-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bjs.7332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644083v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Large Pig for Renal Ischemia-Reperfusion and Transplantation Studies: The Preclinical Model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Maiga</w:t>
+                <w:t xml:space="preserve">Trophic Factor and FR167653 Supplementation During Cold Storage Rescue Chronic Renal Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Desurmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Scepi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedicine and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2011/532127⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Urology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 185 (3), pp.1139 - 1146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.juro.2010.10.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650499v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdependence of Platelet-Derived Growth Factor and Estrogen-Signaling Pathways in Inducing Neonatal Rat Testicular Gonocytes Proliferation1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Renoprotective effect of pulsatile perfusion machine RM3: pathophysiological and kidney injury biomarker characterization in a preclinical model of autotransplanted pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Codas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Badet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.109.081729⟩</w:t>
+              <w:t xml:space="preserve">BJU International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109 (1), pp.141-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1464-410X.2011.10393.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097919v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-thrombin therapy during warm ischemia and cold preservation prevents chronic kidney graft fibrosis in a DCD model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Analysis of machine perfusion benefits in kidney grafts: a preclinical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Vaziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Eugene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Milin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Manguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2009.02924.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 9 (1), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1479-5876-9-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667085v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00663684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrombin inhibition during kidney ischemia-reperfusion reduces chronic graft inflammation and tubular atrophy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Anti-thrombin therapy during warm ischemia and cold preservation prevents chronic kidney graft fibrosis in a DCD model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Milin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3181d72117⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (1), pp.30-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2009.02924.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668877v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypothermic machine perfusion of DCD kydneys: the role of oxygen in recovery from IR-injury</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Interdependence of Platelet-Derived Growth Factor and Estrogen-Signaling Pathways in Inducing Neonatal Rat Testicular Gonocytes Proliferation1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Henri Leuvenink</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monty Mazer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurpreet Manku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Boisvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (5), pp.825-836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.109.081729⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654843v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renal Protective Effect of Metabolic Therapy in Patients with Coronary Artery Disease and Diabetes: From Bench to Bed Side</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Thrombin inhibition during kidney ischemia-reperfusion reduces chronic graft inflammation and tubular atrophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Celhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Macchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Milin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/138161209787582110⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 90 (6), pp.612 - 621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3181d72117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097894v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression and modulation of translocator protein and its partners by hypoxia reoxygenation or ischemia and reperfusion in porcine renal models</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Keqiang Zhang</w:t>
+                <w:t xml:space="preserve">Changes in MAPK pathway in neonatal and adult testis following fetal estrogen exposure and effects on rat testicular cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Desurmont</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gurpreet Manku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Culty</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology. Renal Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/ajprenal.90422.2008⟩</w:t>
+              <w:t xml:space="preserve">Microscopy Research and Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 72 (11), pp.773-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jemt.20756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661468v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of pulsatile perfusion machine RM3 for kidney preservation in a swine model of renal autotransplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Thuillier</w:t>
+                <w:t xml:space="preserve">Direct Thrombin Inhibitor Prevents Delayed Graft Function in a Porcine Model of Renal Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Belliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Hebrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.transproceed.2009.08.045⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 87 (11), pp.1636-1644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3181a5b154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02668611v1</w:t>
+                <w:t xml:space="preserve">hal-02662887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of nephron mass and a phosphorylated 38 mitogen-activated protein kinase inhibitor on the development of early and long-term injury after renal warm ischaemia</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.M. Goujon</w:t>
+                <w:t xml:space="preserve">Renal Protective Effect of Metabolic Therapy in Patients with Coronary Artery Disease and Diabetes: From Bench to Bed Side</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Richer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Tillement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 96 (7), pp.799-808. </w:t>
+              <w:t xml:space="preserve">Current Pharmaceutical Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15 (8), pp.863-882. </w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/bjs.6589⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/138161209787582110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02661606v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in MAPK pathway in neonatal and adult testis following fetal estrogen exposure and effects on rat testicular cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Hypothermic machine perfusion of DCD kydneys: the role of oxygen in recovery from IR-injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arjan van der Plaats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Hébrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Leuvenink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy Research and Technique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (Suppl. 2), pp.257-258</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097925v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Thrombin Inhibitor Prevents Delayed Graft Function in a Porcine Model of Renal Transplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cédric Nadeau</w:t>
+                <w:t xml:space="preserve">Expression and modulation of translocator protein and its partners by hypoxia reoxygenation or ischemia and reperfusion in porcine renal models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keqiang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Desurmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Manguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0b013e3181a5b154⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology. Renal Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 297 (1), pp.F177-F190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajprenal.90422.2008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662887v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Utero Exposure to Di-(2-ethylhexyl) Phthalate Exerts Both Short-Term and Long-Lasting Suppressive Effects on Testosterone Production in the Rat1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Martinez-Arguelles</w:t>
+                <w:t xml:space="preserve">Evaluation of pulsatile perfusion machine RM3 for kidney preservation in a swine model of renal autotransplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Codas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Eugene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.107.065649⟩</w:t>
+              <w:t xml:space="preserve">Transplantation Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 41 (8), pp.3296-3298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.transproceed.2009.08.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097927v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interleukin-13 is Expressed in Mouse Kidney Allograft Rejection and Mediates Proliferation of Renal Tubular Epithelium In Vitro</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of nephron mass and a phosphorylated 38 mitogen-activated protein kinase inhibitor on the development of early and long-term injury after renal warm ischaemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Richer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epithelial Biology &amp; Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British Journal of Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 96 (7), pp.799-808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bjs.6589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1875044300801010008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05099464v1</w:t>
+                <w:t xml:space="preserve">hal-02661606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connective Tissue Growth Factor is a Biomarker and Mediator of Kidney Allograft Fibrosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">In Utero Exposure to Di-(2-ethylhexyl) Phthalate Exerts Both Short-Term and Long-Lasting Suppressive Effects on Testosterone Production in the Rat1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Culty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Phillip Ruiz</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Martinez-Arguelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78 (6), pp.1018-1028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.107.065649⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2006.01493.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05097916v1</w:t>
+                <w:t xml:space="preserve">hal-05097927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prenatal Estrogen Exposure Differentially Affects Estrogen Receptor-Associated Proteins in Rat Testis Gonocytes1</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Interleukin-13 is Expressed in Mouse Kidney Allograft Rejection and Mediates Proliferation of Renal Tubular Epithelium In Vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martine Culty</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orlena Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roslyn B. Mannon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.104.030205⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epithelial Biology &amp; Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1, pp.8-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1875044300801010008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097929v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prenatal Exposure to Estrogenic Compounds Alters the Expression Pattern of Platelet-Derived Growth Factor Receptors α and β in Neonatal Rat Testis: Identification of Gonocytes as Targets of Estrogen Exposure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Connective Tissue Growth Factor is a Biomarker and Mediator of Kidney Allograft Fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith M. Sampson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Schultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (10), pp.2292-2306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2006.01493.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prenatal Estrogen Exposure Differentially Affects Estrogen Receptor-Associated Proteins in Rat Testis Gonocytes1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Culty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 71 (5), pp.1652-1664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.104.030205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prenatal Exposure to Estrogenic Compounds Alters the Expression Pattern of Platelet-Derived Growth Factor Receptors α and β in Neonatal Rat Testis: Identification of Gonocytes as Targets of Estrogen Exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Culty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2003, 68 (3), pp.867-880. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1095/biolreprod.102.009605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10007,6281 +10275,6281 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplémentation vitaminique et risque de surcharge suite à la chirurgie bariatrique : cas de la vitamine B6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée scientifiques SFERETE – SFVB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société française Vitamines et Biofacteurs (SFVB); Société francophone d'étude et de recherche sur les éléments toxiques et essentiels (SFERETE), Dec 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endothelial glycocallix and its role in IRI</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">La mitochondrie au cœur de la préservation : a-t-elle les reins assez solides pour ne pas s'époumoner ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Meeting on Ischemia Reperfusion in Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Club de la Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lilles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099544v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High throughput Proteomic Exploration of Hypothermic Preservation reveals Dynamic Processes within the Cell interconnected to Cold Ischemia Time</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Endothelial glycocallix and its role in IRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th World Congress of the International-Pancreas-and-Islet-Transplant-Association (IPITA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Meeting on Ischemia Reperfusion in Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Poitiers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734673v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical Modeling of DCD class III Donation and Evaluation of the Most Adapted Preservation Protocol: Paving the Way for the Increased Use of this Challenging Donor Type</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Barrou</w:t>
+                <w:t xml:space="preserve">High throughput Proteomic Exploration of Hypothermic Preservation reveals Dynamic Processes within the Cell interconnected to Cold Ischemia Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Pasini-Chabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassim Kaaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th World Congress of the International-Pancreas-and-Islet-Transplant-Association (IPITA) 27th International Congress of the Transplantation-Society (TTS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/01.tp.0000543823.93493.ce⟩</w:t>
+              <w:t xml:space="preserve">14th World Congress of the International-Pancreas-and-Islet-Transplant-Association (IPITA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Monterey (Californie), United States. pp.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.tp.0000543683.05650.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737875v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mitochondrie au cœur de la préservation : a-t-elle les reins assez solides pour ne pas s'époumoner ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Preclinical Modeling of DCD class III Donation and Evaluation of the Most Adapted Preservation Protocol: Paving the Way for the Increased Use of this Challenging Donor Type</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Soussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Barrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club de la Transplantation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th World Congress of the International-Pancreas-and-Islet-Transplant-Association (IPITA) 27th International Congress of the Transplantation-Society (TTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Madrid, Spain. pp.1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.tp.0000543823.93493.ce⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099553v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cibles de la néphroprotection contre les lésions d’ischémie reperfusion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Mitochondria: target and key player during Ischemia Reperfusion in Organ Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Week-end du Réseau des Infarctus de Reperfusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau des Infarctus de Reperfusion, 2017, Nazelles-Négron, France</w:t>
+              <w:t xml:space="preserve">IHU Liryc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut hospitalo-universitaire des maladies du rythme cardiaque (IHU Liryc), 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099545v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondria: target and key player during Ischemia Reperfusion in Organ Transplantation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Les cibles de la néphroprotection contre les lésions d’ischémie reperfusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHU Liryc</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut hospitalo-universitaire des maladies du rythme cardiaque (IHU Liryc), 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Week-end du Réseau des Infarctus de Reperfusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau des Infarctus de Reperfusion, 2017, Nazelles-Négron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099549v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the endoplasmic reticulum in cell survival during cold ischemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fate and role of the cytoskeletton during cold ischemia</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-fat diet promotes early vascular remodeling in a renal porcine auto-transplantation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souleymane Maïga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tackwa Khalifeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Congress of the European Society for Organ Transplantation : From the heart of Europe to the world of transplantation (ESOT 2015)</w:t>
+              <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740330v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-fat diet promotes early vascular remodeling in a renal porcine auto-transplantation model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fate and role of the cytoskeletton during cold ischemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
+              <w:t xml:space="preserve">17th Congress of the European Society for Organ Transplantation : From the heart of Europe to the world of transplantation (ESOT 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744213v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High throughput proteomic exploration of cold ischemia mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Tillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Eugene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of coagulation proteases xa and iia on ischemia reperfusion injuries in renal transplantation model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cell atp and viability alterations induced by ischemia-reperfusion in the renal cortex: an agent-based computer model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Guillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hannaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743470v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell atp and viability alterations induced by ischemia-reperfusion in the renal cortex: an agent-based computer model</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Inhibition of coagulation proteases xa and iia on ischemia reperfusion injuries in renal transplantation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenne Tillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Saintyves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Ameteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Joffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740333v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recombinant C1INH Reduces Ischemia Reperfusion-Induced Immune Response and Improves Kidney Graft Outcome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Saintyves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Danion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin van Amersfoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Transplant Congress 2014 (WTC 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Transplantation Society (TTS), Jul 2014, San Francisco (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Ischemia Reperfusion Mechanisms at the Cellular Level: the Unfolded Protein Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Transplant Congress 2014 (WTC 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); The Transplantation Society (TTS); American Society of Transplantation (AST), Jul 2014, San Francisco (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dose efficacy of the natural oxygen transporter HEMO2Life in organ preservation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Influence du stress du réticulum endoplasmique sur la survie cellulaire pendant l’ischémie froide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th ESOT Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Society Of Transplantation (ESOT), Sep 2013, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Congrès de l’ANPMCB 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association nationale des professeurs et maitres de conférences biochimistes des UFR médicales (ANPMCB), 2013, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05144820v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recombinant C1 inhibitor limits ischemia reperfusion injury and improves graft outcomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Dose efficacy of the natural oxygen transporter HEMO2Life in organ preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dutheil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Polard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Zal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th ESOT Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The European Society Of Transplantation (ESOT), Sep 2013, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099430v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05144820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du stress du réticulum endoplasmique sur la survie cellulaire pendant l’ischémie froide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Recombinant C1 inhibitor limits ischemia reperfusion injury and improves graft outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Saintyves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin van Amersfoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’ANPMCB 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association nationale des professeurs et maitres de conférences biochimistes des UFR médicales (ANPMCB), 2013, Poitiers, France</w:t>
+              <w:t xml:space="preserve">16th ESOT Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Society Of Transplantation (ESOT), Sep 2013, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099346v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organ preservation revisited: anticoagulation rescues borderline kidney grafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Tillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Petitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Meeting on Ischemia Reperfusion Injuries in Transplantation (IMIRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de la Santé et de la Recherche Médicale (INSERM). U1082, IRTOMIT, Poitiers, FRA., May 2012, Poitiers, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1432-2277.2012.01479.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New trends for additives to preservation solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Meeting on Ischemia Reperfusion in Transplantation (IMIRT 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ischémie Reperfusion en Transplantation d’Organes Mécanismes et Innovations Thérapeutiques (IRTOMIT, UMR U1082), May 2012, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The final showdown: preclinical comparison between perfusion machines ORS Lifeport and Waters RM3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Codas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Meeting on Ischemia Reperfusion Injuries in Transplantation (IMIRT 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02749517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New aspects of cell metabolism during IRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Meeting on Ischemia Reperfusion in Transplantation (IMIRT 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ischémie Reperfusion en Transplantation d’Organes Mécanismes et Innovations Thérapeutiques (IRTOMIT, UMR U1082), May 2012, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New anticoagulant improves early and long term kidney graft function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Tillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Mauco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Annual congress of the French Speaking Society of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, French Speaking Society of Transplantation. FRA., Dec 2012, Nantes, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tri.12030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemo2Life (R), a dedicated oxygen carrier, optimizes static kidney preservation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The best peg for organ preservation? A preclinical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Allain</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Puichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Valagier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congress of the ESOT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom. 387 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1432-2277.2011.01349.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749413v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HemO2Life, a Dedicated Oxygen Carrier, Optimizes Static Kidney Preservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Dutheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trieu Minh Tri Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AST Annual Scientific Exchange (ASE 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The American Transplantation Society (ATS), Dec 2011, San Antonio (Texas), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved short and long term function of DCD kidneys with oxygenated machine perfusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leuvenink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congress of the ESOT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom. 387 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1432-2277.2011.01346.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A therapy to make borderline grafts suitable: curcumin supplementation optimises function recovery and outcome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Hemo2Life (R), a dedicated oxygen carrier, optimizes static kidney preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Etienne Marchand</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dutheil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trieu Minh Tri Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congress of the ESOT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom. 387 p</w:t>
+              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747751v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The best peg for organ preservation? A preclinical study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A therapy to make borderline grafts suitable: curcumin supplementation optimises function recovery and outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Trieu Min Trih Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Benoit Barrou</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Lathelize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congress of the ESOT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom. 387 p., </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2011, Glasgow, United Kingdom. 387 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746787v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curcumin treatment during preservation improves long term graft outcome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Improving Kidney Preservation: Marine Worm Hemoglobin Supplementation Rescues Ischemia Reperfusion Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trieu Minh Tri Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Valagier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dutheil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Zal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Transplantation Society (TTS), Aug 2010, Vancouver (British Columbia), United Kingdom</w:t>
+              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099318v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemia Reperfusion Injury Therapy: Anticoagulant during Preservation Rescues Chronic Kidney Inflammation, Fibrosis and Graft Loss</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Oxygenated Machine Perfusion of DCD Kidneys: towards further reducing DGF and improving graft quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
+              <w:t xml:space="preserve">Joint 6th ELITA-ELTR 5th NHBD Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099420v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-thrombin Therapy During Warm Ischemia and Cold Preservation Prevents Chronic Kidney Graft Fibrosis in a NHBD Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Diagnosing Ischemia Reperfusion Injury: Analysis of Severity Markers in a Pig Model of Kidney Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Nadeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint 6th ELITA-ELTR and 5th NHBD Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Society for Organ Transplantation-European Liver and Intestine Transplant Association (ELITA-ELTR), May 2010, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099531v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosing ischemia reperfusion injury: analysis of severity markers in a pig model of kidney transplantation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Anti-thrombin Therapy During Warm Ischemia and Cold Preservation Prevents Chronic Kidney Graft Fibrosis in a NHBD Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Milin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Transplantation Society Congress (TSS), Aug 2010, Vancouver (British Columbia), Canada</w:t>
+              <w:t xml:space="preserve">Joint 6th ELITA-ELTR and 5th NHBD Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society for Organ Transplantation-European Liver and Intestine Transplant Association (ELITA-ELTR), May 2010, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099314v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Way to Better Grafts: Curcumin Supplementation Improves Graft Outcome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Curcumin treatment during preservation improves long term graft outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lathelize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaakko Parkkinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauri Vaahtera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
+              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Transplantation Society (TTS), Aug 2010, Vancouver (British Columbia), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099426v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving kidney preservation: HEMO2Life® supplementation rescues ischemia reperfusion injury</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Ischemia Reperfusion Injury Therapy: Anticoagulant during Preservation Rescues Chronic Kidney Inflammation, Fibrosis and Graft Loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Celhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Transplantation Society (TTS), Aug 2010, Vancouver (British Columbia), Canada</w:t>
+              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099303v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemia reperfusion injury therapy: inhibitor of coagulation during preservation rescues chronic kidney inflammation, fibrosis and graft loss</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A Way to Better Grafts: Curcumin Supplementation Improves Graft Outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trieu Minh Tri Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Lathelize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaakko Parkkinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauri Vaahtera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Transplantation Society (TTS), Aug 2010, Vancouver (British Columbia), Canada</w:t>
+              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099308v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosing Ischemia Reperfusion Injury: Analysis of Severity Markers in a Pig Model of Kidney Transplantation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Diagnosing ischemia reperfusion injury: analysis of severity markers in a pig model of kidney transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Rossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
+              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Transplantation Society Congress (TSS), Aug 2010, Vancouver (British Columbia), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099416v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygenated Machine Perfusion of DCD Kidneys: towards further reducing DGF and improving graft quality</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Improving kidney preservation: HEMO2Life® supplementation rescues ischemia reperfusion injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trieu Minh Tri Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Zal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint 6th ELITA-ELTR 5th NHBD Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Transplantation Society (TTS), Aug 2010, Vancouver (British Columbia), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099299v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Kidney Preservation: Marine Worm Hemoglobin Supplementation Rescues Ischemia Reperfusion Injury</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Ischemia reperfusion injury therapy: inhibitor of coagulation during preservation rescues chronic kidney inflammation, fibrosis and graft loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 American Transplant Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Society of Transplant Surgeons (ASTS); American Society of Transplantation (AST), May 2010, San Diego (California), United States</w:t>
+              <w:t xml:space="preserve">XXIIIth International Congress of the Transplantation Society (TTS 2010 Congress)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Transplantation Society (TTS), Aug 2010, Vancouver (British Columbia), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099422v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understand the machine: mechanistic analysis of the benefits of machine perfusion on diseased after cardiac arrest donors grafts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The story of polyethylene glycol part 1: PEG during cold preservation preserves grafts function.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Hauet</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibeau Desurmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Eugene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Nephrology 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Renal Association–European Dialysis and Transplant Association (ERA-EDTA); International Society of Nephrology (ISN), May 2009, Milan, Italy</w:t>
+              <w:t xml:space="preserve">14th ESOT Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099384v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of IGL1 and MPS in machine perfusion, a Waters RM3 study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Is coagulation the key to ischemia reperfusion injury treatment? Thrombin inhibition rescues chronic kidney fibrosis in autologous kidney transplantation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Celhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Badet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ESOT Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">World Congress of Nephrology (WCN 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Nephrology, May 2009, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099413v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunologic camouflage and extracellular composition protects against ischemia reperfusion injury and allograft fibrosis.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Comparative analysis of IGL1 and MPS in machine perfusion, a Waters RM3 study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Codas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Badet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th ESOT Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099295v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypothermic machine perfusion of DCD kydneys: the role of oxygen in recovery from IR-injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arjan van der Plaats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leuvenink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th ESOT Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05144091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Bmp7 and Hsp70 early markers of chronic kidney graft function? Proteomic and genomic analysis of Ischemia Reperfusion Injury</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Understand the machine: mechanistic analysis of the benefits of machine perfusion on diseased after cardiac arrest donors grafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Celhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ESOT Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">World Congress of Nephrology 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Renal Association–European Dialysis and Transplant Association (ERA-EDTA); International Society of Nephrology (ISN), May 2009, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099385v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of warm and cold ischemia: early Hsp70 expression is associated with better outcome in kidney grafts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Immunologic camouflage and extracellular composition protects against ischemia reperfusion injury and allograft fibrosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Thuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Nephrology 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Renal Association–European Dialysis and Transplant Association (ERA-EDTA); International Society of Nephrology (ISN), May 2009, Milan, Italy</w:t>
+              <w:t xml:space="preserve">14th ESOT Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099372v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Look inside the Machine: Mechanistic Analysis of the Benefits of Machine Perfusion on Non Beating Heart Donors Grafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Transplant Congress 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Transplantation (AST), Jun 2009, Boston (Massachusetts), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The weak spot of Ischemia Reperfusion Injury: Thrombin inhibition rescues chronic kidney inflammation and fibrosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Comparative analysis of warm and cold ischemia: early Hsp70 expression is associated with better outcome in kidney grafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ESOT Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">World Congress of Nephrology 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Renal Association–European Dialysis and Transplant Association (ERA-EDTA); International Society of Nephrology (ISN), May 2009, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099290v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The answer is in machine perfusion: analysis of machine perfusion on donor after cardiac arrest</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Are Bmp7 and Hsp70 early markers of chronic kidney graft function? Proteomic and genomic analysis of Ischemia Reperfusion Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Rossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Émilie Manguy</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Joffrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th ESOT Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099387v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hit Coagulation and the Ischemic Injury Will Fall: Protective Effect of Thrombin Inhibition Against Chronic Kidney Graft Inflammation and Tubular Atrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Transplant Congress (ATC 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Transplantation (AST), May 2009, Boston (Massachusetts), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving DCAD grafts: direct thrombin inhibition prevents delayed graft function and acute injury</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The weak spot of Ischemia Reperfusion Injury: Thrombin inhibition rescues chronic kidney inflammation and fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilach Lerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th ESOT Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099394v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coagulation in kidney graft ischemia reperfusion injury: protective effect of thrombin inhibition against chronic kidney graft inflammation and tubular atrophy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The answer is in machine perfusion: analysis of machine perfusion on donor after cardiac arrest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Vaziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Celhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Nephrology 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Renal Association–European Dialysis and Transplant Association (ERA-EDTA); International Society of Nephrology (ISN), May 2009, Milan, Italy</w:t>
+              <w:t xml:space="preserve">14th ESOT Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099368v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The story of polyethylene glycol part 2: PEG during cold preservation protects against chronic graft fibrosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Improving DCAD grafts: direct thrombin inhibition prevents delayed graft function and acute injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoît Barrou</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Belliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th ESOT Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">, The European Society for Organ Transplantation (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099408v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is coagulation the key to ischemia reperfusion injury treatment? Thrombin inhibition rescues chronic kidney fibrosis in autologous kidney transplantation model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The story of polyethylene glycol part 2: PEG during cold preservation protects against chronic graft fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Manguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibeau Desurmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Barrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Nephrology (WCN 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Nephrology, May 2009, Milan, Italy</w:t>
+              <w:t xml:space="preserve">14th ESOT Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099376v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The story of polyethylene glycol part 1: PEG during cold preservation preserves grafts function.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Coagulation in kidney graft ischemia reperfusion injury: protective effect of thrombin inhibition against chronic kidney graft inflammation and tubular atrophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Eugene</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ESOT Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The European Society Of Transplantation Congress (ESOT), Aug 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">World Congress of Nephrology 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Renal Association–European Dialysis and Transplant Association (ERA-EDTA); International Society of Nephrology (ISN), May 2009, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099405v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is Coagulation the Achilles’ Heel of Ischemia Reperfusion Injury ? Thrombin Inhibition Rescues Chronic Kidney Fibrosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Organ Transplantation Basic Science Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Under a Mac Attack: Macrophages are an Important Agent of Fibrosis in Human Kidney Allografts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Transplant Congress 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Society of Transplantation (AST), 2008, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macrophage Induced Epithelial-Mesenchymal Transformation (EMT) Contributes to Late Kidney Allograft Failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic Science Symposium of The Transplantation Society 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Transplantation Society (TTS), 2007, Halifax, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big Mac Uncovered: Macrophage Induced Epithelial-Mesenchymal Transformation (EMT) Contributes to Late Kidney Allograft Failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roslyn B. Mannon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Transplant Congress 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, San Francisco (California), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big mac attack? Defining the role of IL-13 and macrophage activation in the pathogenesis of chronic allograft nephropathy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Transplant Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16291,420 +16559,420 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of algorithms for predicting survival of a patient treated with extracorporeal membrane oxygenation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Kerforne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2021/204760. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods and compositions for the preservation of organs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2018/024876. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composés permettant la conservation de cellules, tissus et organes, compositions et utilisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bourdeaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3026607. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oligosaccharide conjugates in the prevention of ischemia-reperfusion injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Petitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2012/146774. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16714,154 +16982,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of dose-effect of HEMARINA-M101 in a porcine autotransplanted and perfused kidney model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Hebrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16871,228 +17139,228 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ischemie reperfusion : Concepts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Legendre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Transplantation Rénale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 257-274, Médecine Sciences Publications; Lavoisier, 2011, 978-2-257-20418-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The immunology of chronic allograft injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roslyn B. Mannon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nasimul Ahsan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chronic Allograft Failure: Natural History, Pathogenesis, Diagnosis and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Landes Bioscience, pp.29-38, 2008, 9781587061530 (hardback) ; 9781587061530 (eBook)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05099453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId431"/>
+      <w:footerReference w:type="default" r:id="rId444"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17239,51 +17507,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079026v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Burdeyron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Jordan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brishoual" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.70095" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831902v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Blancart-Remaury" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Thille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252212199" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204230v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249335v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-023-00452-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957746v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Melis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rubera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cougnon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duranton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12030409" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249519v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thuillier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24043450" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508245v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Blochouse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rony Eid" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahla Araji" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tuo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ch&#226;tre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c01732" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097899v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bossard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourmeyster" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pasini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupuis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleiman El Balkhi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2022.111738" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097897v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Allain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2022.104143" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522310v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barrou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23094989" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097900v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23116318" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313190v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Pasini-Chabot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vincent" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Pape" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Kaaki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22052384" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224524v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chazelas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Steichen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Trouillas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hannaert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22052366" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102520v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21218156" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513505v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Alechinsky" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Cechova" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Inal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Faye" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10030439" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097904v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15834" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097903v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bruneval" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tomasi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239040" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346828v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kaminski" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelsalam Kasil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Leize" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13434" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097908v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Sauvageon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fraissinet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dreyfus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2019.1465" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153427v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yse Sauvageon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14728222.2019.1609451" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270575v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Danion" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153671" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279411v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soussi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rod" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Leblanc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Goujon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/5924101" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154350v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Labourdette" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13379" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948305v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ameteau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15063" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968028v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baulier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20092268" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620049v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delpy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Matillon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13543784.2019.1628217" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01762477v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Codas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Manguy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19020454" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629132v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/8926724" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913845v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Volmer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21691401.2018.1518908" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346840v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Steichen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9206257" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791235v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24282-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594878v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.14150" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01616456v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delehouz&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leverrier-Penna" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Cann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquard-Fevai" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12788-4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601902v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinsard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2016.02.020" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GX94SD4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928671v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Saintyves" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-016-1013-7" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244497v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Mallet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Quellard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12493" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928106v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tillet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delpech" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ameteau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.9662" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JFMKWQXM-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630173v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tillet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thierry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140749v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saintyves" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-7087(14)70061-2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928078v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thuillier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Pape" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rossard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jayle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.9611" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HNPKPQ23-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930321v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thuret" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saint Yves" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tillou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chatauret" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-7087(14)70065-X" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925025v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allain" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saintyves" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.12661" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01057477v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Billault" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hebrard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000046" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928041v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Dimitrova" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Konovalov" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2014.05.065" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871250v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Celhay" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2013.04.071" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MR8BGQB6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871213v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatauret" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013292016" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00827220v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rossard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-11-129" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773201v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marchand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lathelize" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Page" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-10-233" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099468v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurpreet Manku" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M. Rhodes" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Culty" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156652412800163389" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642711v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Robert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Nadeau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1566524011207040502" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871237v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrneph.2012.83" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871259v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Neuzillet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Eugene" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3727/096368912X638928" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649562v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hauet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156652412800163433" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642580v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Desurmont" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3182090fa3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645229v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Tillement" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0001-4079(19)32037-0" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211937v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.7332" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QKCFGRJP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250926v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dutheil" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. N. Trieu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mallet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2011.03614.x" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645427v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Scepi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.juro.2010.10.032" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097913v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1464-410X.2011.10393.x" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663684v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Vaziri" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Favreau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Milin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-9-15" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644083v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MOT.0b013e3283446b1d" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650499v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Favreau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maiga" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/532127" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097919v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monty Mazer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Boisvert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.109.081729" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667085v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cau" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2009.02924.x" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668877v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Macchi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3181d72117" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654843v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan van der Plaats" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William H&#233;brard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Leuvenink" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097894v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tillement" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138161209787582110" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661468v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keqiang Zhang" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Manguy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajprenal.90422.2008" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668611v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Codas" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eugene" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2009.08.045" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QRWTSL9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661606v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Faure" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Goujon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Richer" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.6589" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NKJ09BS5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097925v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jemt.20756" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662887v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belliard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3181a5b154" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097927v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenping Li" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Martinez-Arguelles" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.107.065649" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099464v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlena Cheng" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roslyn B. Mannon" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1875044300801010008" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097916v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cheng" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith M. Sampson" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Schultz" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Ruiz" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2006.01493.x" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097929v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.104.030205" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097930v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.102.009605" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099555v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099544v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734673v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Woillard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.tp.0000543683.05650.23" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737875v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.tp.0000543823.93493.ce" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099553v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099545v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099549v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740331v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740330v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744213v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Ma&#239;ga" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackwa Khalifeh" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guy" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886367v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamarre" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743470v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Joffrion" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740333v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Aubert" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Guillaud" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099352v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin van Amersfoort" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099432v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144820v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dutheil" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Polard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099430v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099346v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744581v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Petitou" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-2277.2012.01479.x" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BVCTN97J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099542v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749517v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Barrou" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099535v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746975v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mauco" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12030" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GTKZ2MW5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749413v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trieu Minh Tri Ngo" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099333v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746820v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-2277.2011.01346.x" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747751v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Trieu Min Trih Ngo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746787v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Puichaud" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Valagier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-2277.2011.01349.x" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099318v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko Parkkinen" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauri Vaahtera" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099420v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099531v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099314v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099426v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099303v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Zal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099308v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099416v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099299v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099422v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099384v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099413v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099295v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144091v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099385v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099372v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099286v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099290v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilach Lerman" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099387v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099364v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099394v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099368v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099408v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibeau Desurmont" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Eug&#232;ne" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099376v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099405v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099285v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099279v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099273v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099265v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097933v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099594v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099590v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099584v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guillard" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bourdeaud" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099583v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744004v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amiri" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099443v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099453v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Bassas Letissier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Rabois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Durocher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15209156261423954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05537017v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouleti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Tence" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Pasi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacadv.2025.101870" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Blancart-Remaury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Thille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252212199" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079026v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Burdeyron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Jordan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brishoual" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.70095" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508245v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Blochouse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rony Eid" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahla Araji" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Tuo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ch&#226;tre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c01732" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204230v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249335v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11658-023-00452-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Melis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rubera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Giraud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cougnon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duranton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12030409" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249519v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Thuillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24043450" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097899v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bossard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourmeyster" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pasini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupuis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleiman El Balkhi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2022.111738" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097897v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Allain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2022.104143" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097900v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23116318" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522310v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barrou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23094989" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224524v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chazelas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Steichen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Trouillas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hannaert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22052366" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313190v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Pasini-Chabot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vincent" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Pape" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Kaaki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22052384" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102520v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21218156" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097904v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15834" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513505v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Alechinsky" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Cechova" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Inal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Faye" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom10030439" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097903v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bruneval" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Tomasi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239040" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soussi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rod" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Leblanc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Goujon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/5924101" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153427v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yse Sauvageon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kaminski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14728222.2019.1609451" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270575v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Danion" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153671" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346828v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelsalam Kasil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Leize" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13434" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097908v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ys&#233; Sauvageon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fraissinet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dreyfus" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2019.1465" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154350v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Labourdette" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13379" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948305v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ameteau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15063" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968028v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Baulier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20092268" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620049v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delpy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Matillon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13543784.2019.1628217" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629132v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/8926724" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01762477v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Codas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Manguy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19020454" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913845v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Volmer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21691401.2018.1518908" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346840v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Steichen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9206257" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791235v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24282-6" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594878v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.14150" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01616456v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delehouz&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leverrier-Penna" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Cann" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Comte" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquard-Fevai" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12788-4" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601902v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pinsard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2016.02.020" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4GX94SD4-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928671v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Saintyves" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-016-1013-7" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244497v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Mallet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Quellard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12493" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928106v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tillet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delpech" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ameteau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.9662" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JFMKWQXM-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630173v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tillet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thierry" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925025v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thuillier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Allain" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saintyves" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.12661" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140749v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Saintyves" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-7087(14)70061-2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928078v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Pape" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rossard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jayle" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.9611" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HNPKPQ23-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930321v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thuret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saint Yves" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tillou" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chatauret" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-7087(14)70065-X" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01057477v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Billault" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hebrard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000000046" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928041v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Dimitrova" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Konovalov" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2014.05.065" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Celhay" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2013.04.071" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MR8BGQB6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871213v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatauret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013292016" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00827220v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rossard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-11-129" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871259v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Neuzillet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Eugene" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3727/096368912X638928" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649562v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hauet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156652412800163433" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773201v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marchand" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lathelize" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Page" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-10-233" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099468v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurpreet Manku" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M. Rhodes" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Culty" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/156652412800163389" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642711v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Robert" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Nadeau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1566524011207040502" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871237v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrneph.2012.83" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650499v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Favreau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maiga" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/532127" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644083v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MOT.0b013e3283446b1d" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642580v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Desurmont" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3182090fa3" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645229v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Tillement" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0001-4079(19)32037-0" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250926v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dutheil" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. N. Trieu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mallet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2011.03614.x" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211937v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Renard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaillard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Milan" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.7332" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QKCFGRJP-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645427v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Scepi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.juro.2010.10.032" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097913v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1464-410X.2011.10393.x" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663684v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Vaziri" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Favreau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Milin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-9-15" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667085v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2009.02924.x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097919v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monty Mazer" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Boisvert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.109.081729" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668877v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Macchi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3181d72117" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097925v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jemt.20756" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662887v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belliard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e3181a5b154" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097894v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tillement" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138161209787582110" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654843v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan van der Plaats" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William H&#233;brard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Leuvenink" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661468v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keqiang Zhang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Manguy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajprenal.90422.2008" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668611v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Codas" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eugene" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2009.08.045" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QRWTSL9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661606v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Faure" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Goujon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Richer" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bjs.6589" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NKJ09BS5-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097927v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenping Li" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Martinez-Arguelles" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.107.065649" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099464v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlena Cheng" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roslyn B. Mannon" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1875044300801010008" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097916v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Cheng" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith M. Sampson" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Schultz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Ruiz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2006.01493.x" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097929v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.104.030205" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097930v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.102.009605" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099555v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099553v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099544v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734673v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Woillard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.tp.0000543683.05650.23" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737875v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.tp.0000543823.93493.ce" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099549v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099545v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740331v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744213v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Ma&#239;ga" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackwa Khalifeh" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guy" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740330v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886367v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamarre" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740333v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Aubert" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Guillaud" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743470v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Joffrion" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099352v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin van Amersfoort" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099432v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099346v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144820v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dutheil" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Polard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099430v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744581v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Petitou" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-2277.2012.01479.x" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BVCTN97J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099542v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749517v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Barrou" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099535v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746975v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mauco" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12030" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GTKZ2MW5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746787v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Puichaud" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Valagier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-2277.2011.01349.x" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099333v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trieu Minh Tri Ngo" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746820v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1432-2277.2011.01346.x" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749413v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747751v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Trieu Min Trih Ngo" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099422v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Zal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099299v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099416v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099531v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099318v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko Parkkinen" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauri Vaahtera" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099420v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099426v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099314v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099303v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099308v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099405v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibeau Desurmont" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099376v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099413v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144091v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099384v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099295v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099286v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099372v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099385v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099364v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099290v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilach Lerman" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099387v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099394v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099408v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Eug&#232;ne" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099368v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099285v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099279v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099273v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099265v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097933v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099594v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099590v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099584v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guillard" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bourdeaud" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099583v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744004v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amiri" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099443v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099453v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>