--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1584,677 +1584,945 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02320478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivine of carbonaceous chondrites and reservoir of nebular hydrogen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Model to Optimize the Voltage Plus Laser Pulsing Mode in APT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samantha Azevedo‐vannson</w:t>
+                <w:t xml:space="preserve">S Nulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Danoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Remusat</w:t>
+                <w:t xml:space="preserve">T Prosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurette Piani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hugues Leroux</w:t>
+                <w:t xml:space="preserve">Y Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">85th Annual Meetings of the Meteoritical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">M&amp;M2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Cleveland, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mam/ozae044.030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03856226v1</w:t>
+                <w:t xml:space="preserve">hal-04734940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MICROSCALE TO NANOSCALE ANALYSIS OF NI-RICH IRON METEORITES</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raphaële Danoix</w:t>
+                <w:t xml:space="preserve">A High Kinetic Energy Atom Probe Design to Improve Instrument Performances in Voltage Pulse Mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Vurpillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Cuvilly</w:t>
+                <w:t xml:space="preserve">Matin Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Gattacceca</w:t>
+                <w:t xml:space="preserve">Sylvain Nulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Maurel</w:t>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">85th Annual Meeting of the Meteoritical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Cleveland, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mam/ozae044.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03856248v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NANOSTRUCTURE AND NANOCHEMISTRY OF SELECTED IRON METEORITES OBSSERVED AT THE NANOMETRIC SCALE</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivine of carbonaceous chondrites and reservoir of nebular hydrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Gounelle</w:t>
+                <w:t xml:space="preserve">Samantha Azevedo‐vannson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remusat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurette Piani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">84th Annual Meeting of The Meteoritical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Chicago, United States</w:t>
+              <w:t xml:space="preserve">85th Annual Meetings of the Meteoritical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Meteoritical Society, Aug 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367528v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03856226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Assisted Nitriding of the FeAI40 Grade 3 Intermetallic Alloy</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MICROSCALE TO NANOSCALE ANALYSIS OF NI-RICH IRON METEORITES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cuvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Gattacceca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICMCTF 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, San Diego, United States</w:t>
+              <w:t xml:space="preserve">85th Annual Meeting of the Meteoritical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Meteoritical Society, Aug 2022, Glasgow (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03271745v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03856248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">NANOSTRUCTURE AND NANOCHEMISTRY OF SELECTED IRON METEORITES OBSSERVED AT THE NANOMETRIC SCALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cuvilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gounelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">84th Annual Meeting of The Meteoritical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Chicago, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plasma Assisted Nitriding of the FeAI40 Grade 3 Intermetallic Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrius Martinavicius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.P Van Landeghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICMCTF 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, San Diego, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Spectroscopic study of oxide layer generated as interface between steel and alumina in plasma spraying process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lefez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Danoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Denoirjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Conference on Surface Modification Technology, SMT21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00287331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId89"/>
+      <w:footerReference w:type="default" r:id="rId99"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2401,51 +2669,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365455v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cazottes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Massardier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Danoix" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rolland" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ciss&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100854" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865388v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo van Landeghem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Goun&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bourdineaud-Bord&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrius Martinavi&#269;ius" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081409" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02106738v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukesh Bachhav" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorakh Pawar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Danoix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b10895" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585664v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo P. van Landeghem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Redja&#239;mia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2016.11.064" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107553v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hannoyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616004244" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614346v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinavicius" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. van Landeghem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gendarme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.05.119" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinavi&#269;ius" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drouet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Templier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.09.093" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1LSCQDF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785253v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukesh Bachlav" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc. Bassat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2012.10.012" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DPF6TM7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687325v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delagnes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Mathon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.07.030" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Akre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grellier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2011.03537.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320478v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De Geuser" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Deconihout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2186394" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856226v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Azevedo&#8208;vannson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remusat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Piani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Danoix" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Leroux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856248v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gattacceca" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Maurel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367528v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gounelle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03271745v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrius Martinavicius" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bruy&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P Van Landeghem" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287331v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Danoix" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Denoirjean" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hannoyer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365455v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cazottes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Massardier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Danoix" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rolland" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ciss&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100854" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865388v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo van Landeghem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Goun&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bourdineaud-Bord&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrius Martinavi&#269;ius" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081409" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02106738v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukesh Bachhav" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorakh Pawar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Danoix" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b10895" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585664v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo P. van Landeghem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Redja&#239;mia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2016.11.064" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107553v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hannoyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616004244" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614346v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinavicius" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. van Landeghem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gendarme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2016.05.119" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martinavi&#269;ius" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drouet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Templier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2014.09.093" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G1LSCQDF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785253v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukesh Bachlav" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc. Bassat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2012.10.012" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DPF6TM7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687325v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delagnes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Mathon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.07.030" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Akre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grellier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2011.03537.x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320478v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Menand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De Geuser" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Deconihout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2186394" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04734940v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nulli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Prosa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae044.030" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04734921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matin Brault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Nulli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae044.041" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856226v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Azevedo&#8208;vannson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remusat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurette Piani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Leroux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856248v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gattacceca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Maurel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367528v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gounelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03271745v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrius Martinavicius" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bruy&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P Van Landeghem" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287331v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Danoix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Denoirjean" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hannoyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>