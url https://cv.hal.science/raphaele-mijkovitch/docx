--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -822,248 +822,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03785559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of attachment to the foster parent with regard to suicidal risk among adult survivors of childhood maltreatment</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rumination after 65: does its association with depression and gender change with age?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sohpie Deborde</w:t>
+                <w:t xml:space="preserve">Spor Emeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lefevre Carole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miljkovitch Raphaële</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Child Abuse &amp; Neglect : The International Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chiabu.2020.104886⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry and Behavioral Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33425/2833-5449.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03785447v1</w:t>
+                <w:t xml:space="preserve">hal-04045761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumination after 65: does its association with depression and gender change with age?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lefevre Carole</w:t>
+                <w:t xml:space="preserve">The role of attachment to the foster parent with regard to suicidal risk among adult survivors of childhood maltreatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Danner Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aino Sirparanta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miljkovitch Raphaële</w:t>
+                <w:t xml:space="preserve">Anne-Sohpie Deborde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry and Behavioral Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Child Abuse &amp; Neglect : The International Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128, pp.104886. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.33425/2833-5449.0004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chiabu.2020.104886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04045761v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03785447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’attachement tout au long de la vie</w:t>
               </w:r>
@@ -1127,100 +1127,100 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumination after 65: does its association with depression and gender change with age?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spor Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lefevre Carole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miljkovitch Raphaële</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry and Behavioral Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.33425/2833-5449.0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03994598v1</w:t>
@@ -1576,248 +1576,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attachment representations among school-age children with intellectual disability</w:t>
+                <w:t xml:space="preserve">Multiple models of attachment: A new way of understanding perinatal depression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Vanwalleghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Vinter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 118, pp.104064. </w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ridd.2021.104064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2021.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03430787v1</w:t>
+                <w:t xml:space="preserve">hal-03785409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple models of attachment: A new way of understanding perinatal depression</w:t>
+                <w:t xml:space="preserve">Attachment representations among school-age children with intellectual disability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Vanwalleghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Vinter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Research in Developmental Disabilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118, pp.104064. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2021.06.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ridd.2021.104064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03785409v1</w:t>
+                <w:t xml:space="preserve">hal-03430787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adolescents’ Attachment to Parents and Peers: Links to Young Adulthood Friendship Quality</w:t>
               </w:r>
@@ -1931,339 +1931,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04045804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online self-disclosure: Validation study of the French version of the real me on the net questionnaire</w:t>
+                <w:t xml:space="preserve">Auto-évaluation de ses émotions à 4 et 5 ans : une adaptation de l’entretien de Carroll et Steward</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Danet</w:t>
+                <w:t xml:space="preserve">Geneviève Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Ensink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-018-0003-8⟩</w:t>
+              <w:t xml:space="preserve">Enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 2 (2), pp.219-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/enf2.202.0219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02498945v1</w:t>
+                <w:t xml:space="preserve">hal-04046259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-évaluation de ses émotions à 4 et 5 ans : une adaptation de l’entretien de Carroll et Steward</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Online self-disclosure: Validation study of the French version of the real me on the net questionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karin Ensink</w:t>
+                <w:t xml:space="preserve">Marie Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enfance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, N° 2 (2), pp.219-239. </w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (6), pp.2366-2370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/enf2.202.0219⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12144-018-0003-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04046259v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03785621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online self-disclosure: Validation study of the French version of the real me on the net questionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 39 (6), pp.2366-2370. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12144-018-0003-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03785621v1</w:t>
+                <w:t xml:space="preserve">hal-02498945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of the Intention Attribution Test for Children (IAC)</w:t>
               </w:r>
@@ -3221,321 +3221,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le développement de l’attachement chez les enfants porteurs d’une trisomie 21 : revue de la littérature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’empathie à l’âge adulte : ses liens avec les attachements précoces et actuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année psychologique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04046271v1</w:t>
+                <w:t xml:space="preserve">hal-02113503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’empathie à l’âge adulte : ses liens avec les attachements précoces et actuels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The multimodal study of adult attachment. Developing the Biometric Attachment Test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parra, F</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Deborde</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Persiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morales, M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scherer, S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113503v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04084699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multimodal study of adult attachment. Developing the Biometric Attachment Test</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Parra, F</w:t>
+                <w:t xml:space="preserve">Le développement de l’attachement chez les enfants porteurs d’une trisomie 21 : revue de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Vanwalleghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Scherer, S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Internet Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Année psychologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Vol. 117 (1), pp.111-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/anpsy.171.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04084699v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Multimodal Assessment of Adult Attachment Security: Developing the Biometric Attachment Test</w:t>
               </w:r>
@@ -3547,51 +3547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Persiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3651,51 +3651,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monde virtuel : enjeux et risques liés à l’attachement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3754,51 +3754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles technologies : frein ou soutien de la relation parent-enfant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3858,51 +3858,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être soi-même sur le Net : un facteur de risque à l’usage problématique d’Internet chez les personnes insécures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Danet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4444,217 +4444,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01015493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empathy and recognition of facial expressions of emotion in sex offendres, non-sex offenders and normal controls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. Gery</w:t>
+                <w:t xml:space="preserve">Reconsidering intergenerational transmission of attachment in father-child dyads: The case of single parenthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Soussignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.252-262</w:t>
+              <w:t xml:space="preserve">Journal of Genetic Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.31-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01016064v1</w:t>
+                <w:t xml:space="preserve">hal-01016000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconsidering intergenerational transmission of attachment in father-child dyads: The case of single parenthood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Bernier</w:t>
+                <w:t xml:space="preserve">Empathy and recognition of facial expressions of emotion in sex offendres, non-sex offenders and normal controls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Miljkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Berthoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Soussignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Genetic Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.31-51</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.252-262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01016000v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fondations du lien amoureux</w:t>
               </w:r>
@@ -5137,51 +5137,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264968v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aino Sirparanta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Miljkovitch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192632v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Danner Touati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aino Elina Sirparanta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Ahmad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tol&#233;on" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.childyouth.2023.107040" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157966v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vanwalleghem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leclercq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20126155" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045744v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Riquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Sandnes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubeline Vinay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2022.896103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045743v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Vinter" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616734.2022.2109695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785559v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Danner-Touati" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bernier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chiabu.2020.104864" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785447v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sohpie Deborde" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chiabu.2020.104886" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045761v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spor Emeline" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefevre Carole" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miljkovitch Rapha&#235;le" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33425/2833-5449.0004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046343v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cont.055.0033" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994598v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762749v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785115v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dubois-Comtois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Deborde" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.212.0135" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783947v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2516103221992777" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03430787v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2021.104064" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785409v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.06.018" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mallet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Moss" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Pascuzzo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-021-01962-y" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498945v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Danet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-018-0003-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046259v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Laurent" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Ensink" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.202.0219" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785621v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02268118v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Counsell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Atkinson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1073191119831781" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046347v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Poisson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045828v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charest" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine H&#233;bert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Langevin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0954579418000226" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786698v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Corcos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Speranza" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01962" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560342v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045825v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Tarabulsy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Soleil Sirois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Bailey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/fam0000387" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046265v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-C&#233;cile Michon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cyrulnik" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/201834s203" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498923v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046271v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.171.0111" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02113503v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084699v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parra, F" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Persiaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morales, M" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scherer, S" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046252v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Parra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Morales" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Scherer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.6898" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046339v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.10.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJR3RC76-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03176513v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Martel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.217.0057" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083217v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2015.12.019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02113522v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Emmanuel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786724v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Roy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dugr&#233;-Le Bigre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pham-Scottez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/pedi.2012.26.5.676" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01015597v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Danet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01015857v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanwelleghem" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01015493v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jarry-Boileau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tarabulsy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016064v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gery" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berthoz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Soussignan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016000v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016096v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016081v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pierrehumbert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016011v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cohin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016083v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Halfon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264968v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aino Sirparanta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Miljkovitch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192632v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Danner Touati" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aino Elina Sirparanta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Ahmad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tol&#233;on" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.childyouth.2023.107040" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157966v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vanwalleghem" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leclercq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20126155" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045744v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Riquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Sandnes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubeline Vinay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2022.896103" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045743v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Vinter" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616734.2022.2109695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785559v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Danner-Touati" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bernier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chiabu.2020.104864" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045761v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spor Emeline" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefevre Carole" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miljkovitch Rapha&#235;le" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33425/2833-5449.0004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785447v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sohpie Deborde" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chiabu.2020.104886" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046343v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cont.055.0033" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03994598v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762749v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785115v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dubois-Comtois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Deborde" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dev.212.0135" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783947v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2516103221992777" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785409v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.06.018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03430787v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2021.104064" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mallet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Moss" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Pascuzzo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10826-021-01962-y" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046259v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Ensink" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/enf2.202.0219" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785621v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Danet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-018-0003-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498945v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02268118v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Counsell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Atkinson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1073191119831781" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046347v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Poisson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045828v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charest" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine H&#233;bert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Langevin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0954579418000226" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786698v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Corcos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Speranza" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01962" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560342v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045825v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Tarabulsy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Soleil Sirois" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Bailey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/fam0000387" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046265v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-C&#233;cile Michon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cyrulnik" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/201834s203" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498923v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02113503v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084699v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parra, F" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Persiaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morales, M" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scherer, S" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046271v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy.171.0111" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046252v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Parra" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Morales" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Scherer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/jmir.6898" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046339v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.10.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJR3RC76-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03176513v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Martel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.217.0057" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04083217v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2015.12.019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02113522v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Emmanuel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786724v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Roy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dugr&#233;-Le Bigre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Pham-Scottez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/pedi.2012.26.5.676" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01015597v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Danet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01015857v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanwelleghem" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01015493v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jarry-Boileau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tarabulsy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016000v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016064v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gery" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berthoz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Soussignan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016096v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016081v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pierrehumbert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016011v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cohin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01016083v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Halfon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>