--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -368,185 +368,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Characteristics Together With Environmental Conditions Shape Marine Biofilm Dynamics in Coastal NW Mediterranean Locations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of phosphate concentration on the metabolome of biofilms of the marine bacterium Pseudoalteromonas lipolytica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Carriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Barry-Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Garnier</w:t>
+                <w:t xml:space="preserve">Annick Ortalo-Magné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlene Lejars</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gérald Culioli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, </w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (3), pp.18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.746383⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11306-022-01875-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03608643v1</w:t>
+                <w:t xml:space="preserve">hal-03861230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development, Optimization, Biological Assays, and In Situ Field Immersion of a Transparent Piezoelectric Vibrating System for Antifouling Applications</w:t>
+                <w:t xml:space="preserve">Development, optimization, biological assays, and in situ field immersion of a transparent piezoelectric vibrating system for antifouling applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Casset</w:t>
@@ -612,315 +608,319 @@
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/act11020047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05007049v1</w:t>
+                <w:t xml:space="preserve">hal-03606464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development, optimization, biological assays, and in situ field immersion of a transparent piezoelectric vibrating system for antifouling applications</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Surface Characteristics Together With Environmental Conditions Shape Marine Biofilm Dynamics in Coastal NW Mediterranean Locations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Misson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlene Lejars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Actuators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/act11020047⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.746383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03606464v1</w:t>
+                <w:t xml:space="preserve">hal-03608643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of phosphate concentration on the metabolome of biofilms of the marine bacterium Pseudoalteromonas lipolytica</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raphaëlle Barry-Martinet</w:t>
+                <w:t xml:space="preserve">Development, Optimization, Biological Assays, and In Situ Field Immersion of a Transparent Piezoelectric Vibrating System for Antifouling Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Grilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Casset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bressy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Actuators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/act11020047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11306-022-01875-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03861230v1</w:t>
+                <w:t xml:space="preserve">hal-05007049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seawater copper content controls biofilm bioaccumulation and microbial community on microplastics</w:t>
               </w:r>
@@ -1200,51 +1200,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Catão C. P.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Barry‐martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1321,90 +1321,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multi-Omics Analysis Suggests Links Between the Differentiated Surface Metabolome and Epiphytic Microbiota Along the Thallus of a Mediterranean Seaweed Holobiont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Paix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Carriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Barry-Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Greff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Misson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.494. </w:t>
@@ -2134,64 +2134,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa C P Catão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Misson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ghiglione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2679,51 +2679,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108506v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry&#8208;martinet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pollet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tunin&#8208;ley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Turquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.70116" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445206v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Nicolosi Gelis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry-Martinet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofana Chonova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Cochero" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/limn/2025009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608643v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Misson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Lejars" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.746383" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007049v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Grilli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Casset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bressy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Brisset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act11020047" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606464v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861230v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Carriot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Ortalo-Magn&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01875-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521509v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Djaoudi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Angel Tesan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guesnay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Portas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152278" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304671v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora V&#233;die" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry&#8208;Martinet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Senez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Berglin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Stenlund" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.202200304" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03304776v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cat&#227;o C. P." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rehel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15929" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02519482v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Paix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.00494" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dumas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Clavreul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Hernandez-Garzon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Abdeladim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61110" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060509v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Peigneguy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cougnon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gohier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c06859" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02877084v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Kumamoto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Maurinot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Vaslin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vandormael-Pournin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2020.05.038" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981467v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02355584v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Hern&#225;ndez-Garz&#243;n" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Niculescu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12791-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-02269986v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa C P Cat&#227;o" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01768" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354261v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Azouaoui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montigny" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Jacquot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Champeil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3179-8_6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01086032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loulier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mahou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le&#160;franc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Supatto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2013.12.016" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108506v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry&#8208;martinet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pollet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tunin&#8208;ley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Turquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.70116" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445206v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Nicolosi Gelis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry-Martinet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Briand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teofana Chonova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Cochero" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/limn/2025009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861230v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Carriot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Ortalo-Magn&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Culioli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01875-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03606464v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Grilli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Casset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bressy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Brisset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act11020047" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608643v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Misson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Lejars" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.746383" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007049v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521509v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Djaoudi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Angel Tesan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guesnay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Portas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.152278" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304671v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora V&#233;die" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry&#8208;Martinet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Senez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Berglin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Stenlund" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.202200304" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03304776v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cat&#227;o C. P." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rehel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15929" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02519482v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Paix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.00494" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dumas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Clavreul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Hernandez-Garzon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Abdeladim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61110" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060509v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Peigneguy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cougnon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gohier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c06859" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02877084v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuma Kumamoto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Maurinot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Vaslin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vandormael-Pournin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2020.05.038" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981467v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02355584v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Hern&#225;ndez-Garz&#243;n" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Niculescu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12791-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-02269986v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa C P Cat&#227;o" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ghiglione" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01768" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354261v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Azouaoui" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montigny" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Jacquot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Barry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Champeil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3179-8_6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01086032v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loulier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mahou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le&#160;franc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Supatto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2013.12.016" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>