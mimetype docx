--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raphaëlle Sauzede </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking Surface Phytoplankton Dynamics to Small‐Particle Fluxes in the Mesopelagic Zone: Insights From High Latitude Bioregions Using BGC‐Argo Floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Cornec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Biogeochemical Cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (7), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024GB008447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrient estimation in the Peruvian upwelling system based on a neural network approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristhian Asto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Pietri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Graco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2025.1558747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relating Ocean Biogeochemistry and Low‐Level Cloud Properties Over the Southern Oceans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bazantay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mioche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dziduch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51 (10), pp.e2024GL108309. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024gl108309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04601369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gathering users and developers to shape together the next-generation ocean reanalyses: Ocean reanalyses workshop of the European Copernicus Marine Service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunxue Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bourdallé-Badie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Drevillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dillon Amaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Aouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/BAMS-D-24-0034.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning in marine ecology: an overview of techniques and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Rubbens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Brodie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Destro Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICES Journal of Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 80 (7), pp.1829-1853. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icesjms/fsad100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04284704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using machine learning and Biogeochemical-Argo (BGC-Argo) floats to assess biogeochemical models and optimize observing system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianpiero Cossarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gutknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (7), pp.1405-1422. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-20-1405-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertically Resolved Global Ocean Light Models Using Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pannimpullath Remanan Renosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (24), pp.5663. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs15245663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI for Marine, Ocean and Climate Change Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Nieves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ruescas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (1), pp.15. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16010015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A census of quality-controlled Biogeochemical-Argo float measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Stoer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuichiro Takeshita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanya Lea Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Begouen Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.1233289. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2023.1233289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of oceanic particulate organic carbon with machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Camps-Valls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ruescas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS Annals of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, V-2-2020, pp.949-956. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/isprs-annals-V-2-2020-949-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum: Reconstructing Global Chlorophyll-a Variations Using a Non-linear Statistical Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Lengaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.618249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plankton spatial variability within the Marquesas archipelago, South Pacific</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pagano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marine Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 212, pp.103432. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmarsys.2020.103432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate deep-learning estimation of chlorophyll-a concentration from the spectral particulate beam-attenuation coefficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Graban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Dall’olmo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Goult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.397863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing Global Chlorophyll-a Variations Using a Non-linear Statistical Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Lengaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.00464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Regional Neural Network Approach to Estimate Water-Column Nutrient Concentrations and Carbonate System Variables in the Mediterranean Sea: CANYON-MED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coppola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.00620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of phytoplankton biomass leeward of Tahiti as observed by Biogeochemical-Argo floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marine Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 204, pp.103284. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmarsys.2019.103284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Iron in the Marquesas Island Mass Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirohiti Raapoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Petrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea M. Doglioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 124 (11), pp.7781-7796. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019JC015275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02454793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the French GEOTRACES North Atlantic Transect (GA01): GEOVIDE cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Lherminier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Achterberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Alonso-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Bucciarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (23), pp.7097-7109. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-15-7097-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02511162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Alternative to Static Climatologies: Robust Estimation of Open Ocean CO2 Variables and Nutrient Concentrations From T, S, and O2 Data Using Bayesian Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Steinhoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Björn Fiedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.328. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2018.00328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimates of Water-Column Nutrient Concentrations and Carbonate System Parameters in the Global Ocean: A Novel Approach Based on Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gattuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2017.00128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A neural network-based method for merging ocean color and Argo data to extend surface bio-optical properties to depth: Retrieval of the particulate backscattering coefficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Dall’olmo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (4), pp.2552-2571. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015JC011408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the vertical distribution of the chlorophyll &amp;lt;i&amp;gt;a&amp;lt;/i&amp;gt; concentration in the Mediterranean Sea: a basin-scale and seasonal approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ribera d'Alcalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (16), pp.5021-5039. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-12-5021-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrieving the vertical distribution of chlorophyll a concentration and phytoplankton community composition from in situ fluorescence profiles: A method based on a neural network with potential for global-scale applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Ras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 120 (1), pp.451-470. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2014JC010355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical distribution of chlorophyll a concentration and phytoplankton community composition from in situ fluorescence profiles: a first database for the global ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schmechtig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (2), pp.261-273. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-7-261-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01277176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seizing the FAIR-EASE project interdisciplinary opportunity to investigate the Ocean Biogeochemical data in the vicinity of the 2022 record breaking Hunga Tonga Eruption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schmechtig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Boichu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Carval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Dobler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Grandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2025, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global 3D product of phytoplankton community composition derived from satellite and BGC-Argo data using machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Terrats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh PANNIMPULLATH REMANAN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, New Orleans, Louisiana, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global ocean product of profiles of nutrients and carbonate system variables within the framework of Copernicus Multi Observations Thematic Assembly Center (MOBTAC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pannimpullath Remanan Renosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-13556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Observation Thematic Assembly: existing products and future evolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Verbrugge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Buongiorno Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Trang Chau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New global product of vertically-resolved particulate organic carbon and chlorophyll-a concentration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New method for chlorophyll-a calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schmechtig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Jutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Argo Science Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time serie of bio-optical measurements during BGC-Argo drift at 1000 m: Inferences on particle fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Terrats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Briggs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mangin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertically resolved light models for the global ocean based on machine learning techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Argo Science Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The multi observations thematic assembly centre of the Copernicus marine environment monitoring service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Guinehut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Buongiorno Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Chau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Ciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th EuroGOOS International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shom; Ifremer; EuroGOOS AISBL, May 2021, Brest, France. pp.284-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335202v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New global vertical distribution of gridded particulate organic carbon and chlorophyll-a concentration using machine learning for CMEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Guinehut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th EuroGOOS International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shom; Ifremer; EuroGOOS AISBL, May 2021, Brest, France. pp.313-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335370v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new global product of vertically-resolved particulate organic carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO Aquatic Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BGC-Argo floats: a new tool to validate ocean biogeochemical models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianpiero Cossarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gutknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, San Diego, CA, USA, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New 3-dimensionl biogeochemical products derived from machine learning-based methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Guinehut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copernicus Marine Environment Monitoring Service (CMEMS) General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A neural network approach to estimate water-column nutrient concentrations and carbonate system parameters in the Mediterranean Sea: CANYON-MED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coppola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.22870.70721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical-Argo float oservations of seasonal dynamics and disturbance of phytoplankton biomass in a South Pacific island wake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can global learning-based methods help to improve biogeochemical models in the Gulf of Mexico?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Perez-Brunius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel learning-based methods to derive biogeochemical parameters from profiling floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on Ocean Biogeochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural network: an alternative method to estimate nutrient concentrations in the Gulf of Mexico?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Perez-Brunius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Sheinbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reunion Annual del Consorcio de Investigación del Golfo de México (CIGoM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Ensenada, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global neural network-based parameterization of biogeochemical water mass properties and processes based on GLODAP data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gattuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intrusion of subsurface nutrient in the oligotrophic South Atlantic Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Delcourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo H R Calil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Simposio Sobre Ondas, Marés, Engenharia Oceanica e Oceanografia por Satellite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Arraial do Cabo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Biogeochemical-Argo can learn from GO-SHIP and vice versa ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gattuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euro-Argo users meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paris, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building an early career network through outreach projects: The &amp;quot;mon océan & moi&amp;quot; example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Barbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, New Orleans, Louisiana, USA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration between scientists, teachers and students to develop educational tools and share experiences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Honolulu, Hawaii, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adopt a float&amp;quot;: An initiative designed for middle school students to follow the voyage of a Bio-Argo profiling float and share experiences with oceanographers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Honolulu, Hawaii, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage of a profiling float: A scientific adventure told to young people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Honolulu, Hawaii, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A neural network approach to estimate water-column nutrient concentrations and carbonate system variables in the Mediterranean Sea: CANYON-MED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coppola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum: Reconstructing global chlorophyll-a variations using a non-linear statistical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Lengaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Menkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2024.1419611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time quality control of optical backscattering data from Biogeochemical-Argo floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Dall'Olmo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Udaya Bhaskar Tvs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Boss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jodi Brewster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03955875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining BGC-Argo-based metrics of ocean health and biogeochemical functioning for the evaluation of global ocean models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianpiero Cossarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gutknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et paramétrisation de la distribution verticale de la biomasse phytoplanctonique dans l'ocean global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Océan, Atmosphère. Université Pierre et Marie Curie - Paris VI, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015PA066625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01342441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId212"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Raphaëlle Sauzede </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking Surface Phytoplankton Dynamics to Small‐Particle Fluxes in the Mesopelagic Zone: Insights From High Latitude Bioregions Using BGC‐Argo Floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Bock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Cornec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Biogeochemical Cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (7), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024GB008447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutrient estimation in the Peruvian upwelling system based on a neural network approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristhian Asto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Pietri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Graco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2025.1558747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relating Ocean Biogeochemistry and Low‐Level Cloud Properties Over the Southern Oceans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bazantay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mioche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Dziduch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geophysical Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 51 (10), pp.e2024GL108309. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2024gl108309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04601369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gathering users and developers to shape together the next-generation ocean reanalyses: Ocean reanalyses workshop of the European Copernicus Marine Service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunxue Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bourdallé-Badie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Drevillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dillon Amaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Aouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the American Meteorological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1175/BAMS-D-24-0034.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A census of quality-controlled Biogeochemical-Argo float measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Stoer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuichiro Takeshita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanya Lea Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Begouen Demeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.1233289. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2023.1233289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI for Marine, Ocean and Climate Change Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronica Nieves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Ruescas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 16 (1), pp.15. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs16010015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertically Resolved Global Ocean Light Models Using Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pannimpullath Remanan Renosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (24), pp.5663. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs15245663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04661016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using machine learning and Biogeochemical-Argo (BGC-Argo) floats to assess biogeochemical models and optimize observing system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianpiero Cossarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gutknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (7), pp.1405-1422. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-20-1405-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine learning in marine ecology: an overview of techniques and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Rubbens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Brodie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diogo Destro Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICES Journal of Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 80 (7), pp.1829-1853. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icesjms/fsad100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04284704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of oceanic particulate organic carbon with machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Camps-Valls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ruescas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS Annals of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, V-2-2020, pp.949-956. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/isprs-annals-V-2-2020-949-2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03137748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plankton spatial variability within the Marquesas archipelago, South Pacific</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pagano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marine Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 212, pp.103432. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmarsys.2020.103432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum: Reconstructing Global Chlorophyll-a Variations Using a Non-linear Statistical Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Lengaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.618249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing Global Chlorophyll-a Variations Using a Non-linear Statistical Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Lengaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.00464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate deep-learning estimation of chlorophyll-a concentration from the spectral particulate beam-attenuation coefficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Graban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Dall’olmo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Goult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.397863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Regional Neural Network Approach to Estimate Water-Column Nutrient Concentrations and Carbonate System Variables in the Mediterranean Sea: CANYON-MED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coppola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.00620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of phytoplankton biomass leeward of Tahiti as observed by Biogeochemical-Argo floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marine Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 204, pp.103284. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmarsys.2019.103284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Iron in the Marquesas Island Mass Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hirohiti Raapoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Petrenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea M. Doglioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 124 (11), pp.7781-7796. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019JC015275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02454793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the French GEOTRACES North Atlantic Transect (GA01): GEOVIDE cruise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Lherminier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Achterberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Alonso-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Bucciarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (23), pp.7097-7109. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-15-7097-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02511162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Alternative to Static Climatologies: Robust Estimation of Open Ocean CO2 Variables and Nutrient Concentrations From T, S, and O2 Data Using Bayesian Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Steinhoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Björn Fiedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.328. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2018.00328⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimates of Water-Column Nutrient Concentrations and Carbonate System Parameters in the Global Ocean: A Novel Approach Based on Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gattuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2017.00128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A neural network-based method for merging ocean color and Argo data to extend surface bio-optical properties to depth: Retrieval of the particulate backscattering coefficient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Dall’olmo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 121 (4), pp.2552-2571. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2015JC011408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the vertical distribution of the chlorophyll &amp;lt;i&amp;gt;a&amp;lt;/i&amp;gt; concentration in the Mediterranean Sea: a basin-scale and seasonal approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ribera d'Alcalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (16), pp.5021-5039. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-12-5021-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical distribution of chlorophyll a concentration and phytoplankton community composition from in situ fluorescence profiles: a first database for the global ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Schmechtig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (2), pp.261-273. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-7-261-2015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01277176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrieving the vertical distribution of chlorophyll a concentration and phytoplankton community composition from in situ fluorescence profiles: A method based on a neural network with potential for global-scale applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Ras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 120 (1), pp.451-470. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2014JC010355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seizing the FAIR-EASE project interdisciplinary opportunity to investigate the Ocean Biogeochemical data in the vicinity of the 2022 record breaking Hunga Tonga Eruption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schmechtig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Boichu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Carval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Dobler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Grandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union, Apr 2025, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-16118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global 3D product of phytoplankton community composition derived from satellite and BGC-Argo data using machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Terrats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh PANNIMPULLATH REMANAN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, New Orleans, Louisiana, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global ocean product of profiles of nutrients and carbonate system variables within the framework of Copernicus Multi Observations Thematic Assembly Center (MOBTAC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pannimpullath Remanan Renosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-13556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Observation Thematic Assembly: existing products and future evolutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Verbrugge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Buongiorno Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Trang Chau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6354⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New global product of vertically-resolved particulate organic carbon and chlorophyll-a concentration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time serie of bio-optical measurements during BGC-Argo drift at 1000 m: Inferences on particle fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Terrats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Briggs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mangin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New method for chlorophyll-a calibration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schmechtig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Jutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Argo Science Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertically resolved light models for the global ocean based on machine learning techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Argo Science Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The multi observations thematic assembly centre of the Copernicus marine environment monitoring service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Guinehut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Buongiorno Nardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Chau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Ciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th EuroGOOS International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shom; Ifremer; EuroGOOS AISBL, May 2021, Brest, France. pp.284-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335202v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New global vertical distribution of gridded particulate organic carbon and chlorophyll-a concentration using machine learning for CMEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renosh Pannimpullath Remanan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Guinehut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th EuroGOOS International conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shom; Ifremer; EuroGOOS AISBL, May 2021, Brest, France. pp.313-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335370v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new global product of vertically-resolved particulate organic carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO Aquatic Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BGC-Argo floats: a new tool to validate ocean biogeochemical models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianpiero Cossarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gutknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, San Diego, CA, USA, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New 3-dimensionl biogeochemical products derived from machine learning-based methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Guinehut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copernicus Marine Environment Monitoring Service (CMEMS) General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A neural network approach to estimate water-column nutrient concentrations and carbonate system parameters in the Mediterranean Sea: CANYON-MED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coppola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.22870.70721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can global learning-based methods help to improve biogeochemical models in the Gulf of Mexico?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Perez-Brunius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel learning-based methods to derive biogeochemical parameters from profiling floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on Ocean Biogeochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical-Argo float oservations of seasonal dynamics and disturbance of phytoplankton biomass in a South Pacific island wake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Poteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02145194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intrusion of subsurface nutrient in the oligotrophic South Atlantic Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Delcourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo H R Calil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Simposio Sobre Ondas, Marés, Engenharia Oceanica e Oceanografia por Satellite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Arraial do Cabo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global neural network-based parameterization of biogeochemical water mass properties and processes based on GLODAP data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gattuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU Science Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural network: an alternative method to estimate nutrient concentrations in the Gulf of Mexico?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Perez-Brunius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Sheinbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reunion Annual del Consorcio de Investigación del Golfo de México (CIGoM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Ensenada, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Biogeochemical-Argo can learn from GO-SHIP and vice versa ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Gattuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Euro-Argo users meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Paris, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building an early career network through outreach projects: The &amp;quot;mon océan & moi&amp;quot; example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Barbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, New Orleans, Louisiana, USA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaboration between scientists, teachers and students to develop educational tools and share experiences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Honolulu, Hawaii, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adopt a float&amp;quot;: An initiative designed for middle school students to follow the voyage of a Bio-Argo profiling float and share experiences with oceanographers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Honolulu, Hawaii, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage of a profiling float: A scientific adventure told to young people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Honolulu, Hawaii, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A neural network approach to estimate water-column nutrient concentrations and carbonate system variables in the Mediterranean Sea: CANYON-MED</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Fourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Coppola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum: Reconstructing global chlorophyll-a variations using a non-linear statistical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gorgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Lengaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe E. Menkès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2024.1419611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time quality control of optical backscattering data from Biogeochemical-Argo floats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Dall'Olmo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Udaya Bhaskar Tvs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Bittig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Boss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jodi Brewster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03955875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining BGC-Argo-based metrics of ocean health and biogeochemical functioning for the evaluation of global ocean models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianpiero Cossarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Gutknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et paramétrisation de la distribution verticale de la biomasse phytoplanctonique dans l'ocean global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Sauzède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Océan, Atmosphère. Université Pierre et Marie Curie - Paris VI, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015PA066625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01342441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId212"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164966v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Simon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lacour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Bock" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Cornec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GB008447" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266874v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristhian Asto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Pietri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Graco" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1558747" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04601369v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bazantay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jourdan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mioche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Uitz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dziduch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl108309" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536448v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunxue Yang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourdall&#233;-Badie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Drevillon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dillon Amaya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Aouf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-24-0034.1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284704v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rubbens" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Brodie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cordier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Destro Barcellos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Devos" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsad100" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660998v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mignot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpiero Cossarini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gutknecht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-1405-2023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661016v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pannimpullath Remanan Renosh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15245663" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887469v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Nieves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ruescas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16010015" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04661032v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Stoer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Takeshita" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Lea Maurer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Begouen Demeaux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Bittig" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1233289" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137748v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Johnson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Camps-Valls" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruescas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-2-2020-949-2020" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145846v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martinez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gorgues" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lengaigne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fontana" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.618249" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961359v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martinez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pagano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sauz&#232;de" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2020.103432" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954535v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Graban" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Dall&#8217;olmo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Goult" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.397863" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02941302v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00464" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930379v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fourrier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coppola" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d'Ortenzio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00620" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095650v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poteau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2019.103284" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454793v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohiti Raapoto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petrenko" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea M. Doglioli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015275" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sarthou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Lherminier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Achterberg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Alonso-P&#233;rez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bucciarelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-7097-2018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345747v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Steinhoff" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Fiedler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Williams" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00328" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138101v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00128" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304165v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Uitz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jamet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JC011408" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01207401v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lavigne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ribera d'Alcal&#224;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-5021-2015" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502751v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jamet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Ras" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC010355" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CA0E47B4995A19A797205805310CFB9C7984DF78/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01277176v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmechtig" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-7-261-2015" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391811v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schmechtig" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boichu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Carval" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dobler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Grandin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16118" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452115v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Terrats" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renosh PANNIMPULLATH REMANAN" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ras" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066323v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13556" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066338v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verbrugge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Etienne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buongiorno Nardelli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyet Trang Chau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevallier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6354" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946270v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renosh Pannimpullath Remanan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991295v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jutard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991296v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Briggs" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mangin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991294v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335202v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guinehut" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Buongiorno Nardelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chevallier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ciani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335370v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991297v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991357v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991359v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Guinehut" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981055v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22870.70721" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145194v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pasqueron De Fommervault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poteau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991328v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron De Fommervault" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Damien" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Perez-Brunius" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991327v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991360v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Sheinbaum" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991330v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991358v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delcourt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo H R Calil" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991329v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971524v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Barbieux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Scheurle" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ferraris" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mayot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971541v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971540v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Lavigne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971543v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552409v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650259v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Martinez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menkes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2024.1419611" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955875v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Dall'Olmo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udaya Bhaskar Tvs" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Boss" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Brewster" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03121062v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01342441v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066625" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164966v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Simon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Lacour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Bock" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Cornec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GB008447" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266874v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristhian Asto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Pietri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Graco" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1558747" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04601369v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bazantay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jourdan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mioche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Uitz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dziduch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl108309" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536448v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunxue Yang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourdall&#233;-Badie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Drevillon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dillon Amaya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Aouf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-24-0034.1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04661032v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Stoer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Takeshita" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Lea Maurer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Begouen Demeaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Bittig" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1233289" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Nieves" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ruescas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16010015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661016v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pannimpullath Remanan Renosh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15245663" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660998v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mignot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpiero Cossarini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gutknecht" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-1405-2023" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284704v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rubbens" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Brodie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cordier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Destro Barcellos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Devos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsad100" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137748v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Johnson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Camps-Valls" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruescas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-2-2020-949-2020" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961359v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martinez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rodier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pagano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sauz&#232;de" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2020.103432" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145846v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martinez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gorgues" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lengaigne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fontana" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.618249" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02941302v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00464" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954535v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Graban" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Dall&#8217;olmo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Goult" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.397863" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930379v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fourrier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coppola" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d'Ortenzio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00620" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095650v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poteau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2019.103284" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454793v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirohiti Raapoto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petrenko" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea M. Doglioli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015275" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sarthou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Lherminier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Achterberg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Alonso-P&#233;rez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bucciarelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-7097-2018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345747v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Steinhoff" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Fiedler" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Williams" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00328" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138101v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00128" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304165v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Uitz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jamet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JC011408" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01207401v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lavigne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ribera d'Alcal&#224;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-12-5021-2015" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01277176v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmechtig" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-7-261-2015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502751v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jamet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Ras" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC010355" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CA0E47B4995A19A797205805310CFB9C7984DF78/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391811v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schmechtig" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Boichu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Carval" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dobler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Grandin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-16118" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452115v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Terrats" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renosh PANNIMPULLATH REMANAN" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ras" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066323v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13556" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066338v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verbrugge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Etienne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buongiorno Nardelli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyet Trang Chau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chevallier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6354" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946270v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renosh Pannimpullath Remanan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991296v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Briggs" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mangin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991295v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jutard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991294v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335202v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guinehut" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Buongiorno Nardelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Chau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Chevallier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ciani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335370v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991297v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991357v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991359v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Guinehut" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981055v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22870.70721" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991328v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron De Fommervault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Damien" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Perez-Brunius" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991327v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145194v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pasqueron De Fommervault" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poteau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991358v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delcourt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo H R Calil" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991330v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991360v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Sheinbaum" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991329v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971524v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Barbieux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Scheurle" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ferraris" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mayot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971541v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971540v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Lavigne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971543v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552409v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650259v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Martinez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe E. Menk&#232;s" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2024.1419611" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955875v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Dall'Olmo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udaya Bhaskar Tvs" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Boss" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Brewster" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03121062v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01342441v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066625" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>