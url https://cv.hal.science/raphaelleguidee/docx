--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1196,469 +1196,592 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01661090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (5)</w:t>
+        <w:t xml:space="preserve">Ouvrages (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Apocalypse : une imagination politique, XIXe-XXIe siècles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
+                <w:t xml:space="preserve">Penser depuis la montagne d'ordures: littérature et sciences sociales en dialogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Florin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Coquio</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cirelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Pierrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Raison publique, 2026, Littérature et philosophie, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/erp.flori.2025.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456397v1</w:t>
+                <w:t xml:space="preserve">hal-05548357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dire les inégalités. Représentations, savoirs, figures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Savidan</w:t>
+                <w:t xml:space="preserve">L’Apocalypse : une imagination politique, XIXe-XXIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Coquio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Raphaëlle Guidée; Patrick Savidan. Presses universitaires de Rennes, 2017</w:t>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2018, La Licorne, 978-2-7535-7401-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938977v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02456397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dire les inégalités. Représentations, savoirs, figures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Savidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Savidan Patrick en collaboration avec Raphaëlle Guidée. Presses universitaires de Rennes, 2017</w:t>
+              <w:t xml:space="preserve">Raphaëlle Guidée; Patrick Savidan. Presses universitaires de Rennes, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051989v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mémoires de l’oubli</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dire les inégalités. Représentations, savoirs, figures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Savidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Classiques Garnier, 2017, Collection "Littérature, histoire, politique"</w:t>
+              <w:t xml:space="preserve">Savidan Patrick en collaboration avec Raphaëlle Guidée. Presses universitaires de Rennes, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496735v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mémoires de l’oubli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, 2017, Collection "Littérature, histoire, politique"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Organisation du colloque « Les dispositifs critiques : penser, dire, agir »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bikialo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Farrugia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02540037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1668,206 +1791,206 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un petit temple contre le grand art : W.G. Sebald et le modèle artisanal de Joseph Roth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simona Caretta, Bernard Franco et Judith Sarfati-Lanter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La pensée sur l’art dans le roman des XXe et XXIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.137-152, 2019, Rencontres. Série Littérature générale et comparée, ISSN 2258-6482 ; 29, 978-2-406-08394-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02496780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éthique du récit et violence historique : la collection comme paradigme « poéthique » (WG Sebald)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Valeurs dans le roman. Conditions d'une poéthique romanesque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.271-286, 2018, 979-10-94084-07-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02003452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Apocalypse et après</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Engélibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1887,378 +2010,378 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Coquio, Jean-Paul Engélibert et Raphaëlle Guidée. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Apocalypse : une imagination politique, XIXe-XXIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 129, 2018, La Licorne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02462204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivre à l’ombre des morts : la tragédie des fils dans La Marche de Radetzky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carole Ksiazenicer-Matheron; Stéphane Pesnel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joseph Roth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions de L'Herne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.180-186, 2015, Cahiers de l'Herne, n° 111, 978-2-85197-180-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02496767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freud, Resnais et Verlaine s’en vont à Marienbad : l’inquiétante étrangeté du passé dans Austerlitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Arlaud; Mandana Covindassamy; Frédéric Teinturier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">W.G. Sebald : Récit, histoire et biographie dans Die Ausgewanderten et Austerlitz, actes de la Journée d’agrégation d’allemand (ENS-Ulm Maison Heinrich Heine, 12 décembre 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2015, collection "De l'Allemand", 978-2-343-06289-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02496758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsex me ! Littérature et violence politique des femmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser la violence des femmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La découverte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.388-399, 2012, 9782707172969</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01950042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">American Dreams : Le rêve américain à l’épreuve du nihilisme dans Pastorale américaine de Philip Roth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">textes réunis et présentés par Éric Benoit et Dominique Rabaté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nihilismes ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 33, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.359-368, 2012, Modernités, 9782867817663</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02003764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2268,105 +2391,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Michael G. Levine, A Weak Messianic Power. Figures of a Time to Come in Benjamin, Derrida and Celan, New York, Fordham University Press, 2014 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Guidée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02496788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId52"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2513,51 +2636,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933788v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guid&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1069803ar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939090v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496797v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.10864" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496774v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02170973v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Detue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouche Kunth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.926" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949972v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Eng&#233;libert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496814v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003631v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177024v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003865v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717478v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177158v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936924v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661090v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456397v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coquio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938977v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Savidan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051989v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496735v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540037v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bikialo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Briand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Farrugia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496780v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-pensee-sur-l-art-dans-le-roman-des-xxe-et-xxie-siecles-un-petit-temple-contre-le-grand-art.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003452v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462204v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496767v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.numilog.com/626286/626286.ebook" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496758v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950042v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/catalogue/index-Penser_la_violence_des_femmes-9782707172969.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003764v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/nihilisme-2c-n-c2-b0-55.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496788v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933788v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Guid&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1069803ar" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939090v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496797v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.10864" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496774v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02170973v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Detue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouche Kunth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.926" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949972v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Eng&#233;libert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496814v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003631v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177024v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02003865v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717478v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177158v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936924v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661090v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05548357v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Florin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ta&#239;eb" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cirelli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pierrat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/erp.flori.2025.01" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456397v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Coquio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938977v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Savidan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051989v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496735v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02540037v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bikialo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Briand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Farrugia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496780v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/la-pensee-sur-l-art-dans-le-roman-des-xxe-et-xxie-siecles-un-petit-temple-contre-le-grand-art.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003452v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462204v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496767v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.numilog.com/626286/626286.ebook" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496758v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950042v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/catalogue/index-Penser_la_violence_des_femmes-9782707172969.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003764v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/index.php/ouvrages/champs-disciplinaires/lettres/collection-modernites/nihilisme-2c-n-c2-b0-55.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496788v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>