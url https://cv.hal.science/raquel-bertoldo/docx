--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -715,3178 +715,3299 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01443207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dehumanization and social representations: analysis of Twitter comments on the Yanomami crisis in Brazil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andréa Bousfield</w:t>
+                <w:t xml:space="preserve">Linking Political Ecology with the Theories of Active Minorities and Social Representations: Rethinking the Social Psychology of Environmental Issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Vinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dupoirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ana Maria Justo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discover Global Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Papers on Social Representations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (2), pp.1-24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04995578v1</w:t>
+                <w:t xml:space="preserve">hal-05510252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic review of environmental activism: Towards a new orientation for social psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leroy Alexis</w:t>
+                <w:t xml:space="preserve">Dehumanization and social representations: analysis of Twitter comments on the Yanomami crisis in Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Bousfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Fointiat</w:t>
+                <w:t xml:space="preserve">Anderson da Silveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Bousfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Maria Justo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Psychologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Discover Global Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s44282-025-00151-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04592802v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04995578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Representations of Political Polarization through Traditional Media: A Study of the Brazilian Case between 2015 and 2019</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliana Gomes Fiorott</w:t>
+                <w:t xml:space="preserve">Systematic review of environmental activism: Towards a new orientation for social psychology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alberta Contarello</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social biology and human affairs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Psychologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04450070v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional reactions to climate change: a comparison across France, Germany, Norway, and the United Kingdom</w:t>
+                <w:t xml:space="preserve">Social Representations of Political Polarization through Traditional Media: A Study of the Brazilian Case between 2015 and 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gisela Böhm</w:t>
+                <w:t xml:space="preserve">Andréia Isabel Giacomozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans-Rüdiger Pfister</w:t>
+                <w:t xml:space="preserve">Juliana Gomes Fiorott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rouven Doran</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alberta Contarello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1139133⟩</w:t>
+              <w:t xml:space="preserve">Social biology and human affairs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (1), pp.67-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/humaff-2022-2032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04448627v1</w:t>
+                <w:t xml:space="preserve">hal-04450070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Industrial risks by the coast: how people-place bonds impact acceptance of a red mud recycling project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+                <w:t xml:space="preserve">Emotional reactions to climate change: a comparison across France, Germany, Norway, and the United Kingdom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisela Böhm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Rüdiger Pfister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Berrhoun</w:t>
+                <w:t xml:space="preserve">Rouven Doran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Merdy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charles A Ogunbode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter Poortinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PsyEcology. Revista Bilingüe de Psicología Ambiental / Bilingual Journal of Environmental Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21711976.2022.2043609⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1139133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03692273v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04448627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Greater the Contact, the Closer the Threat: The Influence of Contact with Nature on the Social Perception of Biodiversity Loss and the Effectiveness of Conservation Behaviours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (24), pp.16490. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/su142416490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between oblivion and drastic evidence: How local communities cope with seismic risk by forgetting and remembering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia Brondi</w:t>
+                <w:t xml:space="preserve">Industrial risks by the coast: how people-place bonds impact acceptance of a red mud recycling project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucilla Benedetti</w:t>
+                <w:t xml:space="preserve">Thomas Berrhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rocco Claudio Tanga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+                <w:t xml:space="preserve">Patricia Merdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 56, pp.102132. </w:t>
+              <w:t xml:space="preserve">PsyEcology. Revista Bilingüe de Psicología Ambiental / Bilingual Journal of Environmental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (2), pp.201-231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/21711976.2022.2043609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325065v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03692273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROM RISK TO LEGISLATIVE INNOVATION: THE TRAJECTORY OF MARINE SUBMERSION THROUGH THE FRENCH MEDIA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coastal inconsistencies: Living with and anticipating coastal flood risks in southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solveig Lelaurain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Séverin Guignard</w:t>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.1-17. </w:t>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 64, pp.102521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17524032.2021.1954538⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03327536v1</w:t>
+                <w:t xml:space="preserve">hal-03326488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal inconsistencies: Living with and anticipating coastal flood risks in southern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FROM RISK TO LEGISLATIVE INNOVATION: THE TRAJECTORY OF MARINE SUBMERSION THROUGH THE FRENCH MEDIA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solveig Lelaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 64, pp.102521. </w:t>
+              <w:t xml:space="preserve">Environmental Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102521⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17524032.2021.1954538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03326488v1</w:t>
+                <w:t xml:space="preserve">hal-03327536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lessons learned about the importance of raising risk awareness in the Mediterranean region (north Morocco and west Sardinia, Italy)</w:t>
+                <w:t xml:space="preserve">Between oblivion and drastic evidence: How local communities cope with seismic risk by forgetting and remembering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ante Ivčević</w:t>
+                <w:t xml:space="preserve">Sonia Brondi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Mazurek</w:t>
+                <w:t xml:space="preserve">Lucilla Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Siame</w:t>
+                <w:t xml:space="preserve">Rocco Claudio Tanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-21-3749-2021⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56, pp.102132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478720v1</w:t>
+                <w:t xml:space="preserve">hal-03325065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response to the comment by A. Salhi (2020) regarding the published article ’Local Risk Awareness and Precautionary Behaviour in a Multi-Hazard Region of North Morocco.’</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Lessons learned about the importance of raising risk awareness in the Mediterranean region (north Morocco and west Sardinia, Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ante Ivčević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Mazurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Siame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Séverin Guignard</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vania Statzu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102038⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (12), pp.3749-3765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-21-3749-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108754v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate concerned but anti-nuclear: Exploring (dis)approval of nuclear energy in four European countries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Wouter Poortinga</w:t>
+                <w:t xml:space="preserve">Response to the comment by A. Salhi (2020) regarding the published article ’Local Risk Awareness and Precautionary Behaviour in a Multi-Hazard Region of North Morocco.’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Ivčević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Mazurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Siame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Research &amp; Social Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.erss.2021.102008⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.102038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2021.102038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182744v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trust in public risk management and social dynamics in the case of flood risk</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Climate concerned but anti-nuclear: Exploring (dis)approval of nuclear energy in four European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Sonnberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ruddat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Scheer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter Poortinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CES Psicología</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21615/cesp.14.1.5⟩</w:t>
+              <w:t xml:space="preserve">Energy Research &amp; Social Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 75, pp.102008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erss.2021.102008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158267v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The future protection from the climate change-related hazards and the willingness to pay for home insurance in the coastal wetlands of West Sardinia, Italy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alessio Satta</w:t>
+                <w:t xml:space="preserve">Trust in public risk management and social dynamics in the case of flood risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101956⟩</w:t>
+              <w:t xml:space="preserve">CES Psicología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1 (spec iss)), pp.49-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21615/cesp.14.1.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048692v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Risk Awareness and Precautionary Behaviour in a Multi-Hazard Region of North Morocco</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">The future protection from the climate change-related hazards and the willingness to pay for home insurance in the coastal wetlands of West Sardinia, Italy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ante Ivčević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vania Statzu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Satta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.1-13. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101724⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 52, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02886622v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculative and relational trust in the management of coastal floods and earthquakes: a comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocco Tanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PsyEcology. Revista Bilingüe de Psicología Ambiental / Bilingual Journal of Environmental Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/21711976.2020.1734398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative frame for a contextualised analysis of local natural risk management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local Risk Awareness and Precautionary Behaviour in a Multi-Hazard Region of North Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Ivčević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Mazurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Siame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, pp.101945. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101945⟩</w:t>
+              <w:t xml:space="preserve">, 2020, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015837v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02886622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientific truth or debate: On the link between perceived scientific consensus and belief in anthropogenic climate change</w:t>
+                <w:t xml:space="preserve">A comparative frame for a contextualised analysis of local natural risk management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Understanding of Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.101945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101945⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02148016v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From legal to normative: A combined social representations and sociocognitive approach to diagnosing cultural change triggered by new environmental laws</w:t>
+                <w:t xml:space="preserve">Scientific truth or debate: On the link between perceived scientific consensus and belief in anthropogenic climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisela Böhm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter Poortinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Culture and Psychology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Public Understanding of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888409v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élaboration collective et recommandations des parties prenantes face à un scénario de tempête en 2030 sur le lido de Sète</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From legal to normative: A combined social representations and sociocognitive approach to diagnosing cultural change triggered by new environmental laws</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Castro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mediterranee.8573⟩</w:t>
+              <w:t xml:space="preserve">Culture and Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1354067X18790730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03111091v1</w:t>
+                <w:t xml:space="preserve">hal-01888409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health is in the eye of the beholder: The Impact of social norms on perceived health dispositions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Élaboration collective et recommandations des parties prenantes face à un scénario de tempête en 2030 sur le lido de Sète</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thémis Apostolidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Swiss Journal of Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1024/1421-0185/a000192⟩</w:t>
+              <w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 128, pp.55-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mediterranee.8573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888420v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The outer influence inside us: Exploring the relation between social and personal norms</w:t>
+                <w:t xml:space="preserve">Health is in the eye of the beholder: The Impact of social norms on perceived health dispositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paula Castro</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thémis Apostolidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2016.03.020⟩</w:t>
+              <w:t xml:space="preserve">Swiss Journal of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 76 (2), pp.59-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1024/1421-0185/a000192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443194v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Great deeds or great risks? Scientists' social representations of nanotechnology</w:t>
+                <w:t xml:space="preserve">The outer influence inside us: Exploring the relation between social and personal norms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claus Svendsen</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Castro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Risk Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 112, pp.45 - 53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2016.03.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13669877.2015.1042503⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01261365v1</w:t>
+                <w:t xml:space="preserve">hal-01443194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When meters start to talk: The public's encounter with smart meters in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Looking to the future for being well-seen: further evidences about the normative feature of the future time perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luis Carlos Rodrigues Jr.</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katerina Goula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thémis Apostolidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Research &amp; Social Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 28, pp.7-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01261379v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01888464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coastal vulnerabilities under the deliberation of stakeholders: The case of two French sandy beaches</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Great deeds or great risks? Scientists' social representations of nanotechnology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déborah Idier</w:t>
+                <w:t xml:space="preserve">Nina Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Mallet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claus Svendsen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2014.12.024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Risk Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13669877.2015.1042503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01102609v1</w:t>
+                <w:t xml:space="preserve">hal-01261365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking to the future for being well-seen: further evidences about the normative feature of the future time perspective</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">When meters start to talk: The public's encounter with smart meters in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thémis Apostolidis</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Carlos Rodrigues Jr.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Energy Research &amp; Social Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erss.2015.08.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01888464v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01261379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coastal vulnerabilities under the deliberation of stakeholders: The case of two French sandy beaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Oliveros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 105 (1), pp.166-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2014.12.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01102609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Public perceptions and governance of controversial technologies to tackle climate change: Nuclear power, carbon capture and storage, wind, and geoengineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Poumadere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaleh Samadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 2 (5), p. 712-727. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/wcc.134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00655307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3896,962 +4017,962 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'émergence d'un phénomène à l'adaptation des communautés locales : la question de la pollution de l'air dans les médias français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriana Gasperin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9eme Colloque Interdisciplinaire de l'ARPEnv : Rôle des environnements vécus sur les modes de vie (durables)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ARPENV; Université Gustave Eiffel, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05272797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articuler l’écologie politique avec les théories des minorités actives et des représentations sociales, pour repenser une psychologie sociale des problèmes environnementaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Dupoirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Conférence Internationale sur les Représentations Sociales.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05319088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of CCS Representations in French Media: Possible Polarization of CO2 Reduction Technologies?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social representations of ecological transition between groups with different social positions : a focus group study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Alexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Poumadère</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th IAPS Conference “Enacting Transdisciplinar Knowledge: People, Places, Movements and Sustainabilities”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Barcelona, Jul 2024, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Doing qualitative research in the age of uncertainty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EQUIP, Jun 2024, Milan (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04941132v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narratives of sustainable social change among neuroscientists: What role for science and scientists?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of CCS Representations in French Media: Possible Polarization of CO2 Reduction Technologies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lefevre</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ataberk Bagci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Conference of the Association of European Qualitative Researchers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Milan, Italy</w:t>
+              <w:t xml:space="preserve">28th IAPS Conference “Enacting Transdisciplinar Knowledge: People, Places, Movements and Sustainabilities”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Barcelona, Jul 2024, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04941181v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social representations of ecological transition between groups with different social positions : a focus group study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leroy Alexis</w:t>
+                <w:t xml:space="preserve">Narratives of sustainable social change among neuroscientists: What role for science and scientists?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Suchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Marmorat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doing qualitative research in the age of uncertainty</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EQUIP, Jun 2024, Milan (Italie), Italy</w:t>
+              <w:t xml:space="preserve">2nd Conference of the Association of European Qualitative Researchers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04945101v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04941181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations sociales de la transition écologique en fonction de son groupe social</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Evolution du mouvement et du discours environnemental dans la sphère médiatique depuis 1990</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème édition du Colloque Interdisciplinaire ARPEnv, Crise climatique, crises sociales : Résilience et ruptures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">16ème édition Colloque Jeunes Chercheurs et Jeunes Chercheuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04337633v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des représentations du CSC dans les médias français : une possible polarisation des technologies de réduction du CO2 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ataberk Bagci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Poumadère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crises climatiques, crises sociales : résilience et rupture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association pour la Recherche en Psychologie Environnementale, May 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution du mouvement et du discours environnemental dans la sphère médiatique depuis 1990</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Les représentations sociales de la transition écologique en fonction de son groupe social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème édition Colloque Jeunes Chercheurs et Jeunes Chercheuses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Jun 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">8ème édition du Colloque Interdisciplinaire ARPEnv, Crise climatique, crises sociales : Résilience et ruptures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04337685v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de l’activisme climatique dans la sphère médiatique de 2007 à 2022: un regard dialogique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Fointiat</w:t>
+                <w:t xml:space="preserve">Acheter vert : choix personnel ou dilemme social ? Impact du conformisme sur les choix de consommation durable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Berrhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Girandola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeps20-Regards passés et horizons d’avenir sur la psychologie sociale d’ici et d’ailleurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Brest, France</w:t>
+              <w:t xml:space="preserve">14ème Congrès International de Psychologie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03956720v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui n’aime pas la mer ? Une proposition d’outils de mesure pour appréhender le rapport à la mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4860,513 +4981,513 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques de l’ARPEnv (Association pour la Recherche en Psychologie Environnementale)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03930380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acheter vert : choix personnel ou dilemme social ? Impact du conformisme sur les choix de consommation durable.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Berrhoun</w:t>
+                <w:t xml:space="preserve">Evolution de l’activisme climatique dans la sphère médiatique de 2007 à 2022: un regard dialogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroy Alexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Girandola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Congrès International de Psychologie Sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Jeps20-Regards passés et horizons d’avenir sur la psychologie sociale d’ici et d’ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03744661v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03956720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure of young children to settled dust: an analysis of parental knowledge and risk perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malleret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the International Association of People-Environnement Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISCTE - Lisbon University Institute, Jul 2022, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03963667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Révision systématique de la littérature sur l'activisme climatique : vers une nouvelle orientation pour la psychologie sociale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leroy Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fointiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COLLOQUE INTERDISCIPLINAIRE ARPENV 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03263873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre naturalisation et gestion : Une analyse de l'amplification sociale des risques côtiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Colloque Interdisciplinaire ARPEnv "Défis environnementaux d'aujourd'hui et de demain : Mieux comprendre pour mieux accompagner le changement"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nantes (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03269908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idéologies et mesures pro-environnementales : la modernisation écologique comme moyen de légitimer le système</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Suchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Demarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5381,73 +5502,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème congrès de l'ADRIPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03136618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coastal flooding in time – a look from two studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5456,1534 +5577,1534 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Lelaurain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès de l’International Association for People-Environment Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03553327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’émergence d'un nouveau risque : Parcours de la submersion marine à travers les médias</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local science-society relations: the legitimacy of coastal flood risk information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solveig Lelaurain</w:t>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60ème Congrès de la Société Francaise de Psychologie, « Apprentissages, Vulnérabilités, Préventions »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Poitiers, France</w:t>
+              <w:t xml:space="preserve">International Conference of Environmental Psychology (ICEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Plymouth, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528115v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local science-society relations: the legitimacy of coastal flood risk information</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’émergence d'un nouveau risque : Parcours de la submersion marine à travers les médias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverin Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solveig Lelaurain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Environmental Psychology (ICEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Plymouth, United Kingdom</w:t>
+              <w:t xml:space="preserve">60ème Congrès de la Société Francaise de Psychologie, « Apprentissages, Vulnérabilités, Préventions »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528122v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local risk knowledge and trust: between reified and consensual knowledge in seismic and flood-prone areas</w:t>
+                <w:t xml:space="preserve">Between scientific 'truths' and 'debates': How perceived scientific consensus predicts beliefs about anthropogenic climate change in four EU countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Association People-Environment Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Rome, Italy</w:t>
+              <w:t xml:space="preserve">14th International Conference on Social Representations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Buenos Aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943491v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between scientific 'truths' and 'debates': How perceived scientific consensus predicts beliefs about anthropogenic climate change in four EU countries</w:t>
+                <w:t xml:space="preserve">Local risk knowledge and trust: between reified and consensual knowledge in seismic and flood-prone areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Mays</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Social Representations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Buenos Aires, Argentina</w:t>
+              <w:t xml:space="preserve">International Association People-Environment Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528097v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between scientific 'facts' and 'debates': How perceived scientific consensus predicts beliefs about anthropogenic climate in four EU countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Poumadere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Risk Analysis (Europe), Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02528063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptions et représentations sociales du risque de submersion marine (DIGUE 2020 ) sur le littoral de la Région Provence-Alpes-Côte-d’Azur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Trémélo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque ARPEnv : Modes d'habiter et sensibilités environnementales émergentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02528047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le danger d'à côté : la perception des risques associés au traitement des sols pollués à partir des résidus de bauxite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Berrhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Merdy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque ARPEnv : Modes d'habiter et sensibilités environnementales émergentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02528012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risks as a point of view: Scientists' social representations of nanotechnology</w:t>
+                <w:t xml:space="preserve">From private to public solutions: How collectively oriented arguments emerge in as part of discussions about the new French electricity meters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Poumadère</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claus Svendsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Risk Analysis - Europe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Bath, United Kingdom</w:t>
+              <w:t xml:space="preserve">13th International Conference on Social Representations (CIRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443204v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place attachment, knowledge and institutional trust in the relations to risk</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Risks as a point of view: Scientists' social representations of nanotechnology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Régner</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Poumadère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claus Svendsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Risk Analysis - Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Bath University, Jun 2016, Bath, United Kingdom</w:t>
+              <w:t xml:space="preserve">, Jun 2016, Bath, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443213v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextos normativos através de metarrepresentações: Um método para a análise da organização societal de diferentes representações sociais</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Place attachment, knowledge and institutional trust in the relations to risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Régner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Social Representations (CIRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire de Psychologie Sociale, Aix-Marseille Université, Sep 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">Society for Risk Analysis - Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bath University, Jun 2016, Bath, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443218v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'écart entre l'expression des croyances et comportements environnementaux: Une analyse des niveaux de construit, auto-présentation et rapport au futur</w:t>
+                <w:t xml:space="preserve">Contextos normativos através de metarrepresentações: Um método para a análise da organização societal de diferentes representações sociais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paula Castro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française (CIPSLF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">13th International Conference on Social Representations (CIRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de Psychologie Sociale, Aix-Marseille Université, Sep 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528080v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place attachment, institutional trust and illusion of control in the relations to risks</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'écart entre l'expression des croyances et comportements environnementaux: Une analyse des niveaux de construit, auto-présentation et rapport au futur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Regner</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Castro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of the Society of Risk Analyis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Bath, United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès International de Psychologie Sociale en Langue Française (CIPSLF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03553368v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From private to public solutions: How collectively oriented arguments emerge in as part of discussions about the new French electricity meters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Place attachment, institutional trust and illusion of control in the relations to risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Poumadère</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Regner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Social Representations (CIRS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">International Conference of the Society of Risk Analyis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Bath, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443217v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03553368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEPAVING Aix-Marseille: An interdisciplinary hub for the analysis of urban NBS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Sandoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th IAPS Conference “Enacting Transdisciplinar Knowledge: People, Places, Movements and Sustainabilities”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Barcelona, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I own therefore I am: impact of materialism and individualism on sustainable consumption practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Berrhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6998,311 +7119,311 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Colloque Interdisciplinaire ARPEnv, « Défis environnementaux d’aujourd’hui et de demain : mieux comprendre pour mieux accompagner le changement ».</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03602223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confiance aux communications officielles et comportement du « public » face aux risques d’inondation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Trémélo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la prévision des crues à la gestion de crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating multi-stakeholder risk perceptions associated with coastal flooding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schleyer-Lindenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Bertoldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Trémélo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Environmental Psychology – Theories of change and social innovation in transitions towards sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Coruna, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId175"/>
+      <w:footerReference w:type="default" r:id="rId178"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7370,51 +7491,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B98C98F3"/>
+    <w:nsid w:val="E9662191"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7601,51 +7722,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/raquel-bertoldo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0172-5540" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448690v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Langlais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Bertoldo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Guignard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mard.demar.2022.01.0067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407987v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Justo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dany" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.38610" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900514v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Bousfield" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443211v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Castro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mali Uzelgun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443207v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lopez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995578v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson da Silveira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Bousfield" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44282-025-00151-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592802v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Alexis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fointiat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450070v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ia Isabel Giacomozzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Gomes Fiorott" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberta Contarello" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/humaff-2022-2032" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448627v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela B&#246;hm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-R&#252;diger Pfister" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouven Doran" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles A Ogunbode" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Poortinga" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1139133" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692273v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Berrhoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Merdy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21711976.2022.2043609" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894273v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Bosone" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su142416490" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325065v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brondi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Claudio Tanga" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102132" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327536v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Lelaurain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schleyer-Lindenmann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17524032.2021.1954538" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326488v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102521" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478720v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ante Iv&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Mazurek" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Siame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Statzu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-3749-2021" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03108754v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102038" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182744v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sonnberger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ruddat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Arnold" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Scheer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erss.2021.102008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158267v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21615/cesp.14.1.5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03048692v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Satta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101956" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02886622v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101724" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534919v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Tanga" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21711976.2020.1734398" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015837v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101945" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148016v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mays" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumadere" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888409v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1354067X18790730" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111091v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumad&#232;re" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.8573" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WZTXTHQK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888420v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;mis Apostolidis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000192" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443194v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2016.03.020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261365v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Schneider" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Svendsen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13669877.2015.1042503" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261379v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Carlos Rodrigues Jr." TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erss.2015.08.014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01102609v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mallet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Oliveros" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2014.12.024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Goula" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00655307v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaleh Samadi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcc.134" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LRXVZ2DJ-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05272797v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriana Gasperin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319088v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Vinson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupoirier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941132v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataberk Bagci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941181v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Suchier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Duff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefevre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Marmorat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945101v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04337633v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737133v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04337685v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03956720v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930380v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744661v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girandola" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963667v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03263873v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269908v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136618v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demarque" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553327v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528115v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528122v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943491v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528097v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528063v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528047v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528012v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443204v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443213v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R&#233;gner" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443218v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528080v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553368v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Regner" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443217v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941085v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sandoz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leblond" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602223v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943511v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943502v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/raquel-bertoldo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0172-5540" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448690v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Langlais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Bertoldo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Guignard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mard.demar.2022.01.0067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407987v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Justo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dany" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.38610" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900514v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Bousfield" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443211v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Castro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mali Uzelgun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443207v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Lopez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Leroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Vinson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dupoirier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Fointiat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995578v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson da Silveira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Bousfield" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44282-025-00151-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592802v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroy Alexis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fointiat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450070v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ia Isabel Giacomozzi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Gomes Fiorott" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberta Contarello" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/humaff-2022-2032" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448627v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela B&#246;hm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-R&#252;diger Pfister" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouven Doran" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles A Ogunbode" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Poortinga" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1139133" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Bosone" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su142416490" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692273v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Berrhoun" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Merdy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21711976.2022.2043609" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326488v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dias" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schleyer-Lindenmann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102521" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327536v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Lelaurain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17524032.2021.1954538" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325065v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brondi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Claudio Tanga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102132" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478720v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ante Iv&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Mazurek" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Siame" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vania Statzu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-3749-2021" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03108754v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2021.102038" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182744v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sonnberger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ruddat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Arnold" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Scheer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erss.2021.102008" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158267v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21615/cesp.14.1.5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03048692v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Satta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101956" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534919v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Tanga" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21711976.2020.1734398" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02886622v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101724" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015837v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101945" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148016v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mays" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumadere" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888409v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1354067X18790730" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poumad&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.8573" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WZTXTHQK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888420v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;mis Apostolidis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000192" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443194v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2016.03.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Goula" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261365v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Schneider" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Svendsen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13669877.2015.1042503" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261379v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Carlos Rodrigues Jr." TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erss.2015.08.014" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01102609v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Idier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mallet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Oliveros" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2014.12.024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00655307v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaleh Samadi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcc.134" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LRXVZ2DJ-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05272797v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriana Gasperin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319088v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945101v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941132v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataberk Bagci" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941181v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Suchier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Duff" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefevre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Marmorat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04337685v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737133v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04337633v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744661v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Girandola" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930380v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03956720v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963667v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03263873v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269908v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136618v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demarque" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553327v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528115v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528097v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943491v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528063v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528047v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528012v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443217v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443204v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443213v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R&#233;gner" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443218v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528080v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553368v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Regner" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941085v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sandoz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leblond" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602223v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943511v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943502v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>