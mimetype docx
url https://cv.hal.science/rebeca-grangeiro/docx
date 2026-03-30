--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -188,51 +188,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Management and Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31 (6), pp.1-13. </w:t>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/jmo.2025.10055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -435,51 +435,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Souesme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Western Journal of Nursing Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, 2025, 47, pp.1170-1179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/01939459251374179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1023,222 +1023,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic Overview of Gender in Consumer Research: Foundations and Future Paths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Women founders of startups: an examination through the prism of the queen bee phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Administração em Diálogo - RAD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23925/2178-0080.2022v24i2.53168⟩</w:t>
+              <w:t xml:space="preserve">Review of Business Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (3), pp.387-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7819/rbgn.v25i3.4235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04165373v1</w:t>
+                <w:t xml:space="preserve">hal-04744923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women founders of startups: an examination through the prism of the queen bee phenomenon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Systematic Overview of Gender in Consumer Research: Foundations and Future Paths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Business Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25 (3), pp.387-404. </w:t>
+              <w:t xml:space="preserve">Revista Administração em Diálogo - RAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7819/rbgn.v25i3.4235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23925/2178-0080.2022v24i2.53168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04744923v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of combined physical and cognitive program performed in socially enriched environment on older people’s cognitive abilities and quality of life (StimCoAPS): study protocol for a randomized controlled trial</w:t>
               </w:r>
@@ -1394,505 +1394,505 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Business Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 25 (3), pp.387-404. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7819/rbgn.v25i3.4235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04390527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Academic Women: a study in the Queen Bee Phenomenon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">I broke the glass ceiling, now what? Overview of metaphors to explain gender inequality in organizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAM. Revista de Administração Mackenzie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (2), </w:t>
+              <w:t xml:space="preserve">International Journal of Organizational Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (6), pp.1523-1532. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1590/1678-6971/eRAMG220211.en⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/IJOA-07-2020-2281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03479641v1</w:t>
+                <w:t xml:space="preserve">halshs-03398981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientific Metaphors and Female Representativeness in Leadership Positions: a Bibliometric Analysis</w:t>
+                <w:t xml:space="preserve">Women in leadership positions in universities: are they really queen bees?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Psicologia: Organizações &amp; Trabalho</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5935/rpot/2021.1.19839⟩</w:t>
+              <w:t xml:space="preserve">Management Research Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/MRR-03-2021-0239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03879271v1</w:t>
+                <w:t xml:space="preserve">hal-03758851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I broke the glass ceiling, now what? Overview of metaphors to explain gender inequality in organizations</w:t>
+                <w:t xml:space="preserve">Scientific Metaphors and Female Representativeness in Leadership Positions: a Bibliometric Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Sousa Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Organizational Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 30 (6), pp.1523-1532. </w:t>
+              <w:t xml:space="preserve">Revista Psicologia: Organizações &amp; Trabalho</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/IJOA-07-2020-2281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5935/rpot/2021.1.19839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03398981v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03879271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women in leadership positions in universities: are they really queen bees?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Academic Women: a study in the Queen Bee Phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management Research Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">RAM. Revista de Administração Mackenzie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/MRR-03-2021-0239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1590/1678-6971/eRAMG220211.en⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03758851v1</w:t>
+                <w:t xml:space="preserve">halshs-03479641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Queen Bee Phenomenon Scale: Psychometric Evidence in the Brazilian Context</w:t>
               </w:r>
@@ -2021,51 +2021,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Scientific Production on Transformative Consumer Research and Transformative Service Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Henrique de Oliveira Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2151,51 +2151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raimundo Dalmir Luiz De Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de Gestao e Secretariado</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (2), pp.27-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2314,469 +2314,469 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03904800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le phénomène reine des abeilles: Quelles particularités à l’université?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Covid-19 pandemic: why does it matter for consumer research?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Esnard</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeniffer De Nadae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cadernos de Pesquisa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1590/198053147516⟩</w:t>
+              <w:t xml:space="preserve">Revista Brasileira de Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (2), pp.252-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5585/remark.v20i2.18677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03398896v1</w:t>
+                <w:t xml:space="preserve">hal-03904764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covid-19 pandemic: why does it matter for consumer research?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le phénomène reine des abeilles: Quelles particularités à l’université?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeniffer De Nadae</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Brasileira de Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 20 (2), pp.252-278. </w:t>
+              <w:t xml:space="preserve">Cadernos de Pesquisa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5585/remark.v20i2.18677⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1590/198053147516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03904764v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03398896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposição de uma Escala de Consumo de Objetos Artesanais</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hurdles and opportunities for women career in startups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teoria e Prática em Administração (TPA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.95-110. </w:t>
+              <w:t xml:space="preserve">Revista pensamento contemporâneo em administração</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (2), pp.18-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21714/2238-104X2020v10i1-48252⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12712/rpca.v14i2.41290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03904806v1</w:t>
+                <w:t xml:space="preserve">halshs-03398941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hurdles and opportunities for women career in startups</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proposição de uma Escala de Consumo de Objetos Artesanais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca da Rocha Grangeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jailson Santana Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Emmanuel Nascimento Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoel Bastos Gomes Neto</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Esnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista pensamento contemporâneo em administração</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14 (2), pp.18-32. </w:t>
+              <w:t xml:space="preserve">Teoria e Prática em Administração (TPA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.95-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12712/rpca.v14i2.41290⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21714/2238-104X2020v10i1-48252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03398941v1</w:t>
+                <w:t xml:space="preserve">hal-03904806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habilitação Rural e Desenvolvimento Regional Sustentável: O Programa Nacional de Habitação Rural em Nova Olinda/CE</w:t>
               </w:r>
@@ -3800,51 +3800,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295689v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Noble" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Souesme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin-Bonnaventure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca da Rocha Grangeiro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2025.10055" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340359v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Bastos Gomes Neto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Maria Mota Santos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Moreira De Carvalho Neto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-6971/eramg250170" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin Bonnaventure" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01939459251374179" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750608v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Esnard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.13078" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231777v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio Carvalho Neto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0034-761220240124x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Emanuel Nascimento Silva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.12957" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744683v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Haza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1460966" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744922v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rika Cinegaglia Viz Leutwiler" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Maria Barbosa de Amorim-Ribeiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Grangeiro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56300/KJFO7684" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165373v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Emmanuel Nascimento Silva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/2178-0080.2022v24i2.53168" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744923v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7819/rbgn.v25i3.4235" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246643v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Gonnord" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Migeot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjsem-2023-001577" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390527v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479641v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-6971/eRAMG220211.en" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03879271v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sousa Rodrigues" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/rpot/2021.1.19839" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398981v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJOA-07-2020-2281" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758851v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MRR-03-2021-0239" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03879239v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Teixeira Rezende" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailson Santana Carneiro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1807-7692bar2022210070" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904768v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Henrique de Oliveira Lima" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1984-92302021v28n9604EN" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904777v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Dalmir Luiz De Souza" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7769/gesec.v12i2.1209" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luciana Milit&#227;o" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5020/2318-0722.2020.26.3.9506" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398896v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/198053147516" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904764v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeniffer De Nadae" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5585/remark.v20i2.18677" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904806v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21714/2238-104X2020v10i1-48252" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398941v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12712/rpca.v14i2.41290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390545v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Fonteles Barbosa Ferreira Costa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celme Torres Ferreira Da Costa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girlaine Souza da Silva Alencar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21664/2238-8869.2019v8i3.p379-396" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492037v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pe&#241;a-Jimenez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy-Llaty" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499300v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499307v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487998v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487990v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Boucard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chiron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295689v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Noble" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Souesme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin-Bonnaventure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca da Rocha Grangeiro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2025.10055" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340359v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Bastos Gomes Neto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Maria Mota Santos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Moreira De Carvalho Neto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-6971/eramg250170" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295686v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin Bonnaventure" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01939459251374179" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750608v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Esnard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.13078" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231777v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio Carvalho Neto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0034-761220240124x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Emanuel Nascimento Silva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.12957" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744683v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Haza" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1460966" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744922v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rika Cinegaglia Viz Leutwiler" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Maria Barbosa de Amorim-Ribeiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Grangeiro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56300/KJFO7684" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744923v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7819/rbgn.v25i3.4235" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165373v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Emmanuel Nascimento Silva" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23925/2178-0080.2022v24i2.53168" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246643v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Gonnord" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Migeot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjsem-2023-001577" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390527v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398981v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJOA-07-2020-2281" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758851v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/MRR-03-2021-0239" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03879271v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sousa Rodrigues" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5935/rpot/2021.1.19839" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479641v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-6971/eRAMG220211.en" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03879239v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Teixeira Rezende" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailson Santana Carneiro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1807-7692bar2022210070" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904768v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Henrique de Oliveira Lima" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1984-92302021v28n9604EN" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904777v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Dalmir Luiz De Souza" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7769/gesec.v12i2.1209" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luciana Milit&#227;o" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5020/2318-0722.2020.26.3.9506" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904764v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeniffer De Nadae" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5585/remark.v20i2.18677" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398896v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/198053147516" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398941v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12712/rpca.v14i2.41290" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904806v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21714/2238-104X2020v10i1-48252" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390545v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mila Fonteles Barbosa Ferreira Costa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celme Torres Ferreira Da Costa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girlaine Souza da Silva Alencar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21664/2238-8869.2019v8i3.p379-396" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492037v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pe&#241;a-Jimenez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy-Llaty" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499300v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499307v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487998v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487990v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Boucard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Chiron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>