--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1547,51 +1547,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 2 (2012), pp.17-28</w:t>
+              <w:t xml:space="preserve">, 2012, 2, pp.17-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01158181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -4558,350 +4558,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04661630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moulins à eau et ouvrages hydrauliques, outils de reconstitution et d'interprétation des trajectoires paysa-gères des fonds de vallées</w:t>
+                <w:t xml:space="preserve">Defining and achieving good water status: expert rule versus local participation. Case studies on dam removal in western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Germaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Barraud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Ballut, Christèle and Fournier, Patrick. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnaud-Fassetta, Gilles and Masson, Eric and Reynard, Emmanuel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Au fil de l'eau: ressources, risques et gestion du néolithique à nos jours</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSH Clermont-Ferrand, pp.215--228, 2013, 978-2-84516-555-7</w:t>
+              <w:t xml:space="preserve">European continental hydrosystems under changing water policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pfeil, pp.233--246, 2013, 978-3-89937-157-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01640620v1</w:t>
+                <w:t xml:space="preserve">hal-01640615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rivers groins along the Armoricain Loire : river responses and local resident reactions.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Davodeau</w:t>
+                <w:t xml:space="preserve">Moulins à eau et ouvrages hydrauliques, outils de reconstitution et d'interprétation des trajectoires paysa-gères des fonds de vallées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Germaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Cador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">G. Arnaud-Fasseta, E. Masson, E. Reynard. </w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lespez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ballut, Christèle and Fournier, Patrick. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Continental Hydrosystems under Changing Water Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Verlag Dr. Friedrich Pfeil, 2013, 978-3-89937-157-4</w:t>
+              <w:t xml:space="preserve">Au fil de l'eau: ressources, risques et gestion du néolithique à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSH Clermont-Ferrand, pp.215--228, 2013, 978-2-84516-555-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01324086v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining and achieving good water status: expert rule versus local participation. Case studies on dam removal in western France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Anne Germaine</w:t>
+                <w:t xml:space="preserve">Rivers groins along the Armoricain Loire : river responses and local resident reactions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Davodeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Barraud</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Arnaud-Fassetta, Gilles and Masson, Eric and Reynard, Emmanuel. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Carcaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Montembault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pordoy Claire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Arnaud-Fasseta, E. Masson, E. Reynard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European continental hydrosystems under changing water policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pfeil, pp.233--246, 2013, 978-3-89937-157-4</w:t>
+              <w:t xml:space="preserve">European Continental Hydrosystems under Changing Water Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Verlag Dr. Friedrich Pfeil, 2013, 978-3-89937-157-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01640615v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01324086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’actualité patrimoniale des associations vue par la presse quotidienne régionale en Pays de la Loire. Étude de l’édition Ouest-France du 1er janvier 2010 au 31 août 2012.</w:t>
               </w:r>
@@ -5013,62 +5013,62 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">G. Arnaud-Fassetta E. Masson &amp; E. Reynard. </w:t>
+              <w:t xml:space="preserve">Arnaud-Fassetta G., Masson E., Reynard E. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Continental Hydrosystems under Changing Water Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Verlag Dr. Friedrich Pfeil, München, pp.221-232, 2013</w:t>
+              <w:t xml:space="preserve">, Verlag Dr. Friedrich Pfeil, pp.221-232, 2013, 9783899371574</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01158250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -5883,51 +5883,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717634v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Barraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Portal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/flamme.1427" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03476908v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paysant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.6787" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380476v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andreu-Boussut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadenas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.5141" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01827814v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Davodeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12277" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231895v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Sneddon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385547v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402715v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lespez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.17443" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640618v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13583" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4717" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640619v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2014003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660759v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4714" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983889v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pordoy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.423.0241" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4729" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158181v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chauveau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729604v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592487v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barraud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Constantin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charruaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charrier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic M&#233;nanteau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401158v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2009.2652" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401165v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430935v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401156v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683900v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662560v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03084746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678086v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677990v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00912571v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taillade" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03110264v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03254932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pordoy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729564v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683807v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433104v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourinet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697506v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4710" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547296v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676005v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1464/9782759226832/demanteler-les-barrages-pour-restaurer-les-cours-d-eau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547304v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547325v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9242/de-la-reserve-integrale-a-la-nature-ordinaire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547460v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_gestion_ecologique_des_rivieres_francaises_regards_de_scientifiques_sur_une_controverse_jean_paul_bravard_christian_leveque-9782343197487-65711.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661227v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02132095v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Calvez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872915v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Romain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/en/r5181-demanteler-les-barrages-pour-restaurer-les-cours-d-eau.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661630v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640620v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cador" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324086v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pordoy Claire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640615v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661641v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158250v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clauzel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731567v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Dia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00202359v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03562246v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989650v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717634v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Barraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Portal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rollo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/flamme.1427" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03476908v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paysant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Caillault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Carcaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.6787" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380476v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andreu-Boussut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chadenas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.5141" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01827814v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Davodeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12277" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231895v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Sneddon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385547v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402715v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lespez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.17443" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640618v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13583" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4717" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640619v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2014003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660759v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4714" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983889v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pordoy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.423.0241" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4729" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158181v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chauveau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729604v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592487v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barraud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Constantin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charruaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charrier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401185v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic M&#233;nanteau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401158v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bagf.2009.2652" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401165v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430935v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401156v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683900v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662560v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03084746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678086v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677990v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00912571v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Taillade" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03110264v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03254932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pordoy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729564v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683807v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433104v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourinet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697506v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4710" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547296v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676005v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1464/9782759226832/demanteler-les-barrages-pour-restaurer-les-cours-d-eau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547304v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547325v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9242/de-la-reserve-integrale-a-la-nature-ordinaire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547460v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_gestion_ecologique_des_rivieres_francaises_regards_de_scientifiques_sur_une_controverse_jean_paul_bravard_christian_leveque-9782343197487-65711.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661227v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02132095v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Calvez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872915v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Romain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/en/r5181-demanteler-les-barrages-pour-restaurer-les-cours-d-eau.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661630v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640615v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640620v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cador" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324086v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pordoy Claire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661641v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01158250v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clauzel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731567v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Dia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00202359v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03562246v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989650v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>