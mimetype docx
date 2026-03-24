--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -100,291 +100,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezo1 gain of function induces a platelet preactivation state</w:t>
+                <w:t xml:space="preserve">SERCA3, ubiquitous but specific calcium pumps?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christilla Bachelot-Loza</w:t>
+                <w:t xml:space="preserve">Maëliss Toth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Marchelli</w:t>
+                <w:t xml:space="preserve">Shaymaa Alhabib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Ruch</w:t>
+                <w:t xml:space="preserve">Boris Manoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divina El Hamaoui</w:t>
+                <w:t xml:space="preserve">Régis Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Demagny</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Véronique Leblais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Cell Calcium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 132, pp.103079. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtha.2025.11.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceca.2025.103079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05441209v1</w:t>
+                <w:t xml:space="preserve">hal-05304354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SERCA3, ubiquitous but specific calcium pumps?</w:t>
+                <w:t xml:space="preserve">Piezo1 gain of function induces a platelet preactivation state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëliss Toth</w:t>
+                <w:t xml:space="preserve">Christilla Bachelot-Loza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaymaa Alhabib</w:t>
+                <w:t xml:space="preserve">Aurore Marchelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Manoury</w:t>
+                <w:t xml:space="preserve">Laurie Ruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Bobe</w:t>
+                <w:t xml:space="preserve">Divina El Hamaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Leblais</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Demagny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Calcium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 132, pp.103079. </w:t>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceca.2025.103079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtha.2025.11.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304354v1</w:t>
+                <w:t xml:space="preserve">hal-05441209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Protein Kinase A Inhibitor KT5720 Prevents Endothelial Dysfunctions Induced by High-Dose Irradiation</w:t>
               </w:r>
@@ -761,256 +761,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04453742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SERCA3 calcium pump: discovery of a new calcium signalling pathway that triggers platelet activation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Endoglin Is an Endothelial Housekeeper against Inflammation: Insight in ECFC-Related Permeability through LIMK/Cofilin Pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐philippe Rosa</w:t>
+                <w:t xml:space="preserve">Elisa Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Bobe</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandre Kauskot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Saller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Frezza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Poirault-Chassac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Francophone d'Hémostase et Thrombose</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (16), pp.8837. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22168837⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04453801v1</w:t>
+                <w:t xml:space="preserve">hal-03388849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endoglin Is an Endothelial Housekeeper against Inflammation: Insight in ECFC-Related Permeability through LIMK/Cofilin Pathway</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elisa Frezza</w:t>
+                <w:t xml:space="preserve">SERCA3 calcium pump: discovery of a new calcium signalling pathway that triggers platelet activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Poirault-Chassac</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean‐philippe Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Francophone d'Hémostase et Thrombose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (1), pp.41-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03388849v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
               </w:r>
@@ -1456,51 +1456,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kauskot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1674,398 +1674,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ca2+ release from Sarco/Endoplamic Reticulum Ca2+-ATPase 3 (SERCA3) controlled stores is involved in endothelial permeability and inflammatory response.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Adam</w:t>
+                <w:t xml:space="preserve">NAADP/SERCA3-Dependent Ca2+ Stores Pathway Specifically Controls Early Autocrine ADP Secretion Potentiating Platelet Activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Saller</w:t>
+                <w:t xml:space="preserve">Ziane Elaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTH 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Virtual conference, France</w:t>
+              <w:t xml:space="preserve">Virtual Congress of the International Society on Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Milan (Virtual), Italy. Res. Pract. Thromb. Haemost, 4 (Suppl. 1), pp.Abstract PB1745, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04455301v1</w:t>
+                <w:t xml:space="preserve">hal-04501065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ziane Elaib</w:t>
+                <w:t xml:space="preserve">Ca2+ release from Sarco/Endoplamic Reticulum Ca2+-ATPase 3 (SERCA3) controlled stores is involved in endothelial permeability and inflammatory response.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Beddek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2020, Virtual congress, France</w:t>
+              <w:t xml:space="preserve">, Jul 2020, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455286v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NAADP/SERCA3-Dependent Ca2+ Stores Pathway Specifically Controls Early Autocrine ADP Secretion Potentiating Platelet Activation</w:t>
+                <w:t xml:space="preserve">NAADP/SERCA3-dependent Ca2+ stores pathway specifically controls early autocrine ADP secretion potentiating platelet activation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziane Elaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Adam</w:t>
+                <w:t xml:space="preserve">Cécile V. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Congress of the International Society on Thrombosis and Haemostasis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Milan (Virtual), Italy. Res. Pract. Thromb. Haemost, 4 (Suppl. 1), pp.Abstract PB1745, 2020</w:t>
+              <w:t xml:space="preserve">ISTH 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Virtual congress, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04501065v1</w:t>
+                <w:t xml:space="preserve">hal-04455286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROLE OF THE SERCA3/NAADP SIGNALING IN THE CARDIOVASCULAR SYSTEM</w:t>
               </w:r>
@@ -2096,101 +2096,101 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José-Manuel Cancela</w:t>
+                <w:t xml:space="preserve">José‐manuel Cancela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine de La Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Huitième colloque du LabEx Lermit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04519880v1</w:t>
+                <w:t xml:space="preserve">hal-04455220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROLE OF THE SERCA3/NAADP SIGNALING IN THE CARDIOVASCULAR SYSTEM</w:t>
               </w:r>
@@ -2221,131 +2221,131 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José‐manuel Cancela</w:t>
+                <w:t xml:space="preserve">José-Manuel Cancela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine de La Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Huitième colloque du LabEx Lermit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04455220v1</w:t>
+                <w:t xml:space="preserve">hal-04519880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific mobilization of SERCA3-dependent Ca2+ stores by NAADP regulates platelet activity through ADP secretion.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziane Elaib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2353,51 +2353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marijke Bryckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐philippe Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Meeting of the European Calcium Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Hambourg (Germany), Germany</w:t>
@@ -2458,51 +2458,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réserves de calcium et fonctions plaquettaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Bobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9eme rencontre du CFPM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Bordeaux (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2521,273 +2521,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’activation des canaux TRPV4 induit la transition des cellules endothéliales veineuses ou artérielles vers un phénotype pro-inflammatoire.</w:t>
+                <w:t xml:space="preserve">La diminution de l’activité des pompes à calcium SERCA3 permet la réduction de la réponse inflammatoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Beddek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Bobe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40eme congres de la SFH</w:t>
+              <w:t xml:space="preserve">40eme congres de la SFH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04455362v1</w:t>
+                <w:t xml:space="preserve">hal-04455333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diminution de l’activité des pompes à calcium SERCA3 permet la réduction de la réponse inflammatoire.</w:t>
+                <w:t xml:space="preserve">L’activation des canaux TRPV4 induit la transition des cellules endothéliales veineuses ou artérielles vers un phénotype pro-inflammatoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathia Beddek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Saller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Borgel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Riccobono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40eme congres de la SFH 2020</w:t>
+              <w:t xml:space="preserve">40eme congres de la SFH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455333v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ADP sécrétée par la voie de signalisation calcique plaquettaire NAADP/SERCA3 active spécifiquement le récepteur purinergique P2Y12 et pas P2Y1</w:t>
               </w:r>
@@ -2799,64 +2799,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miao Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Bobe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐philippe Rosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème rencontre Club français des plaquettes et des mégacayocytes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, plateforme zoom, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3050,51 +3050,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05441209v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christilla Bachelot-Loza" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Marchelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Ruch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina El Hamaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Demagny" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtha.2025.11.028" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304354v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Toth" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaymaa Alhabib" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Manoury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bobe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Leblais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2025.103079" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304377v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Boittin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliss Toth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Riccobono" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Th&#233;ry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25042269" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930689v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Feng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hechler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gachet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Eckly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453742v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Beddek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Pateux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cosler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2022.02.096" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453801v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Rosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Bobe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388849v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rossi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kauskot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Saller" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Frezza" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Poirault-Chassac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22168837" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02948394v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Ela&#239;b" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Borgel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Denis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.316090" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610567v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ramos-Kuri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kleopatra Rapti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Mehel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihong Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perundurai S Dhandapany" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2015.08.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545429v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Lipskaia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zela Keuylian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Blirando" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Jacquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2014.08.002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455436v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Bryckaert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455301v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Saller" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455286v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Elaib" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile V. Denis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501065v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Adam" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519880v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Z&#233;licourt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Page" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Manuel Cancela" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine de La Porte" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455220v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;&#8208;manuel Cancela" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455185v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455403v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455362v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Raffin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455333v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455261v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304354v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Toth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaymaa Alhabib" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Manoury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bobe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Leblais" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2025.103079" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05441209v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christilla Bachelot-Loza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Marchelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Ruch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divina El Hamaoui" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Demagny" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtha.2025.11.028" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304377v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Boittin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliss Toth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Riccobono" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Th&#233;ry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25042269" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930689v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Feng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hechler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gachet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Eckly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453742v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Beddek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Pateux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cosler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2022.02.096" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388849v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rossi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kauskot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Saller" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Frezza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Poirault-Chassac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22168837" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453801v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Rosa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Bobe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02948394v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Ela&#239;b" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Borgel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Denis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.119.316090" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610567v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ramos-Kuri" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kleopatra Rapti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Mehel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihong Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perundurai S Dhandapany" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2015.08.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545429v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Lipskaia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zela Keuylian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Blirando" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mougenot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Jacquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2014.08.002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455436v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke Bryckaert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501065v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziane Elaib" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Adam" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455301v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Saller" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455286v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile V. Denis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455220v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Z&#233;licourt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Page" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;&#8208;manuel Cancela" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine de La Porte" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519880v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Manuel Cancela" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455185v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455403v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455333v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455362v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Raffin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455261v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>