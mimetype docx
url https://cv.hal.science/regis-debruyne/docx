--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1319,412 +1319,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first complete mitochondrial genome of Limnadia lenticularis (Branchiopoda, Spinicaudata), with new insights on its phylogeography and on the taxonomy of the genus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dating, stratigraphy and taphonomy of the Pleistocene site of Ban Fa Suai II (Northern Thailand): Contributions to the study of paleobiodiversity in Southeast Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Zeitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bellec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Debruyne</w:t>
+                <w:t xml:space="preserve">Winayalai Chinnawut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Utge</w:t>
+                <w:t xml:space="preserve">Lenoble Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Rabet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Corentin Bochaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Burdette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrobiologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10750-018-3724-7⟩</w:t>
+              <w:t xml:space="preserve">Annales de Paléontologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 105 (4), pp.275-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annpal.2019.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02988137v1</w:t>
+                <w:t xml:space="preserve">hal-02977603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Challenge of DNA Barcoding Saproxylic Beetles in Natural History Collections—Exploring the Potential of Parallel Multiplex Sequencing With Illumina MiSeq</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The first complete mitochondrial genome of Limnadia lenticularis (Branchiopoda, Spinicaudata), with new insights on its phylogeography and on the taxonomy of the genus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Gey</w:t>
+                <w:t xml:space="preserve">Laure Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Noblecourt</w:t>
+                <w:t xml:space="preserve">José Utge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Soldati</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Rabet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (495), pp.12. </w:t>
+              <w:t xml:space="preserve">Hydrobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 826 (1), pp.145-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fevo.2019.00495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10750-018-3724-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02430435v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-02988137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dating, stratigraphy and taphonomy of the Pleistocene site of Ban Fa Suai II (Northern Thailand): Contributions to the study of paleobiodiversity in Southeast Asia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Challenge of DNA Barcoding Saproxylic Beetles in Natural History Collections—Exploring the Potential of Parallel Multiplex Sequencing With Illumina MiSeq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Winayalai Chinnawut</w:t>
+                <w:t xml:space="preserve">Lucas Sire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lenoble Arnaud</w:t>
+                <w:t xml:space="preserve">Delphine Gey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Bochaton</w:t>
+                <w:t xml:space="preserve">Thierry Noblecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Burdette</w:t>
+                <w:t xml:space="preserve">Fabien Soldati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Paléontologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 105 (4), pp.275-285. </w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (495), pp.12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.annpal.2019.03.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2019.00495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02977603v1</w:t>
+                <w:t xml:space="preserve">hal-02430435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forensically Relevant Blow Flies in Lebanon Survey and Identification Using Molecular Markers (Diptera: Calliphoridae)</w:t>
               </w:r>
@@ -1974,51 +1974,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A sustainable review of the Middle Pleistocene benchmark sites including the Ailuropoda–Stegodon faunal complex: The Proboscidean point of view</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Zeitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Winayalai Chinnawut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2085,338 +2085,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematics of the Southeast Asian mongooses (Herpestidae, Carnivora): solving the mystery of the elusive collared mongoose and Palawan mongoose</w:t>
+                <w:t xml:space="preserve">Fishing for barcodes in the Torrent: from COI to complete mitogenomes on NGS platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Veron</w:t>
+                <w:t xml:space="preserve">Damien Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Lilith Patou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Regis Debruyne</w:t>
+                <w:t xml:space="preserve">Maeva Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Couloux</w:t>
+                <w:t xml:space="preserve">Gaël Denys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Desamarie Antonette P. Fernandez</w:t>
+                <w:t xml:space="preserve">Marion I. Mennesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 173 (1), pp.236-248. </w:t>
+              <w:t xml:space="preserve">DNA Barcodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3 (1), pp.170-186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/zoj.12206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/dna-2015-0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04573303v1</w:t>
+                <w:t xml:space="preserve">mnhn-02309917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fishing for barcodes in the Torrent: from COI to complete mitogenomes on NGS platforms</w:t>
+                <w:t xml:space="preserve">Systematics of the Southeast Asian mongooses (Herpestidae, Carnivora): solving the mystery of the elusive collared mongoose and Palawan mongoose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Hinsinger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Régis Debruyne</w:t>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Thomas</w:t>
+                <w:t xml:space="preserve">Marie-Lilith Patou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Denys</w:t>
+                <w:t xml:space="preserve">Arnaud Couloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion I. Mennesson</w:t>
+                <w:t xml:space="preserve">Desamarie Antonette P. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Barcodes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 3 (1), pp.170-186. </w:t>
+              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 173 (1), pp.236-248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/dna-2015-0019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/zoj.12206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-02309917v1</w:t>
+                <w:t xml:space="preserve">cea-04573303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the occurrence of Stegodon and Elephas in China and Southeast Asia during the Early Pleistocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Zeitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Winayalai Chinnawut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2694,307 +2694,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-03119559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte d'un assemblage faunique à Ailuropoda-Stegodon dans une grotte du nord de la Thaïlande (Ban Fa suai, Chiang Dao).</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A universal primer set for PCR amplification of nuclear histone H4 genes from all animal species.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnoult Seveau</w:t>
+                <w:t xml:space="preserve">Pascal Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Forestier</w:t>
+                <w:t xml:space="preserve">Michel Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbert Thomas</w:t>
+                <w:t xml:space="preserve">Rodolphe Suspène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Lenoble</w:t>
+                <w:t xml:space="preserve">Agnès Marchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Dettaï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crpv.2004.11.013⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 22 (3), pp.582-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msi053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00423513v1</w:t>
+                <w:t xml:space="preserve">hal-00096817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A universal primer set for PCR amplification of nuclear histone H4 genes from all animal species.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Découverte d'un assemblage faunique à Ailuropoda-Stegodon dans une grotte du nord de la Thaïlande (Ban Fa suai, Chiang Dao).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Zeitoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Pineau</w:t>
+                <w:t xml:space="preserve">Arnoult Seveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Henry</w:t>
+                <w:t xml:space="preserve">Hubert Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Suspène</w:t>
+                <w:t xml:space="preserve">Herbert Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Marchio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agnès Dettaï</w:t>
+                <w:t xml:space="preserve">Arnaud Lenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4 (3), pp.225-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpv.2004.11.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msi053⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00096817v1</w:t>
+                <w:t xml:space="preserve">halshs-00423513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Status of the so-called African pygmy elephant (Loxodonta pumilio (Noack 1906)): phylogeny of cytochrome b and mitochondrial control region sequences</w:t>
               </w:r>
@@ -5948,51 +5948,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122326v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Grasso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Adamo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lejzerowicz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.14122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025253v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie David" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vidal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Gorczynska" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Penaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111361" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118132v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Debruyne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lebrasseur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Antonios Dimopoulos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2443" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016682v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485015v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinnawut Winayalai" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasit Auetrakulvit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2023.102657" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015665v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Barriel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03188769v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aznar-Cormano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonnald" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Krief" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Guma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86010-x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herbin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D. Santin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Toro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Heuer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cuisin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14351/0831-4985-34.1.157" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863651v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Papayianni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64939-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05464860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02988137v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bellec" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Utge" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-018-3724-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Noblecourt" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Soldati" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2019.00495" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977603v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winayalai Chinnawut" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenoble Arnaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bochaton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Burdette" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2019.03.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02988141v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salman Shayya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Azar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jme/tjy068" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123487v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry D&#233;camps" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballesta" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Holon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rauby" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12671" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02977037v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.09.045" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04573303v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Veron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lilith Patou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desamarie Antonette P. Fernandez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zoj.12206" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02309917v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Thomas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Denys" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion I. Mennesson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/dna-2015-0019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02977026v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.186.6.413" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544766v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Dettai" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gallut" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brouillet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pothier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051263" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03119559v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1096-0031.2004.00044.x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BF1PBXCF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423513v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnoult Seveau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Thomas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2004.11.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9MBSTS9R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096817v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pineau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Henry" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Susp&#232;ne" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marchio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Detta&#239;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msi053" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03119558v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud van Holt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barriel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tassy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1631-0691(03)00158-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZDSJT8M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03119557v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1055-7903(02)00292-0" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7TM05VZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908184v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Martin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908073v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie P&#233;naud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675908v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha N. Nikolic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manicki" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbaza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03908592v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Colin-Fromont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Cl&#233;ment" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537558v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Joncour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537541v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ollivier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colline Brassard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Utge-Buil" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980216v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875412v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P.J. Denys" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D Hinsinger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Davesne" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni B Delmastro" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fmars.2015.03.00063" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728545v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Rognon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bellanger" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Ransan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jacques" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04568047v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12906.53442" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537578v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04877974v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455136v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rotunno" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bittner" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Miozzi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3515-5_15" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977728v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977729v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04877966v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001140v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04393850v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245359v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n P&#233;rez-D&#237;az" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Utge-Buil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008170v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonnec" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122326v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Grasso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Adamo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lejzerowicz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.14122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025253v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie David" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Vidal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Gorczynska" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Penaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Pailler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111361" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118132v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Debruyne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lebrasseur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Antonios Dimopoulos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2443" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016682v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485015v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Zeitoun" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinnawut Winayalai" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasit Auetrakulvit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mallye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2023.102657" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015665v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Barriel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03188769v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aznar-Cormano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonnald" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Krief" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Guma" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86010-x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Herbin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D. Santin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Toro" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Heuer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cuisin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14351/0831-4985-34.1.157" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863651v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Papayianni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cersoy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64939-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05464860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winayalai Chinnawut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenoble Arnaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bochaton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Burdette" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2019.03.005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02988137v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bellec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Utge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-018-3724-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430435v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Sire" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Noblecourt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Soldati" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2019.00495" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02988141v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salman Shayya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Nel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Azar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jme/tjy068" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123487v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry D&#233;camps" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ballesta" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Holon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rauby" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12671" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02977037v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#232;re" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.09.045" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02309917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Thomas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Denys" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion I. Mennesson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/dna-2015-0019" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04573303v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Veron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lilith Patou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desamarie Antonette P. Fernandez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zoj.12206" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02977026v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.186.6.413" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544766v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Dettai" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gallut" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brouillet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Pothier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051263" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03119559v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1096-0031.2004.00044.x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BF1PBXCF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096817v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pineau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Henry" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Susp&#232;ne" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marchio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Detta&#239;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msi053" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00423513v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnoult Seveau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Thomas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2004.11.013" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9MBSTS9R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03119558v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud van Holt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barriel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tassy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1631-0691(03)00158-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZDSJT8M-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03119557v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1055-7903(02)00292-0" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7TM05VZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908184v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Martin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908073v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie P&#233;naud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675908v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha N. Nikolic" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manicki" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barbaza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03908592v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Colin-Fromont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebreton" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Cl&#233;ment" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537558v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Joncour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537541v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ollivier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Balasse" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colline Brassard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Utge-Buil" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980216v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Abdelkrim" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875412v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l P.J. Denys" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien D Hinsinger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Davesne" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni B Delmastro" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fmars.2015.03.00063" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728545v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Rognon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bellanger" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Ransan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jacques" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04568047v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12906.53442" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537578v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04877974v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455136v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rotunno" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bittner" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Miozzi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3515-5_15" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977728v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977729v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04877966v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001140v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04393850v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245359v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n P&#233;rez-D&#237;az" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Utge-Buil" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008170v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nicolas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Calonnec" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>